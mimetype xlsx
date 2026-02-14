--- v0 (2025-10-08)
+++ v1 (2026-02-14)
@@ -1,70 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Rita\Documents\Zudermanas 2025-2026\Dokumentai\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Bendras tvarkaraštis\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A0E3A4A-2FA2-49A5-87EE-41F02F7A6529}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9600"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tvarkaraštis 2025-2026" sheetId="1" r:id="rId1"/>
     <sheet name="Lapas3" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Lapas2" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3898" uniqueCount="584">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3891" uniqueCount="589">
   <si>
     <t>2025 - 2026M.M. PAMOKŲ TVARKARAŠTIS</t>
   </si>
   <si>
     <t>Pirmadienis</t>
   </si>
   <si>
     <t>Antradienis</t>
   </si>
   <si>
     <t>Trečiadienis</t>
   </si>
   <si>
     <t>Ketvirtadienis</t>
   </si>
   <si>
     <t>Penktadienis</t>
   </si>
   <si>
     <t>Mokytojas</t>
   </si>
   <si>
     <t xml:space="preserve">Dalykas </t>
   </si>
   <si>
@@ -796,68 +802,59 @@
   <si>
     <t>Ekonomika ir verslumas</t>
   </si>
   <si>
     <t>11(324)</t>
   </si>
   <si>
     <t>10a(324)</t>
   </si>
   <si>
     <t>10b(324)</t>
   </si>
   <si>
     <t>10c(324)</t>
   </si>
   <si>
     <t xml:space="preserve">Skolovė Rita </t>
   </si>
   <si>
     <t>Matematika</t>
   </si>
   <si>
     <t>Ic</t>
   </si>
   <si>
-    <t>9b IP</t>
-[...4 lines deleted...]
-  <si>
     <t>Skolovė Rita</t>
   </si>
   <si>
     <t xml:space="preserve">Butkuvienė Gintana </t>
   </si>
   <si>
     <t>10b II pusm</t>
   </si>
   <si>
-    <t>10c IIP/9a IP</t>
-[...1 lines deleted...]
-  <si>
     <t>Butkuvienė Gintana</t>
   </si>
   <si>
     <t xml:space="preserve">Gubicienė Ernesta </t>
   </si>
   <si>
     <t>10a I pusm</t>
   </si>
   <si>
     <t>Gubickienė Ernesta</t>
   </si>
   <si>
     <t xml:space="preserve">Stepušaitienė Janina </t>
   </si>
   <si>
     <t>Stepušaitienė Janina</t>
   </si>
   <si>
     <t>Šilinskienė Ieva</t>
   </si>
   <si>
     <t xml:space="preserve">Matematika </t>
   </si>
   <si>
     <t>5b(312)</t>
@@ -955,62 +952,50 @@
   <si>
     <t>8a1</t>
   </si>
   <si>
     <t>9a2</t>
   </si>
   <si>
     <t>12m</t>
   </si>
   <si>
     <t>9c1</t>
   </si>
   <si>
     <t>8a2</t>
   </si>
   <si>
     <t>10c1IP/10c2IIP</t>
   </si>
   <si>
     <t>10c2IP/10c1IIP</t>
   </si>
   <si>
     <t>9b2</t>
   </si>
   <si>
-    <t>10a1 IP/ 10a2 IIP</t>
-[...10 lines deleted...]
-  <si>
     <t>9c2</t>
   </si>
   <si>
     <t>9b1</t>
   </si>
   <si>
     <t>Žilienė Živilė</t>
   </si>
   <si>
     <t>Biologija, gamtos m.</t>
   </si>
   <si>
     <t>8a(311)</t>
   </si>
   <si>
     <t>8c(311)</t>
   </si>
   <si>
     <t>8b(311)</t>
   </si>
   <si>
     <t>12(311)</t>
   </si>
   <si>
     <t>6a(311)</t>
@@ -1093,73 +1078,66 @@
   <si>
     <t>Gyvenimo įgūdžiai</t>
   </si>
   <si>
     <t>5cGĮ(312)</t>
   </si>
   <si>
     <t>6aGĮ(114)</t>
   </si>
   <si>
     <t>6bGĮ(312)</t>
   </si>
   <si>
     <t>5aGĮ(107)</t>
   </si>
   <si>
     <t>5bGĮ(215)</t>
   </si>
   <si>
     <t>Lubienė Eglė</t>
   </si>
   <si>
     <t>Techn/Taikomosios t.</t>
   </si>
   <si>
-    <t>10b2 IP/10a2IIP</t>
-[...1 lines deleted...]
-  <si>
     <t>7b1</t>
   </si>
   <si>
     <t>10C1IP</t>
   </si>
   <si>
     <t>5c1</t>
   </si>
   <si>
     <t>5a IP</t>
   </si>
   <si>
     <t>Valaikienė Rita</t>
   </si>
   <si>
     <t>Ia</t>
-  </si>
-[...2 lines deleted...]
- </t>
   </si>
   <si>
     <t>10c2IP</t>
   </si>
   <si>
     <t>5c2</t>
   </si>
   <si>
     <t>5aIIP</t>
   </si>
   <si>
     <t>Alminė Asta</t>
   </si>
   <si>
     <t>Muzika</t>
   </si>
   <si>
     <t>2b</t>
   </si>
   <si>
     <t>3c</t>
   </si>
   <si>
     <t>2c</t>
   </si>
@@ -1795,140 +1773,205 @@
       </rPr>
       <t>3a</t>
     </r>
   </si>
   <si>
     <t>18+6GĮ</t>
   </si>
   <si>
     <t>GĮ</t>
   </si>
   <si>
     <t>GĮ????</t>
   </si>
   <si>
     <t>Š/10???</t>
   </si>
   <si>
     <t>10????</t>
   </si>
   <si>
     <t xml:space="preserve">10a+bKat </t>
   </si>
   <si>
     <t>kat</t>
   </si>
+  <si>
+    <t xml:space="preserve">10a2 IIP
+ </t>
+  </si>
+  <si>
+    <t>10a1 IIP</t>
+  </si>
+  <si>
+    <t>10c IIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 10a2  IIP</t>
+  </si>
+  <si>
+    <t>10a2 IIP</t>
+  </si>
+  <si>
+    <t>10b1 IIP</t>
+  </si>
+  <si>
+    <t>10b2 IIP</t>
+  </si>
+  <si>
+    <t>5a IIP</t>
+  </si>
+  <si>
+    <t>10c2 IIP</t>
+  </si>
+  <si>
+    <t>10c1 IIP</t>
+  </si>
+  <si>
+    <t>5c(214)</t>
+  </si>
+  <si>
+    <t>5a(214)</t>
+  </si>
+  <si>
+    <t>5b(210)</t>
+  </si>
+  <si>
+    <t>5b(207)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="16" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...19 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF00FF"/>
         <bgColor rgb="FFFF00FF"/>
@@ -2057,51 +2100,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB7B7B7"/>
         <bgColor rgb="FFB7B7B7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE69138"/>
         <bgColor rgb="FFE69138"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9EAD3"/>
         <bgColor rgb="FFD9EAD3"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCE5CD"/>
         <bgColor rgb="FFFCE5CD"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="293">
+  <borders count="294">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
@@ -5453,2702 +5496,2542 @@
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1219">
+  <cellXfs count="1160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...208 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...118 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...434 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="247" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="247" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="248" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="249" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="250" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="251" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="252" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="220" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="253" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="189" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="254" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="240" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="248" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="255" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="256" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="158" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="257" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="235" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="258" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="259" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="260" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="261" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="262" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="175" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="264" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="257" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="264" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="265" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="265" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="15" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="17" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="266" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="18" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="13" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="176" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="267" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="268" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="223" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="269" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="257" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="269" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="129" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="248" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="179" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="180" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="270" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="271" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="272" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="273" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="273" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="19" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="15" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="15" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="274" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="262" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="20" borderId="275" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="20" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="20" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="276" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="242" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="275" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="242" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="230" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="211" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="21" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="166" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="22" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="22" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="23" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="168" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="170" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="173" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="176" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="247" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="173" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="257" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="175" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="177" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="275" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="275" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="180" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="273" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="277" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="242" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="278" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="188" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="271" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="17" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="188" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="191" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="166" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="189" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="274" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="163" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="194" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="266" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="266" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="279" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="129" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="280" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="281" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="218" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="282" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="218" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="242" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="242" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="262" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="283" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="206" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="194" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="191" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="284" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="17" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="211" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="262" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="211" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="24" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="176" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="257" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="206" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="179" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="25" borderId="285" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="273" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="275" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="286" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="287" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="288" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="247" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="270" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="167" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="289" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="219" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="189" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="290" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="144" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="222" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="226" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="268" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="226" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="259" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="227" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="291" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="279" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="11" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...232 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="27" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="27" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="27" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="292" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="27" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="27" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="17" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="13" borderId="263" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="245" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="28" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="253" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="28" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="28" borderId="235" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="28" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="235" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="290" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="239" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="279" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="277" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="14" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="245" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="8" fillId="2" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="16" fontId="8" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="22" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="22" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="178" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="245" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="257" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="176" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="223" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="247" xfId="0" applyFont="1" applyBorder="1"/>
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
-[...30 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="293" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="129" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="134" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="134" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="135" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="136" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="139" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="143" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="145" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="146" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="147" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="148" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="146" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="149" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="151" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="152" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="153" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="154" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="155" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="156" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="157" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="158" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="158" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="148" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="159" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="160" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="162" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="163" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="164" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="165" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="166" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="167" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="168" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="169" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="170" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="171" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="172" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="154" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="173" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="175" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="176" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="177" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="178" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="179" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="180" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="181" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="182" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="183" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="184" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="185" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="186" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="187" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="188" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="189" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="190" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="191" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="166" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="192" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="193" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="194" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="193" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="129" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="196" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="197" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="198" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="199" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="200" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="201" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="202" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="203" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="204" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="195" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="206" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="207" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="208" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="204" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="191" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="209" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="210" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="211" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="212" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="213" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="197" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="214" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="215" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="216" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="182" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="217" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="159" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="218" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="167" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="219" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="220" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="205" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="221" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="222" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="223" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="199" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="224" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="198" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="212" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="225" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="226" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="227" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="228" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="229" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="190" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="230" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="231" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="209" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="232" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="233" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="234" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="235" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="236" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="235" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="220" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="214" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="237" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="238" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="239" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="219" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="240" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="174" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="241" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="242" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="243" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="244" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="158" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="245" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="148" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="2" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="16" fontId="14" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="246" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="236" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="178" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="223" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="154" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1412 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
@@ -8329,16896 +8212,16903 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:AY72"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A35" sqref="A35:XFD35"/>
+    <sheetView tabSelected="1" topLeftCell="A37" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
+      <selection activeCell="H40" sqref="H40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="33" customWidth="1"/>
-    <col min="2" max="2" width="24.5703125" customWidth="1"/>
+    <col min="1" max="1" width="34.7109375" customWidth="1"/>
+    <col min="2" max="2" width="22.5703125" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" customWidth="1"/>
-    <col min="9" max="9" width="12.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" customWidth="1"/>
+    <col min="7" max="7" width="15.28515625" customWidth="1"/>
+    <col min="8" max="8" width="10.7109375" customWidth="1"/>
+    <col min="9" max="9" width="16" customWidth="1"/>
+    <col min="10" max="10" width="11.42578125" customWidth="1"/>
+    <col min="11" max="11" width="13.28515625" customWidth="1"/>
+    <col min="12" max="12" width="16.28515625" customWidth="1"/>
+    <col min="13" max="13" width="13.140625" customWidth="1"/>
     <col min="14" max="14" width="8.42578125" customWidth="1"/>
-    <col min="19" max="19" width="19" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="22" max="22" width="13.28515625" customWidth="1"/>
+    <col min="15" max="15" width="10.42578125" customWidth="1"/>
+    <col min="16" max="16" width="10.28515625" customWidth="1"/>
+    <col min="17" max="18" width="9.42578125" customWidth="1"/>
+    <col min="19" max="19" width="11.5703125" customWidth="1"/>
+    <col min="20" max="21" width="14" customWidth="1"/>
+    <col min="22" max="22" width="14.85546875" customWidth="1"/>
     <col min="23" max="23" width="9.42578125" customWidth="1"/>
-    <col min="27" max="27" width="20.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="31" max="31" width="9.5703125" customWidth="1"/>
+    <col min="24" max="24" width="10.5703125" customWidth="1"/>
+    <col min="25" max="25" width="10.85546875" customWidth="1"/>
+    <col min="26" max="26" width="13.85546875" customWidth="1"/>
+    <col min="27" max="27" width="17.7109375" customWidth="1"/>
+    <col min="28" max="28" width="11.7109375" customWidth="1"/>
+    <col min="29" max="29" width="14.42578125" customWidth="1"/>
+    <col min="30" max="30" width="13.85546875" customWidth="1"/>
+    <col min="31" max="31" width="7.5703125" customWidth="1"/>
     <col min="32" max="32" width="8.42578125" customWidth="1"/>
-    <col min="39" max="39" width="16.28515625" customWidth="1"/>
-    <col min="40" max="40" width="10.85546875" customWidth="1"/>
+    <col min="33" max="33" width="13.85546875" customWidth="1"/>
+    <col min="34" max="35" width="10.5703125" customWidth="1"/>
+    <col min="36" max="36" width="14.7109375" customWidth="1"/>
+    <col min="37" max="37" width="14.42578125" customWidth="1"/>
+    <col min="38" max="38" width="14.7109375" customWidth="1"/>
+    <col min="39" max="39" width="18.28515625" customWidth="1"/>
+    <col min="40" max="40" width="10.5703125" customWidth="1"/>
     <col min="41" max="41" width="9.85546875" customWidth="1"/>
-    <col min="48" max="48" width="11" customWidth="1"/>
-    <col min="49" max="49" width="12.5703125" customWidth="1"/>
+    <col min="42" max="42" width="13.85546875" customWidth="1"/>
+    <col min="43" max="43" width="14.28515625" customWidth="1"/>
+    <col min="44" max="44" width="11.5703125" customWidth="1"/>
+    <col min="45" max="45" width="11.42578125" customWidth="1"/>
+    <col min="46" max="46" width="14.140625" customWidth="1"/>
+    <col min="47" max="47" width="15.140625" customWidth="1"/>
+    <col min="48" max="48" width="12.140625" customWidth="1"/>
+    <col min="49" max="49" width="14.28515625" customWidth="1"/>
     <col min="50" max="50" width="43" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="1208" t="s">
+    <row r="1" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A1" s="1143" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1209"/>
-[...3 lines deleted...]
-      <c r="F1" s="1211" t="s">
+      <c r="B1" s="1144"/>
+      <c r="C1" s="1144"/>
+      <c r="D1" s="1145"/>
+      <c r="E1" s="678"/>
+      <c r="F1" s="1146" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="1212"/>
-[...7 lines deleted...]
-      <c r="O1" s="1205" t="s">
+      <c r="G1" s="1147"/>
+      <c r="H1" s="1147"/>
+      <c r="I1" s="1147"/>
+      <c r="J1" s="1147"/>
+      <c r="K1" s="1147"/>
+      <c r="L1" s="1147"/>
+      <c r="M1" s="1148"/>
+      <c r="N1" s="679"/>
+      <c r="O1" s="1140" t="s">
         <v>2</v>
       </c>
-      <c r="P1" s="1206"/>
-[...7 lines deleted...]
-      <c r="X1" s="1211" t="s">
+      <c r="P1" s="1141"/>
+      <c r="Q1" s="1141"/>
+      <c r="R1" s="1141"/>
+      <c r="S1" s="1141"/>
+      <c r="T1" s="1141"/>
+      <c r="U1" s="1141"/>
+      <c r="V1" s="1142"/>
+      <c r="W1" s="679"/>
+      <c r="X1" s="1146" t="s">
         <v>3</v>
       </c>
-      <c r="Y1" s="1212"/>
-[...7 lines deleted...]
-      <c r="AG1" s="1214" t="s">
+      <c r="Y1" s="1147"/>
+      <c r="Z1" s="1147"/>
+      <c r="AA1" s="1147"/>
+      <c r="AB1" s="1147"/>
+      <c r="AC1" s="1147"/>
+      <c r="AD1" s="1147"/>
+      <c r="AE1" s="1148"/>
+      <c r="AF1" s="680"/>
+      <c r="AG1" s="1149" t="s">
         <v>4</v>
       </c>
-      <c r="AH1" s="1212"/>
-[...7 lines deleted...]
-      <c r="AP1" s="1205" t="s">
+      <c r="AH1" s="1147"/>
+      <c r="AI1" s="1147"/>
+      <c r="AJ1" s="1147"/>
+      <c r="AK1" s="1147"/>
+      <c r="AL1" s="1147"/>
+      <c r="AM1" s="1147"/>
+      <c r="AN1" s="1148"/>
+      <c r="AO1" s="679"/>
+      <c r="AP1" s="1140" t="s">
         <v>5</v>
       </c>
-      <c r="AQ1" s="1206"/>
-[...7 lines deleted...]
-      <c r="AY1" s="5"/>
+      <c r="AQ1" s="1141"/>
+      <c r="AR1" s="1141"/>
+      <c r="AS1" s="1141"/>
+      <c r="AT1" s="1141"/>
+      <c r="AU1" s="1141"/>
+      <c r="AV1" s="1141"/>
+      <c r="AW1" s="1142"/>
+      <c r="AX1" s="681"/>
+      <c r="AY1" s="1"/>
     </row>
-    <row r="2" spans="1:51" ht="36" x14ac:dyDescent="0.25">
-      <c r="A2" s="6" t="s">
+    <row r="2" spans="1:51" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="682" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="B2" s="683" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="8" t="s">
+      <c r="C2" s="684" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="9" t="s">
+      <c r="D2" s="685" t="s">
         <v>9</v>
       </c>
-      <c r="E2" s="10"/>
-      <c r="F2" s="11">
+      <c r="E2" s="686"/>
+      <c r="F2" s="687">
         <v>1</v>
       </c>
-      <c r="G2" s="12">
+      <c r="G2" s="688">
         <v>2</v>
       </c>
-      <c r="H2" s="12">
+      <c r="H2" s="688">
         <v>3</v>
       </c>
-      <c r="I2" s="12">
+      <c r="I2" s="688">
         <v>4</v>
       </c>
-      <c r="J2" s="12">
+      <c r="J2" s="688">
         <v>5</v>
       </c>
-      <c r="K2" s="12">
+      <c r="K2" s="688">
         <v>6</v>
       </c>
-      <c r="L2" s="12">
+      <c r="L2" s="688">
         <v>7</v>
       </c>
-      <c r="M2" s="13">
+      <c r="M2" s="689">
         <v>8</v>
       </c>
-      <c r="N2" s="14"/>
-      <c r="O2" s="11">
+      <c r="N2" s="690"/>
+      <c r="O2" s="687">
         <v>1</v>
       </c>
-      <c r="P2" s="12">
+      <c r="P2" s="688">
         <v>2</v>
       </c>
-      <c r="Q2" s="12">
+      <c r="Q2" s="688">
         <v>3</v>
       </c>
-      <c r="R2" s="12">
+      <c r="R2" s="688">
         <v>4</v>
       </c>
-      <c r="S2" s="12">
+      <c r="S2" s="688">
         <v>5</v>
       </c>
-      <c r="T2" s="12">
+      <c r="T2" s="688">
         <v>6</v>
       </c>
-      <c r="U2" s="12">
+      <c r="U2" s="688">
         <v>7</v>
       </c>
-      <c r="V2" s="13">
+      <c r="V2" s="689">
         <v>8</v>
       </c>
-      <c r="W2" s="14"/>
-      <c r="X2" s="11">
+      <c r="W2" s="690"/>
+      <c r="X2" s="687">
         <v>1</v>
       </c>
-      <c r="Y2" s="12">
+      <c r="Y2" s="688">
         <v>2</v>
       </c>
-      <c r="Z2" s="12">
+      <c r="Z2" s="688">
         <v>3</v>
       </c>
-      <c r="AA2" s="12">
+      <c r="AA2" s="688">
         <v>4</v>
       </c>
-      <c r="AB2" s="12">
+      <c r="AB2" s="688">
         <v>5</v>
       </c>
-      <c r="AC2" s="12">
+      <c r="AC2" s="688">
         <v>6</v>
       </c>
-      <c r="AD2" s="12">
+      <c r="AD2" s="688">
         <v>7</v>
       </c>
-      <c r="AE2" s="13">
+      <c r="AE2" s="689">
         <v>8</v>
       </c>
-      <c r="AF2" s="15"/>
-      <c r="AG2" s="16">
+      <c r="AF2" s="691"/>
+      <c r="AG2" s="692">
         <v>1</v>
       </c>
-      <c r="AH2" s="12">
+      <c r="AH2" s="688">
         <v>2</v>
       </c>
-      <c r="AI2" s="12">
+      <c r="AI2" s="688">
         <v>3</v>
       </c>
-      <c r="AJ2" s="12">
+      <c r="AJ2" s="688">
         <v>4</v>
       </c>
-      <c r="AK2" s="12">
+      <c r="AK2" s="688">
         <v>5</v>
       </c>
-      <c r="AL2" s="12">
+      <c r="AL2" s="688">
         <v>6</v>
       </c>
-      <c r="AM2" s="12">
+      <c r="AM2" s="688">
         <v>7</v>
       </c>
-      <c r="AN2" s="13">
+      <c r="AN2" s="689">
         <v>8</v>
       </c>
-      <c r="AO2" s="14"/>
-      <c r="AP2" s="11">
+      <c r="AO2" s="690"/>
+      <c r="AP2" s="687">
         <v>1</v>
       </c>
-      <c r="AQ2" s="12">
+      <c r="AQ2" s="688">
         <v>2</v>
       </c>
-      <c r="AR2" s="12">
+      <c r="AR2" s="688">
         <v>3</v>
       </c>
-      <c r="AS2" s="12">
+      <c r="AS2" s="688">
         <v>4</v>
       </c>
-      <c r="AT2" s="12">
+      <c r="AT2" s="688">
         <v>5</v>
       </c>
-      <c r="AU2" s="12">
+      <c r="AU2" s="688">
         <v>6</v>
       </c>
-      <c r="AV2" s="12">
+      <c r="AV2" s="688">
         <v>7</v>
       </c>
-      <c r="AW2" s="13">
+      <c r="AW2" s="689">
         <v>8</v>
       </c>
-      <c r="AX2" s="17" t="s">
+      <c r="AX2" s="693" t="s">
         <v>6</v>
       </c>
-      <c r="AY2" s="5"/>
+      <c r="AY2" s="1"/>
     </row>
-    <row r="3" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A3" s="18" t="s">
+    <row r="3" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A3" s="694" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="19" t="s">
+      <c r="B3" s="695" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="20"/>
-[...12 lines deleted...]
-      <c r="N3" s="26" t="s">
+      <c r="C3" s="696"/>
+      <c r="D3" s="697"/>
+      <c r="E3" s="698" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="699"/>
+      <c r="G3" s="700"/>
+      <c r="H3" s="700"/>
+      <c r="I3" s="700"/>
+      <c r="J3" s="700"/>
+      <c r="K3" s="700"/>
+      <c r="L3" s="700"/>
+      <c r="M3" s="701"/>
+      <c r="N3" s="702" t="s">
         <v>13</v>
       </c>
-      <c r="O3" s="23"/>
-[...7 lines deleted...]
-      <c r="W3" s="26" t="s">
+      <c r="O3" s="699"/>
+      <c r="P3" s="700"/>
+      <c r="Q3" s="700"/>
+      <c r="R3" s="700"/>
+      <c r="S3" s="700"/>
+      <c r="T3" s="700"/>
+      <c r="U3" s="700"/>
+      <c r="V3" s="701"/>
+      <c r="W3" s="702" t="s">
         <v>14</v>
       </c>
-      <c r="X3" s="23"/>
-[...3 lines deleted...]
-      <c r="AB3" s="27" t="s">
+      <c r="X3" s="699"/>
+      <c r="Y3" s="700"/>
+      <c r="Z3" s="700"/>
+      <c r="AA3" s="700"/>
+      <c r="AB3" s="703" t="s">
         <v>15</v>
       </c>
-      <c r="AC3" s="24"/>
-[...2 lines deleted...]
-      <c r="AF3" s="29" t="s">
+      <c r="AC3" s="700"/>
+      <c r="AD3" s="700"/>
+      <c r="AE3" s="704"/>
+      <c r="AF3" s="705" t="s">
         <v>16</v>
       </c>
-      <c r="AG3" s="30"/>
-[...6 lines deleted...]
-      <c r="AN3" s="31" t="s">
+      <c r="AG3" s="706"/>
+      <c r="AH3" s="700"/>
+      <c r="AI3" s="700"/>
+      <c r="AJ3" s="700"/>
+      <c r="AK3" s="700"/>
+      <c r="AL3" s="700"/>
+      <c r="AM3" s="700"/>
+      <c r="AN3" s="707" t="s">
         <v>17</v>
       </c>
-      <c r="AO3" s="32" t="s">
+      <c r="AO3" s="708" t="s">
         <v>18</v>
       </c>
-      <c r="AP3" s="23"/>
-[...7 lines deleted...]
-      <c r="AX3" s="18" t="s">
+      <c r="AP3" s="699"/>
+      <c r="AQ3" s="700"/>
+      <c r="AR3" s="700"/>
+      <c r="AS3" s="700"/>
+      <c r="AT3" s="709"/>
+      <c r="AU3" s="710"/>
+      <c r="AV3" s="700"/>
+      <c r="AW3" s="711"/>
+      <c r="AX3" s="694" t="s">
         <v>19</v>
       </c>
-      <c r="AY3" s="36"/>
+      <c r="AY3" s="2"/>
     </row>
-    <row r="4" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
+    <row r="4" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A4" s="712" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="38" t="s">
+      <c r="B4" s="713" t="s">
         <v>23</v>
       </c>
-      <c r="C4" s="39"/>
-[...12 lines deleted...]
-      <c r="N4" s="48" t="s">
+      <c r="C4" s="714"/>
+      <c r="D4" s="715"/>
+      <c r="E4" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="717"/>
+      <c r="G4" s="718"/>
+      <c r="H4" s="719"/>
+      <c r="I4" s="720"/>
+      <c r="J4" s="719"/>
+      <c r="K4" s="718"/>
+      <c r="L4" s="721"/>
+      <c r="M4" s="722"/>
+      <c r="N4" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O4" s="49"/>
-[...7 lines deleted...]
-      <c r="W4" s="48" t="s">
+      <c r="O4" s="724"/>
+      <c r="P4" s="725"/>
+      <c r="Q4" s="725"/>
+      <c r="R4" s="725"/>
+      <c r="S4" s="725"/>
+      <c r="T4" s="725"/>
+      <c r="U4" s="725"/>
+      <c r="V4" s="726"/>
+      <c r="W4" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X4" s="42"/>
-[...7 lines deleted...]
-      <c r="AF4" s="53" t="s">
+      <c r="X4" s="717"/>
+      <c r="Y4" s="719"/>
+      <c r="Z4" s="719"/>
+      <c r="AA4" s="720"/>
+      <c r="AB4" s="720"/>
+      <c r="AC4" s="718"/>
+      <c r="AD4" s="720"/>
+      <c r="AE4" s="727"/>
+      <c r="AF4" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG4" s="54"/>
-[...5 lines deleted...]
-      <c r="AM4" s="55" t="s">
+      <c r="AG4" s="729"/>
+      <c r="AH4" s="719"/>
+      <c r="AI4" s="719"/>
+      <c r="AJ4" s="721"/>
+      <c r="AK4" s="704"/>
+      <c r="AL4" s="718"/>
+      <c r="AM4" s="730" t="s">
         <v>21</v>
       </c>
-      <c r="AN4" s="56"/>
-      <c r="AO4" s="48" t="s">
+      <c r="AN4" s="731"/>
+      <c r="AO4" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP4" s="23"/>
-[...7 lines deleted...]
-      <c r="AX4" s="57" t="s">
+      <c r="AP4" s="699"/>
+      <c r="AQ4" s="700"/>
+      <c r="AR4" s="700"/>
+      <c r="AS4" s="700"/>
+      <c r="AT4" s="709"/>
+      <c r="AU4" s="704"/>
+      <c r="AV4" s="701"/>
+      <c r="AW4" s="701"/>
+      <c r="AX4" s="732" t="s">
         <v>20</v>
       </c>
-      <c r="AY4" s="58"/>
+      <c r="AY4" s="6"/>
     </row>
-    <row r="5" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A5" s="59" t="s">
+    <row r="5" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A5" s="733" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="60" t="s">
+      <c r="B5" s="734" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="39"/>
-      <c r="D5" s="61" t="s">
+      <c r="C5" s="714"/>
+      <c r="D5" s="735" t="s">
         <v>24</v>
       </c>
-      <c r="E5" s="62" t="s">
-[...3 lines deleted...]
-      <c r="G5" s="64" t="s">
+      <c r="E5" s="736" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="737"/>
+      <c r="G5" s="738" t="s">
         <v>25</v>
       </c>
-      <c r="H5" s="65"/>
-      <c r="I5" s="66" t="s">
+      <c r="H5" s="739"/>
+      <c r="I5" s="740" t="s">
         <v>26</v>
       </c>
-      <c r="J5" s="65"/>
-      <c r="K5" s="67" t="s">
+      <c r="J5" s="739"/>
+      <c r="K5" s="738" t="s">
         <v>27</v>
       </c>
-      <c r="L5" s="68" t="s">
+      <c r="L5" s="741" t="s">
         <v>28</v>
       </c>
-      <c r="M5" s="69"/>
-      <c r="N5" s="70" t="s">
+      <c r="M5" s="742"/>
+      <c r="N5" s="743" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="42"/>
-[...7 lines deleted...]
-      <c r="W5" s="70" t="s">
+      <c r="O5" s="717"/>
+      <c r="P5" s="719"/>
+      <c r="Q5" s="719"/>
+      <c r="R5" s="719"/>
+      <c r="S5" s="719"/>
+      <c r="T5" s="719"/>
+      <c r="U5" s="719"/>
+      <c r="V5" s="722"/>
+      <c r="W5" s="743" t="s">
         <v>14</v>
       </c>
-      <c r="X5" s="63"/>
-[...2 lines deleted...]
-      <c r="AA5" s="66" t="s">
+      <c r="X5" s="737"/>
+      <c r="Y5" s="739"/>
+      <c r="Z5" s="739"/>
+      <c r="AA5" s="740" t="s">
         <v>29</v>
       </c>
-      <c r="AB5" s="66" t="s">
+      <c r="AB5" s="740" t="s">
         <v>30</v>
       </c>
-      <c r="AC5" s="67" t="s">
+      <c r="AC5" s="738" t="s">
         <v>31</v>
       </c>
-      <c r="AD5" s="71" t="s">
+      <c r="AD5" s="744" t="s">
         <v>32</v>
       </c>
-      <c r="AE5" s="72"/>
-      <c r="AF5" s="73" t="s">
+      <c r="AE5" s="745"/>
+      <c r="AF5" s="746" t="s">
         <v>16</v>
       </c>
-      <c r="AG5" s="74"/>
-[...2 lines deleted...]
-      <c r="AJ5" s="68" t="s">
+      <c r="AG5" s="747"/>
+      <c r="AH5" s="739"/>
+      <c r="AI5" s="739"/>
+      <c r="AJ5" s="741" t="s">
         <v>33</v>
       </c>
-      <c r="AK5" s="75"/>
-      <c r="AL5" s="64" t="s">
+      <c r="AK5" s="748"/>
+      <c r="AL5" s="738" t="s">
         <v>34</v>
       </c>
-      <c r="AM5" s="76" t="s">
+      <c r="AM5" s="749" t="s">
         <v>35</v>
       </c>
-      <c r="AN5" s="77" t="s">
+      <c r="AN5" s="750" t="s">
         <v>36</v>
       </c>
-      <c r="AO5" s="70" t="s">
+      <c r="AO5" s="743" t="s">
         <v>18</v>
       </c>
-      <c r="AP5" s="78"/>
-[...7 lines deleted...]
-      <c r="AX5" s="83" t="s">
+      <c r="AP5" s="751"/>
+      <c r="AQ5" s="752"/>
+      <c r="AR5" s="752"/>
+      <c r="AS5" s="752"/>
+      <c r="AT5" s="753"/>
+      <c r="AU5" s="752"/>
+      <c r="AV5" s="754"/>
+      <c r="AW5" s="755"/>
+      <c r="AX5" s="756" t="s">
         <v>22</v>
       </c>
-      <c r="AY5" s="58"/>
+      <c r="AY5" s="6"/>
     </row>
-    <row r="6" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A6" s="84" t="s">
+    <row r="6" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A6" s="694" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="21" t="s">
+      <c r="B6" s="697" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="85">
+      <c r="C6" s="757">
         <v>328</v>
       </c>
-      <c r="D6" s="21"/>
-[...3 lines deleted...]
-      <c r="F6" s="87" t="s">
+      <c r="D6" s="697"/>
+      <c r="E6" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="758" t="s">
         <v>39</v>
       </c>
-      <c r="G6" s="88" t="s">
+      <c r="G6" s="703" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="88" t="s">
+      <c r="H6" s="703" t="s">
         <v>41</v>
       </c>
-      <c r="I6" s="89" t="s">
+      <c r="I6" s="749" t="s">
         <v>42</v>
       </c>
-      <c r="J6" s="88" t="s">
+      <c r="J6" s="703" t="s">
         <v>43</v>
       </c>
-      <c r="K6" s="88" t="s">
+      <c r="K6" s="703" t="s">
         <v>44</v>
       </c>
-      <c r="L6" s="90"/>
-[...1 lines deleted...]
-      <c r="N6" s="26" t="s">
+      <c r="L6" s="759"/>
+      <c r="M6" s="701"/>
+      <c r="N6" s="702" t="s">
         <v>13</v>
       </c>
-      <c r="O6" s="91" t="s">
+      <c r="O6" s="760" t="s">
         <v>39</v>
       </c>
-      <c r="P6" s="92" t="s">
+      <c r="P6" s="761" t="s">
         <v>41</v>
       </c>
-      <c r="Q6" s="93" t="s">
+      <c r="Q6" s="762" t="s">
         <v>44</v>
       </c>
-      <c r="R6" s="92" t="s">
+      <c r="R6" s="761" t="s">
         <v>40</v>
       </c>
-      <c r="S6" s="94" t="s">
+      <c r="S6" s="763" t="s">
         <v>43</v>
       </c>
-      <c r="T6" s="94" t="s">
+      <c r="T6" s="763" t="s">
         <v>42</v>
       </c>
-      <c r="U6" s="95"/>
-[...1 lines deleted...]
-      <c r="W6" s="26" t="s">
+      <c r="U6" s="764"/>
+      <c r="V6" s="765"/>
+      <c r="W6" s="702" t="s">
         <v>14</v>
       </c>
-      <c r="X6" s="97" t="s">
+      <c r="X6" s="766" t="s">
         <v>43</v>
       </c>
-      <c r="Y6" s="98" t="s">
+      <c r="Y6" s="767" t="s">
         <v>42</v>
       </c>
-      <c r="Z6" s="99" t="s">
+      <c r="Z6" s="768" t="s">
         <v>41</v>
       </c>
-      <c r="AA6" s="100" t="s">
+      <c r="AA6" s="769" t="s">
         <v>40</v>
       </c>
-      <c r="AB6" s="99" t="s">
+      <c r="AB6" s="768" t="s">
         <v>39</v>
       </c>
-      <c r="AC6" s="98" t="s">
+      <c r="AC6" s="767" t="s">
         <v>44</v>
       </c>
-      <c r="AD6" s="24"/>
-[...1 lines deleted...]
-      <c r="AF6" s="29" t="s">
+      <c r="AD6" s="700"/>
+      <c r="AE6" s="770"/>
+      <c r="AF6" s="705" t="s">
         <v>16</v>
       </c>
-      <c r="AG6" s="102" t="s">
+      <c r="AG6" s="771" t="s">
         <v>42</v>
       </c>
-      <c r="AH6" s="98" t="s">
+      <c r="AH6" s="767" t="s">
         <v>41</v>
       </c>
-      <c r="AI6" s="99" t="s">
+      <c r="AI6" s="768" t="s">
         <v>44</v>
       </c>
-      <c r="AJ6" s="99" t="s">
+      <c r="AJ6" s="768" t="s">
         <v>43</v>
       </c>
-      <c r="AK6" s="88" t="s">
+      <c r="AK6" s="703" t="s">
         <v>39</v>
       </c>
-      <c r="AL6" s="98" t="s">
+      <c r="AL6" s="767" t="s">
         <v>40</v>
       </c>
-      <c r="AM6" s="103"/>
-[...1 lines deleted...]
-      <c r="AO6" s="26" t="s">
+      <c r="AM6" s="772"/>
+      <c r="AN6" s="773"/>
+      <c r="AO6" s="702" t="s">
         <v>18</v>
       </c>
-      <c r="AP6" s="97" t="s">
+      <c r="AP6" s="766" t="s">
         <v>44</v>
       </c>
-      <c r="AQ6" s="105" t="s">
+      <c r="AQ6" s="774" t="s">
         <v>40</v>
       </c>
-      <c r="AR6" s="105" t="s">
+      <c r="AR6" s="774" t="s">
         <v>42</v>
       </c>
-      <c r="AS6" s="105" t="s">
+      <c r="AS6" s="774" t="s">
         <v>39</v>
       </c>
-      <c r="AT6" s="98" t="s">
+      <c r="AT6" s="767" t="s">
         <v>43</v>
       </c>
-      <c r="AU6" s="103"/>
-[...2 lines deleted...]
-      <c r="AX6" s="84" t="s">
+      <c r="AU6" s="772"/>
+      <c r="AV6" s="775"/>
+      <c r="AW6" s="776"/>
+      <c r="AX6" s="694" t="s">
         <v>37</v>
       </c>
-      <c r="AY6" s="5"/>
+      <c r="AY6" s="1"/>
     </row>
-    <row r="7" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A7" s="108" t="s">
+    <row r="7" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A7" s="777" t="s">
         <v>45</v>
       </c>
-      <c r="B7" s="109" t="s">
+      <c r="B7" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="110">
+      <c r="C7" s="779">
         <v>301</v>
       </c>
-      <c r="D7" s="109"/>
-[...3 lines deleted...]
-      <c r="F7" s="112" t="s">
+      <c r="D7" s="778"/>
+      <c r="E7" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="781" t="s">
         <v>46</v>
       </c>
-      <c r="G7" s="113" t="s">
+      <c r="G7" s="730" t="s">
         <v>47</v>
       </c>
-      <c r="H7" s="113" t="s">
+      <c r="H7" s="730" t="s">
         <v>48</v>
       </c>
-      <c r="I7" s="113" t="s">
+      <c r="I7" s="730" t="s">
         <v>49</v>
       </c>
-      <c r="J7" s="113" t="s">
+      <c r="J7" s="730" t="s">
         <v>50</v>
       </c>
-      <c r="K7" s="113" t="s">
+      <c r="K7" s="730" t="s">
         <v>51</v>
       </c>
-      <c r="L7" s="114"/>
-[...1 lines deleted...]
-      <c r="N7" s="48" t="s">
+      <c r="L7" s="782"/>
+      <c r="M7" s="726"/>
+      <c r="N7" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O7" s="115" t="s">
+      <c r="O7" s="783" t="s">
         <v>51</v>
       </c>
-      <c r="P7" s="113" t="s">
+      <c r="P7" s="730" t="s">
         <v>46</v>
       </c>
-      <c r="Q7" s="113" t="s">
+      <c r="Q7" s="730" t="s">
         <v>48</v>
       </c>
-      <c r="R7" s="116" t="s">
+      <c r="R7" s="784" t="s">
         <v>47</v>
       </c>
-      <c r="S7" s="117" t="s">
+      <c r="S7" s="785" t="s">
         <v>49</v>
       </c>
-      <c r="T7" s="113" t="s">
+      <c r="T7" s="730" t="s">
         <v>52</v>
       </c>
-      <c r="U7" s="50"/>
-[...1 lines deleted...]
-      <c r="W7" s="48" t="s">
+      <c r="U7" s="725"/>
+      <c r="V7" s="726"/>
+      <c r="W7" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X7" s="118"/>
-      <c r="Y7" s="119" t="s">
+      <c r="X7" s="786"/>
+      <c r="Y7" s="787" t="s">
         <v>49</v>
       </c>
-      <c r="Z7" s="113" t="s">
+      <c r="Z7" s="730" t="s">
         <v>48</v>
       </c>
-      <c r="AA7" s="113" t="s">
+      <c r="AA7" s="730" t="s">
         <v>47</v>
       </c>
-      <c r="AB7" s="113" t="s">
+      <c r="AB7" s="730" t="s">
         <v>50</v>
       </c>
-      <c r="AC7" s="113" t="s">
+      <c r="AC7" s="730" t="s">
         <v>46</v>
       </c>
-      <c r="AD7" s="50"/>
-[...1 lines deleted...]
-      <c r="AF7" s="53" t="s">
+      <c r="AD7" s="725"/>
+      <c r="AE7" s="726"/>
+      <c r="AF7" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG7" s="120" t="s">
+      <c r="AG7" s="788" t="s">
         <v>51</v>
       </c>
-      <c r="AH7" s="119" t="s">
+      <c r="AH7" s="787" t="s">
         <v>53</v>
       </c>
-      <c r="AI7" s="113" t="s">
+      <c r="AI7" s="730" t="s">
         <v>47</v>
       </c>
-      <c r="AJ7" s="113" t="s">
+      <c r="AJ7" s="730" t="s">
         <v>49</v>
       </c>
-      <c r="AK7" s="117" t="s">
+      <c r="AK7" s="785" t="s">
         <v>46</v>
       </c>
-      <c r="AL7" s="113" t="s">
+      <c r="AL7" s="730" t="s">
         <v>50</v>
       </c>
-      <c r="AM7" s="50"/>
-[...1 lines deleted...]
-      <c r="AO7" s="48" t="s">
+      <c r="AM7" s="725"/>
+      <c r="AN7" s="789"/>
+      <c r="AO7" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP7" s="122" t="s">
+      <c r="AP7" s="790" t="s">
         <v>51</v>
       </c>
-      <c r="AQ7" s="113" t="s">
+      <c r="AQ7" s="730" t="s">
         <v>48</v>
       </c>
-      <c r="AR7" s="113" t="s">
+      <c r="AR7" s="730" t="s">
         <v>46</v>
       </c>
-      <c r="AS7" s="113" t="s">
+      <c r="AS7" s="730" t="s">
         <v>47</v>
       </c>
-      <c r="AT7" s="113" t="s">
+      <c r="AT7" s="730" t="s">
         <v>50</v>
       </c>
-      <c r="AU7" s="50"/>
-[...2 lines deleted...]
-      <c r="AX7" s="108" t="s">
+      <c r="AU7" s="725"/>
+      <c r="AV7" s="725"/>
+      <c r="AW7" s="726"/>
+      <c r="AX7" s="777" t="s">
         <v>45</v>
       </c>
-      <c r="AY7" s="5"/>
+      <c r="AY7" s="1"/>
     </row>
-    <row r="8" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="108" t="s">
+    <row r="8" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A8" s="777" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="109" t="s">
+      <c r="B8" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="110">
+      <c r="C8" s="779">
         <v>225</v>
       </c>
-      <c r="D8" s="109"/>
-[...3 lines deleted...]
-      <c r="F8" s="112" t="s">
+      <c r="D8" s="778"/>
+      <c r="E8" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="781" t="s">
         <v>55</v>
       </c>
-      <c r="G8" s="113" t="s">
+      <c r="G8" s="730" t="s">
         <v>56</v>
       </c>
-      <c r="H8" s="98" t="s">
+      <c r="H8" s="767" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="113" t="s">
+      <c r="I8" s="730" t="s">
         <v>58</v>
       </c>
-      <c r="J8" s="113" t="s">
+      <c r="J8" s="730" t="s">
         <v>53</v>
       </c>
-      <c r="K8" s="113" t="s">
+      <c r="K8" s="730" t="s">
         <v>59</v>
       </c>
-      <c r="L8" s="123"/>
-[...1 lines deleted...]
-      <c r="N8" s="48" t="s">
+      <c r="L8" s="791"/>
+      <c r="M8" s="726"/>
+      <c r="N8" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O8" s="115" t="s">
+      <c r="O8" s="783" t="s">
         <v>56</v>
       </c>
-      <c r="P8" s="113" t="s">
+      <c r="P8" s="730" t="s">
         <v>58</v>
       </c>
-      <c r="Q8" s="124" t="s">
+      <c r="Q8" s="792" t="s">
         <v>55</v>
       </c>
-      <c r="R8" s="113" t="s">
+      <c r="R8" s="730" t="s">
         <v>59</v>
       </c>
-      <c r="S8" s="117" t="s">
+      <c r="S8" s="785" t="s">
         <v>53</v>
       </c>
-      <c r="T8" s="105" t="s">
+      <c r="T8" s="774" t="s">
         <v>57</v>
       </c>
-      <c r="U8" s="123"/>
-[...1 lines deleted...]
-      <c r="W8" s="48" t="s">
+      <c r="U8" s="791"/>
+      <c r="V8" s="726"/>
+      <c r="W8" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X8" s="49"/>
-      <c r="Y8" s="98" t="s">
+      <c r="X8" s="724"/>
+      <c r="Y8" s="767" t="s">
         <v>53</v>
       </c>
-      <c r="Z8" s="113" t="s">
+      <c r="Z8" s="730" t="s">
         <v>57</v>
       </c>
-      <c r="AA8" s="113" t="s">
+      <c r="AA8" s="730" t="s">
         <v>56</v>
       </c>
-      <c r="AB8" s="98" t="s">
+      <c r="AB8" s="767" t="s">
         <v>55</v>
       </c>
-      <c r="AC8" s="113" t="s">
+      <c r="AC8" s="730" t="s">
         <v>60</v>
       </c>
-      <c r="AD8" s="50"/>
-[...1 lines deleted...]
-      <c r="AF8" s="53" t="s">
+      <c r="AD8" s="725"/>
+      <c r="AE8" s="726"/>
+      <c r="AF8" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG8" s="115" t="s">
+      <c r="AG8" s="783" t="s">
         <v>57</v>
       </c>
-      <c r="AH8" s="113" t="s">
+      <c r="AH8" s="730" t="s">
         <v>56</v>
       </c>
-      <c r="AI8" s="113" t="s">
+      <c r="AI8" s="730" t="s">
         <v>53</v>
       </c>
-      <c r="AJ8" s="98" t="s">
+      <c r="AJ8" s="767" t="s">
         <v>59</v>
       </c>
-      <c r="AK8" s="113" t="s">
+      <c r="AK8" s="730" t="s">
         <v>55</v>
       </c>
-      <c r="AL8" s="113" t="s">
+      <c r="AL8" s="730" t="s">
         <v>58</v>
       </c>
-      <c r="AM8" s="50"/>
-[...1 lines deleted...]
-      <c r="AO8" s="48" t="s">
+      <c r="AM8" s="725"/>
+      <c r="AN8" s="789"/>
+      <c r="AO8" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP8" s="112" t="s">
+      <c r="AP8" s="781" t="s">
         <v>56</v>
       </c>
-      <c r="AQ8" s="117" t="s">
+      <c r="AQ8" s="785" t="s">
         <v>59</v>
       </c>
-      <c r="AR8" s="113" t="s">
+      <c r="AR8" s="730" t="s">
         <v>55</v>
       </c>
-      <c r="AS8" s="113" t="s">
+      <c r="AS8" s="730" t="s">
         <v>57</v>
       </c>
-      <c r="AT8" s="98" t="s">
+      <c r="AT8" s="767" t="s">
         <v>58</v>
       </c>
-      <c r="AU8" s="50"/>
-[...2 lines deleted...]
-      <c r="AX8" s="108" t="s">
+      <c r="AU8" s="725"/>
+      <c r="AV8" s="725"/>
+      <c r="AW8" s="726"/>
+      <c r="AX8" s="777" t="s">
         <v>54</v>
       </c>
-      <c r="AY8" s="5"/>
+      <c r="AY8" s="1"/>
     </row>
-    <row r="9" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A9" s="125" t="s">
+    <row r="9" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A9" s="793" t="s">
         <v>61</v>
       </c>
-      <c r="B9" s="126" t="s">
+      <c r="B9" s="794" t="s">
         <v>38</v>
       </c>
-      <c r="C9" s="127">
+      <c r="C9" s="795">
         <v>320</v>
       </c>
-      <c r="D9" s="126"/>
-[...3 lines deleted...]
-      <c r="F9" s="46" t="s">
+      <c r="D9" s="794"/>
+      <c r="E9" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="721" t="s">
         <v>62</v>
       </c>
-      <c r="G9" s="45" t="s">
+      <c r="G9" s="720" t="s">
         <v>63</v>
       </c>
-      <c r="H9" s="129" t="s">
+      <c r="H9" s="797" t="s">
         <v>64</v>
       </c>
-      <c r="I9" s="45" t="s">
+      <c r="I9" s="720" t="s">
         <v>65</v>
       </c>
-      <c r="J9" s="45" t="s">
+      <c r="J9" s="720" t="s">
         <v>66</v>
       </c>
-      <c r="K9" s="45" t="s">
+      <c r="K9" s="720" t="s">
         <v>52</v>
       </c>
-      <c r="L9" s="44"/>
-[...1 lines deleted...]
-      <c r="N9" s="130" t="s">
+      <c r="L9" s="719"/>
+      <c r="M9" s="722"/>
+      <c r="N9" s="798" t="s">
         <v>13</v>
       </c>
-      <c r="O9" s="131" t="s">
+      <c r="O9" s="799" t="s">
         <v>66</v>
       </c>
-      <c r="P9" s="132" t="s">
+      <c r="P9" s="744" t="s">
         <v>64</v>
       </c>
-      <c r="Q9" s="132" t="s">
+      <c r="Q9" s="744" t="s">
         <v>65</v>
       </c>
-      <c r="R9" s="132" t="s">
+      <c r="R9" s="744" t="s">
         <v>62</v>
       </c>
-      <c r="S9" s="133" t="s">
+      <c r="S9" s="800" t="s">
         <v>63</v>
       </c>
-      <c r="T9" s="132" t="s">
+      <c r="T9" s="744" t="s">
         <v>50</v>
       </c>
-      <c r="U9" s="134"/>
-[...1 lines deleted...]
-      <c r="W9" s="130" t="s">
+      <c r="U9" s="801"/>
+      <c r="V9" s="802"/>
+      <c r="W9" s="798" t="s">
         <v>14</v>
       </c>
-      <c r="X9" s="136" t="s">
+      <c r="X9" s="803" t="s">
         <v>66</v>
       </c>
-      <c r="Y9" s="137" t="s">
+      <c r="Y9" s="740" t="s">
         <v>63</v>
       </c>
-      <c r="Z9" s="137" t="s">
+      <c r="Z9" s="740" t="s">
         <v>65</v>
       </c>
-      <c r="AA9" s="137" t="s">
+      <c r="AA9" s="740" t="s">
         <v>52</v>
       </c>
-      <c r="AB9" s="137" t="s">
+      <c r="AB9" s="740" t="s">
         <v>62</v>
       </c>
-      <c r="AC9" s="45" t="s">
+      <c r="AC9" s="720" t="s">
         <v>64</v>
       </c>
-      <c r="AD9" s="65"/>
-[...1 lines deleted...]
-      <c r="AF9" s="73" t="s">
+      <c r="AD9" s="739"/>
+      <c r="AE9" s="742"/>
+      <c r="AF9" s="746" t="s">
         <v>16</v>
       </c>
-      <c r="AG9" s="138" t="s">
+      <c r="AG9" s="804" t="s">
         <v>66</v>
       </c>
-      <c r="AH9" s="45" t="s">
+      <c r="AH9" s="720" t="s">
         <v>52</v>
       </c>
-      <c r="AI9" s="45" t="s">
+      <c r="AI9" s="720" t="s">
         <v>63</v>
       </c>
-      <c r="AJ9" s="45" t="s">
+      <c r="AJ9" s="720" t="s">
         <v>64</v>
       </c>
-      <c r="AK9" s="45" t="s">
+      <c r="AK9" s="720" t="s">
         <v>65</v>
       </c>
-      <c r="AL9" s="45" t="s">
+      <c r="AL9" s="720" t="s">
         <v>62</v>
       </c>
-      <c r="AM9" s="44"/>
-[...1 lines deleted...]
-      <c r="AO9" s="130" t="s">
+      <c r="AM9" s="719"/>
+      <c r="AN9" s="805"/>
+      <c r="AO9" s="798" t="s">
         <v>18</v>
       </c>
-      <c r="AP9" s="140" t="s">
+      <c r="AP9" s="806" t="s">
         <v>63</v>
       </c>
-      <c r="AQ9" s="137" t="s">
+      <c r="AQ9" s="740" t="s">
         <v>64</v>
       </c>
-      <c r="AR9" s="137" t="s">
+      <c r="AR9" s="740" t="s">
         <v>62</v>
       </c>
-      <c r="AS9" s="137" t="s">
+      <c r="AS9" s="740" t="s">
         <v>66</v>
       </c>
-      <c r="AT9" s="137" t="s">
+      <c r="AT9" s="740" t="s">
         <v>52</v>
       </c>
-      <c r="AU9" s="65"/>
-[...2 lines deleted...]
-      <c r="AX9" s="142" t="s">
+      <c r="AU9" s="739"/>
+      <c r="AV9" s="807"/>
+      <c r="AW9" s="742"/>
+      <c r="AX9" s="808" t="s">
         <v>61</v>
       </c>
-      <c r="AY9" s="58"/>
+      <c r="AY9" s="6"/>
     </row>
-    <row r="10" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A10" s="143" t="s">
+    <row r="10" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A10" s="809" t="s">
         <v>67</v>
       </c>
-      <c r="B10" s="144" t="s">
+      <c r="B10" s="810" t="s">
         <v>38</v>
       </c>
-      <c r="C10" s="145">
+      <c r="C10" s="811">
         <v>306</v>
       </c>
-      <c r="D10" s="146" t="s">
+      <c r="D10" s="811" t="s">
         <v>68</v>
       </c>
-      <c r="E10" s="86" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="91" t="s">
+      <c r="E10" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="760" t="s">
         <v>69</v>
       </c>
-      <c r="G10" s="92" t="s">
+      <c r="G10" s="761" t="s">
         <v>69</v>
       </c>
-      <c r="H10" s="92">
+      <c r="H10" s="761">
         <v>9</v>
       </c>
-      <c r="I10" s="94" t="s">
+      <c r="I10" s="763" t="s">
         <v>70</v>
       </c>
-      <c r="J10" s="94" t="s">
+      <c r="J10" s="763" t="s">
         <v>71</v>
       </c>
-      <c r="K10" s="94">
+      <c r="K10" s="763">
         <v>11</v>
       </c>
-      <c r="L10" s="94">
+      <c r="L10" s="763">
         <v>11</v>
       </c>
-      <c r="M10" s="147"/>
-      <c r="N10" s="26" t="s">
+      <c r="M10" s="812"/>
+      <c r="N10" s="702" t="s">
         <v>13</v>
       </c>
-      <c r="O10" s="148" t="s">
+      <c r="O10" s="813" t="s">
         <v>71</v>
       </c>
-      <c r="P10" s="88" t="s">
+      <c r="P10" s="703" t="s">
         <v>72</v>
       </c>
-      <c r="Q10" s="88" t="s">
+      <c r="Q10" s="703" t="s">
         <v>72</v>
       </c>
-      <c r="R10" s="148" t="s">
+      <c r="R10" s="813" t="s">
         <v>70</v>
       </c>
-      <c r="S10" s="88" t="s">
+      <c r="S10" s="703" t="s">
         <v>71</v>
       </c>
-      <c r="T10" s="52"/>
-      <c r="U10" s="27" t="s">
+      <c r="T10" s="727"/>
+      <c r="U10" s="703" t="s">
         <v>73</v>
       </c>
-      <c r="V10" s="149"/>
-      <c r="W10" s="26" t="s">
+      <c r="V10" s="814"/>
+      <c r="W10" s="702" t="s">
         <v>14</v>
       </c>
-      <c r="X10" s="87" t="s">
+      <c r="X10" s="758" t="s">
         <v>69</v>
       </c>
-      <c r="Y10" s="88" t="s">
+      <c r="Y10" s="703" t="s">
         <v>69</v>
       </c>
-      <c r="Z10" s="150">
+      <c r="Z10" s="815">
         <v>11</v>
       </c>
-      <c r="AA10" s="88" t="s">
+      <c r="AA10" s="703" t="s">
         <v>70</v>
       </c>
-      <c r="AB10" s="88" t="s">
+      <c r="AB10" s="703" t="s">
         <v>70</v>
       </c>
-      <c r="AC10" s="99">
+      <c r="AC10" s="768">
         <v>9</v>
       </c>
-      <c r="AD10" s="88">
+      <c r="AD10" s="703">
         <v>9</v>
       </c>
-      <c r="AE10" s="25"/>
-      <c r="AF10" s="29" t="s">
+      <c r="AE10" s="701"/>
+      <c r="AF10" s="705" t="s">
         <v>16</v>
       </c>
-      <c r="AG10" s="151" t="s">
+      <c r="AG10" s="816" t="s">
         <v>71</v>
       </c>
-      <c r="AH10" s="152" t="s">
+      <c r="AH10" s="817" t="s">
         <v>71</v>
       </c>
-      <c r="AI10" s="152" t="s">
+      <c r="AI10" s="817" t="s">
         <v>69</v>
       </c>
-      <c r="AJ10" s="92" t="s">
+      <c r="AJ10" s="761" t="s">
         <v>70</v>
       </c>
-      <c r="AK10" s="153"/>
-      <c r="AL10" s="92">
+      <c r="AK10" s="818"/>
+      <c r="AL10" s="761">
         <v>9</v>
       </c>
-      <c r="AM10" s="154"/>
-[...1 lines deleted...]
-      <c r="AO10" s="26" t="s">
+      <c r="AM10" s="819"/>
+      <c r="AN10" s="812"/>
+      <c r="AO10" s="702" t="s">
         <v>18</v>
       </c>
-      <c r="AP10" s="23"/>
-      <c r="AQ10" s="113" t="s">
+      <c r="AP10" s="699"/>
+      <c r="AQ10" s="730" t="s">
         <v>72</v>
       </c>
-      <c r="AR10" s="150">
+      <c r="AR10" s="815">
         <v>11</v>
       </c>
-      <c r="AS10" s="113" t="s">
+      <c r="AS10" s="730" t="s">
         <v>72</v>
       </c>
-      <c r="AT10" s="52"/>
-[...2 lines deleted...]
-      <c r="AW10" s="155" t="s">
+      <c r="AT10" s="727"/>
+      <c r="AU10" s="700"/>
+      <c r="AV10" s="703"/>
+      <c r="AW10" s="814" t="s">
         <v>74</v>
       </c>
-      <c r="AX10" s="156" t="s">
+      <c r="AX10" s="820" t="s">
         <v>67</v>
       </c>
-      <c r="AY10" s="157"/>
+      <c r="AY10" s="7"/>
     </row>
-    <row r="11" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A11" s="37" t="s">
+    <row r="11" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A11" s="712" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="109" t="s">
+      <c r="B11" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="110">
+      <c r="C11" s="779">
         <v>316</v>
       </c>
-      <c r="D11" s="109"/>
-[...3 lines deleted...]
-      <c r="F11" s="115" t="s">
+      <c r="D11" s="778"/>
+      <c r="E11" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="783" t="s">
         <v>76</v>
       </c>
-      <c r="G11" s="113" t="s">
+      <c r="G11" s="730" t="s">
         <v>76</v>
       </c>
-      <c r="H11" s="122" t="s">
+      <c r="H11" s="790" t="s">
         <v>77</v>
       </c>
-      <c r="I11" s="50"/>
-      <c r="J11" s="113" t="s">
+      <c r="I11" s="725"/>
+      <c r="J11" s="730" t="s">
         <v>78</v>
       </c>
-      <c r="K11" s="113" t="s">
+      <c r="K11" s="730" t="s">
         <v>79</v>
       </c>
-      <c r="L11" s="52"/>
-[...1 lines deleted...]
-      <c r="N11" s="48" t="s">
+      <c r="L11" s="727"/>
+      <c r="M11" s="821"/>
+      <c r="N11" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O11" s="112" t="s">
+      <c r="O11" s="781" t="s">
         <v>80</v>
       </c>
-      <c r="P11" s="50"/>
-      <c r="Q11" s="113" t="s">
+      <c r="P11" s="725"/>
+      <c r="Q11" s="730" t="s">
         <v>80</v>
       </c>
-      <c r="R11" s="113" t="s">
+      <c r="R11" s="730" t="s">
         <v>76</v>
       </c>
-      <c r="S11" s="113" t="s">
+      <c r="S11" s="730" t="s">
         <v>78</v>
       </c>
-      <c r="T11" s="117" t="s">
+      <c r="T11" s="785" t="s">
         <v>78</v>
       </c>
-      <c r="U11" s="113" t="s">
+      <c r="U11" s="730" t="s">
         <v>76</v>
       </c>
-      <c r="V11" s="159"/>
-      <c r="W11" s="48" t="s">
+      <c r="V11" s="822"/>
+      <c r="W11" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X11" s="112" t="s">
+      <c r="X11" s="781" t="s">
         <v>76</v>
       </c>
-      <c r="Y11" s="113" t="s">
+      <c r="Y11" s="730" t="s">
         <v>80</v>
       </c>
-      <c r="Z11" s="113" t="s">
+      <c r="Z11" s="730" t="s">
         <v>77</v>
       </c>
-      <c r="AA11" s="113" t="s">
+      <c r="AA11" s="730" t="s">
         <v>78</v>
       </c>
-      <c r="AB11" s="50"/>
-      <c r="AC11" s="113" t="s">
+      <c r="AB11" s="725"/>
+      <c r="AC11" s="730" t="s">
         <v>78</v>
       </c>
-      <c r="AD11" s="159" t="s">
+      <c r="AD11" s="822" t="s">
         <v>79</v>
       </c>
-      <c r="AE11" s="51"/>
-      <c r="AF11" s="53" t="s">
+      <c r="AE11" s="726"/>
+      <c r="AF11" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG11" s="160"/>
-[...3 lines deleted...]
-      <c r="AK11" s="55" t="s">
+      <c r="AG11" s="823"/>
+      <c r="AH11" s="824"/>
+      <c r="AI11" s="824"/>
+      <c r="AJ11" s="824"/>
+      <c r="AK11" s="730" t="s">
         <v>79</v>
       </c>
-      <c r="AL11" s="113" t="s">
+      <c r="AL11" s="730" t="s">
         <v>77</v>
       </c>
-      <c r="AM11" s="113" t="s">
+      <c r="AM11" s="730" t="s">
         <v>77</v>
       </c>
-      <c r="AN11" s="162"/>
-      <c r="AO11" s="48" t="s">
+      <c r="AN11" s="825"/>
+      <c r="AO11" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP11" s="112" t="s">
+      <c r="AP11" s="781" t="s">
         <v>77</v>
       </c>
-      <c r="AQ11" s="52"/>
-      <c r="AR11" s="113" t="s">
+      <c r="AQ11" s="727"/>
+      <c r="AR11" s="730" t="s">
         <v>80</v>
       </c>
-      <c r="AS11" s="52"/>
-      <c r="AT11" s="113" t="s">
+      <c r="AS11" s="727"/>
+      <c r="AT11" s="730" t="s">
         <v>79</v>
       </c>
-      <c r="AU11" s="113" t="s">
+      <c r="AU11" s="730" t="s">
         <v>80</v>
       </c>
-      <c r="AV11" s="163" t="s">
+      <c r="AV11" s="826" t="s">
         <v>79</v>
       </c>
-      <c r="AW11" s="51"/>
-      <c r="AX11" s="164" t="s">
+      <c r="AW11" s="726"/>
+      <c r="AX11" s="827" t="s">
         <v>75</v>
       </c>
-      <c r="AY11" s="157"/>
+      <c r="AY11" s="7"/>
     </row>
-    <row r="12" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A12" s="37" t="s">
+    <row r="12" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A12" s="712" t="s">
         <v>81</v>
       </c>
-      <c r="B12" s="109" t="s">
+      <c r="B12" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C12" s="165"/>
-[...5 lines deleted...]
-      <c r="G12" s="167" t="s">
+      <c r="C12" s="828"/>
+      <c r="D12" s="778"/>
+      <c r="E12" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="829"/>
+      <c r="G12" s="781" t="s">
         <v>82</v>
       </c>
-      <c r="H12" s="168" t="s">
+      <c r="H12" s="785" t="s">
         <v>83</v>
       </c>
-      <c r="I12" s="55" t="s">
+      <c r="I12" s="730" t="s">
         <v>84</v>
       </c>
-      <c r="J12" s="114"/>
-[...3 lines deleted...]
-      <c r="N12" s="48" t="s">
+      <c r="J12" s="782"/>
+      <c r="K12" s="725"/>
+      <c r="L12" s="725"/>
+      <c r="M12" s="830"/>
+      <c r="N12" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O12" s="49"/>
-[...7 lines deleted...]
-      <c r="W12" s="48" t="s">
+      <c r="O12" s="724"/>
+      <c r="P12" s="725"/>
+      <c r="Q12" s="725"/>
+      <c r="R12" s="724"/>
+      <c r="S12" s="725"/>
+      <c r="T12" s="725"/>
+      <c r="U12" s="725"/>
+      <c r="V12" s="831"/>
+      <c r="W12" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X12" s="49"/>
-[...4 lines deleted...]
-      <c r="AC12" s="55" t="s">
+      <c r="X12" s="724"/>
+      <c r="Y12" s="782"/>
+      <c r="Z12" s="725"/>
+      <c r="AA12" s="725"/>
+      <c r="AB12" s="832"/>
+      <c r="AC12" s="730" t="s">
         <v>85</v>
       </c>
-      <c r="AD12" s="167" t="s">
+      <c r="AD12" s="781" t="s">
         <v>85</v>
       </c>
-      <c r="AE12" s="51"/>
-      <c r="AF12" s="53" t="s">
+      <c r="AE12" s="726"/>
+      <c r="AF12" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG12" s="166"/>
-[...3 lines deleted...]
-      <c r="AK12" s="168" t="s">
+      <c r="AG12" s="829"/>
+      <c r="AH12" s="782"/>
+      <c r="AI12" s="725"/>
+      <c r="AJ12" s="782"/>
+      <c r="AK12" s="785" t="s">
         <v>86</v>
       </c>
-      <c r="AL12" s="167" t="s">
+      <c r="AL12" s="781" t="s">
         <v>87</v>
       </c>
-      <c r="AM12" s="114"/>
-[...1 lines deleted...]
-      <c r="AO12" s="48" t="s">
+      <c r="AM12" s="782"/>
+      <c r="AN12" s="825"/>
+      <c r="AO12" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP12" s="49"/>
-[...3 lines deleted...]
-      <c r="AT12" s="168" t="s">
+      <c r="AP12" s="724"/>
+      <c r="AQ12" s="725"/>
+      <c r="AR12" s="725"/>
+      <c r="AS12" s="725"/>
+      <c r="AT12" s="785" t="s">
         <v>86</v>
       </c>
-      <c r="AU12" s="55" t="s">
+      <c r="AU12" s="730" t="s">
         <v>86</v>
       </c>
-      <c r="AV12" s="50"/>
-[...1 lines deleted...]
-      <c r="AX12" s="164" t="s">
+      <c r="AV12" s="725"/>
+      <c r="AW12" s="726"/>
+      <c r="AX12" s="827" t="s">
         <v>81</v>
       </c>
-      <c r="AY12" s="58"/>
+      <c r="AY12" s="6"/>
     </row>
-    <row r="13" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A13" s="37" t="s">
+    <row r="13" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A13" s="712" t="s">
         <v>88</v>
       </c>
-      <c r="B13" s="109" t="s">
+      <c r="B13" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C13" s="110">
+      <c r="C13" s="779">
         <v>315</v>
       </c>
-      <c r="D13" s="109"/>
-[...5 lines deleted...]
-      <c r="H13" s="117">
+      <c r="D13" s="778"/>
+      <c r="E13" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="829"/>
+      <c r="G13" s="725"/>
+      <c r="H13" s="785">
         <v>9</v>
       </c>
-      <c r="I13" s="117" t="s">
+      <c r="I13" s="785" t="s">
         <v>89</v>
       </c>
-      <c r="J13" s="113">
-[...2 lines deleted...]
-      <c r="K13" s="113">
+      <c r="J13" s="730">
+        <v>12</v>
+      </c>
+      <c r="K13" s="730">
         <v>11</v>
       </c>
-      <c r="L13" s="113">
+      <c r="L13" s="730">
         <v>11</v>
       </c>
-      <c r="M13" s="169"/>
-      <c r="N13" s="48" t="s">
+      <c r="M13" s="830"/>
+      <c r="N13" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O13" s="112" t="s">
+      <c r="O13" s="781" t="s">
         <v>89</v>
       </c>
-      <c r="P13" s="113" t="s">
+      <c r="P13" s="730" t="s">
         <v>90</v>
       </c>
-      <c r="Q13" s="113" t="s">
+      <c r="Q13" s="730" t="s">
         <v>90</v>
       </c>
-      <c r="R13" s="55">
-[...10 lines deleted...]
-      <c r="W13" s="48" t="s">
+      <c r="R13" s="730">
+        <v>12</v>
+      </c>
+      <c r="S13" s="730">
+        <v>12</v>
+      </c>
+      <c r="T13" s="730">
+        <v>12</v>
+      </c>
+      <c r="U13" s="725"/>
+      <c r="V13" s="831"/>
+      <c r="W13" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X13" s="167" t="s">
+      <c r="X13" s="781" t="s">
         <v>90</v>
       </c>
-      <c r="Y13" s="113" t="s">
+      <c r="Y13" s="730" t="s">
         <v>91</v>
       </c>
-      <c r="Z13" s="117">
+      <c r="Z13" s="785">
         <v>11</v>
       </c>
-      <c r="AA13" s="44"/>
-      <c r="AB13" s="45" t="s">
+      <c r="AA13" s="719"/>
+      <c r="AB13" s="720" t="s">
         <v>89</v>
       </c>
-      <c r="AC13" s="113">
+      <c r="AC13" s="730">
         <v>9</v>
       </c>
-      <c r="AD13" s="112">
+      <c r="AD13" s="781">
         <v>9</v>
       </c>
-      <c r="AE13" s="51"/>
-      <c r="AF13" s="53" t="s">
+      <c r="AE13" s="726"/>
+      <c r="AF13" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG13" s="166"/>
-      <c r="AH13" s="113" t="s">
+      <c r="AG13" s="829"/>
+      <c r="AH13" s="730" t="s">
         <v>89</v>
       </c>
-      <c r="AI13" s="113" t="s">
+      <c r="AI13" s="730" t="s">
         <v>89</v>
       </c>
-      <c r="AJ13" s="52"/>
-      <c r="AK13" s="113" t="s">
+      <c r="AJ13" s="727"/>
+      <c r="AK13" s="730" t="s">
         <v>91</v>
       </c>
-      <c r="AL13" s="112">
+      <c r="AL13" s="781">
         <v>9</v>
       </c>
-      <c r="AM13" s="50"/>
-[...1 lines deleted...]
-      <c r="AO13" s="48" t="s">
+      <c r="AM13" s="725"/>
+      <c r="AN13" s="830"/>
+      <c r="AO13" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP13" s="49"/>
-      <c r="AQ13" s="55" t="s">
+      <c r="AP13" s="724"/>
+      <c r="AQ13" s="730" t="s">
         <v>91</v>
       </c>
-      <c r="AR13" s="117">
+      <c r="AR13" s="785">
         <v>11</v>
       </c>
-      <c r="AS13" s="98" t="s">
+      <c r="AS13" s="767" t="s">
         <v>90</v>
       </c>
-      <c r="AT13" s="113">
-[...2 lines deleted...]
-      <c r="AU13" s="113" t="s">
+      <c r="AT13" s="730">
+        <v>12</v>
+      </c>
+      <c r="AU13" s="730" t="s">
         <v>91</v>
       </c>
-      <c r="AV13" s="50"/>
-[...1 lines deleted...]
-      <c r="AX13" s="164" t="s">
+      <c r="AV13" s="725"/>
+      <c r="AW13" s="832"/>
+      <c r="AX13" s="827" t="s">
         <v>88</v>
       </c>
-      <c r="AY13" s="58"/>
+      <c r="AY13" s="6"/>
     </row>
-    <row r="14" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A14" s="37" t="s">
+    <row r="14" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A14" s="712" t="s">
         <v>92</v>
       </c>
-      <c r="B14" s="109" t="s">
+      <c r="B14" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C14" s="110">
+      <c r="C14" s="779">
         <v>329</v>
       </c>
-      <c r="D14" s="109"/>
-[...4 lines deleted...]
-      <c r="G14" s="113" t="s">
+      <c r="D14" s="778"/>
+      <c r="E14" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="829"/>
+      <c r="G14" s="730" t="s">
         <v>93</v>
       </c>
-      <c r="H14" s="159">
+      <c r="H14" s="822">
         <v>9</v>
       </c>
-      <c r="I14" s="113" t="s">
+      <c r="I14" s="730" t="s">
         <v>94</v>
       </c>
-      <c r="J14" s="159" t="s">
+      <c r="J14" s="822" t="s">
         <v>95</v>
       </c>
-      <c r="K14" s="113">
+      <c r="K14" s="730">
         <v>11</v>
       </c>
-      <c r="L14" s="113">
+      <c r="L14" s="730">
         <v>11</v>
       </c>
-      <c r="M14" s="158"/>
-      <c r="N14" s="48" t="s">
+      <c r="M14" s="833"/>
+      <c r="N14" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O14" s="52"/>
-      <c r="P14" s="113" t="s">
+      <c r="O14" s="727"/>
+      <c r="P14" s="730" t="s">
         <v>96</v>
       </c>
-      <c r="Q14" s="113" t="s">
+      <c r="Q14" s="730" t="s">
         <v>96</v>
       </c>
-      <c r="R14" s="112" t="s">
+      <c r="R14" s="781" t="s">
         <v>94</v>
       </c>
-      <c r="S14" s="113" t="s">
+      <c r="S14" s="730" t="s">
         <v>95</v>
       </c>
-      <c r="T14" s="52"/>
-      <c r="U14" s="113" t="s">
+      <c r="T14" s="727"/>
+      <c r="U14" s="730" t="s">
         <v>93</v>
       </c>
-      <c r="V14" s="170"/>
-      <c r="W14" s="48" t="s">
+      <c r="V14" s="831"/>
+      <c r="W14" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X14" s="172" t="s">
+      <c r="X14" s="834" t="s">
         <v>96</v>
       </c>
-      <c r="Y14" s="50"/>
-      <c r="Z14" s="159">
+      <c r="Y14" s="725"/>
+      <c r="Z14" s="822">
         <v>11</v>
       </c>
-      <c r="AA14" s="113" t="s">
+      <c r="AA14" s="730" t="s">
         <v>95</v>
       </c>
-      <c r="AB14" s="113" t="s">
+      <c r="AB14" s="730" t="s">
         <v>95</v>
       </c>
-      <c r="AC14" s="113">
+      <c r="AC14" s="730">
         <v>9</v>
       </c>
-      <c r="AD14" s="122">
+      <c r="AD14" s="790">
         <v>9</v>
       </c>
-      <c r="AE14" s="170"/>
-      <c r="AF14" s="53" t="s">
+      <c r="AE14" s="831"/>
+      <c r="AF14" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG14" s="115" t="s">
+      <c r="AG14" s="783" t="s">
         <v>93</v>
       </c>
-      <c r="AH14" s="113" t="s">
+      <c r="AH14" s="730" t="s">
         <v>95</v>
       </c>
-      <c r="AI14" s="159" t="s">
+      <c r="AI14" s="822" t="s">
         <v>93</v>
       </c>
-      <c r="AJ14" s="50"/>
-      <c r="AK14" s="112" t="s">
+      <c r="AJ14" s="725"/>
+      <c r="AK14" s="781" t="s">
         <v>94</v>
       </c>
-      <c r="AL14" s="113">
+      <c r="AL14" s="730">
         <v>9</v>
       </c>
-      <c r="AM14" s="49"/>
-[...1 lines deleted...]
-      <c r="AO14" s="48" t="s">
+      <c r="AM14" s="724"/>
+      <c r="AN14" s="835"/>
+      <c r="AO14" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP14" s="87" t="s">
+      <c r="AP14" s="758" t="s">
         <v>94</v>
       </c>
-      <c r="AQ14" s="24"/>
-      <c r="AR14" s="159">
+      <c r="AQ14" s="700"/>
+      <c r="AR14" s="822">
         <v>11</v>
       </c>
-      <c r="AS14" s="113" t="s">
+      <c r="AS14" s="730" t="s">
         <v>96</v>
       </c>
-      <c r="AT14" s="50"/>
-      <c r="AU14" s="88" t="s">
+      <c r="AT14" s="725"/>
+      <c r="AU14" s="703" t="s">
         <v>94</v>
       </c>
-      <c r="AV14" s="113" t="s">
+      <c r="AV14" s="730" t="s">
         <v>93</v>
       </c>
-      <c r="AW14" s="51"/>
-      <c r="AX14" s="164" t="s">
+      <c r="AW14" s="726"/>
+      <c r="AX14" s="827" t="s">
         <v>92</v>
       </c>
-      <c r="AY14" s="157"/>
+      <c r="AY14" s="7"/>
     </row>
-    <row r="15" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A15" s="37" t="s">
+    <row r="15" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A15" s="712" t="s">
         <v>97</v>
       </c>
-      <c r="B15" s="109" t="s">
+      <c r="B15" s="778" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="165"/>
-[...8 lines deleted...]
-      <c r="J15" s="55" t="s">
+      <c r="C15" s="828"/>
+      <c r="D15" s="778"/>
+      <c r="E15" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="729"/>
+      <c r="G15" s="725"/>
+      <c r="H15" s="725"/>
+      <c r="I15" s="782"/>
+      <c r="J15" s="730" t="s">
         <v>98</v>
       </c>
-      <c r="K15" s="55" t="s">
+      <c r="K15" s="730" t="s">
         <v>99</v>
       </c>
-      <c r="L15" s="55" t="s">
+      <c r="L15" s="730" t="s">
         <v>99</v>
       </c>
-      <c r="M15" s="169"/>
-      <c r="N15" s="48" t="s">
+      <c r="M15" s="830"/>
+      <c r="N15" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O15" s="49"/>
-[...2 lines deleted...]
-      <c r="R15" s="175" t="s">
+      <c r="O15" s="724"/>
+      <c r="P15" s="782"/>
+      <c r="Q15" s="836"/>
+      <c r="R15" s="767" t="s">
         <v>15</v>
       </c>
-      <c r="S15" s="55" t="s">
+      <c r="S15" s="730" t="s">
         <v>15</v>
       </c>
-      <c r="T15" s="55" t="s">
+      <c r="T15" s="730" t="s">
         <v>15</v>
       </c>
-      <c r="U15" s="50"/>
-[...1 lines deleted...]
-      <c r="W15" s="48" t="s">
+      <c r="U15" s="725"/>
+      <c r="V15" s="831"/>
+      <c r="W15" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X15" s="49"/>
-[...1 lines deleted...]
-      <c r="Z15" s="168" t="s">
+      <c r="X15" s="724"/>
+      <c r="Y15" s="725"/>
+      <c r="Z15" s="785" t="s">
         <v>99</v>
       </c>
-      <c r="AA15" s="33"/>
-[...4 lines deleted...]
-      <c r="AF15" s="53" t="s">
+      <c r="AA15" s="709"/>
+      <c r="AB15" s="700"/>
+      <c r="AC15" s="725"/>
+      <c r="AD15" s="724"/>
+      <c r="AE15" s="726"/>
+      <c r="AF15" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG15" s="166"/>
-[...6 lines deleted...]
-      <c r="AN15" s="177" t="s">
+      <c r="AG15" s="829"/>
+      <c r="AH15" s="837"/>
+      <c r="AI15" s="725"/>
+      <c r="AJ15" s="700"/>
+      <c r="AK15" s="782"/>
+      <c r="AL15" s="725"/>
+      <c r="AM15" s="785"/>
+      <c r="AN15" s="838" t="s">
         <v>100</v>
       </c>
-      <c r="AO15" s="48" t="s">
+      <c r="AO15" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP15" s="178"/>
-[...1 lines deleted...]
-      <c r="AR15" s="168" t="s">
+      <c r="AP15" s="839"/>
+      <c r="AQ15" s="837"/>
+      <c r="AR15" s="785" t="s">
         <v>101</v>
       </c>
-      <c r="AS15" s="176"/>
-      <c r="AT15" s="179" t="s">
+      <c r="AS15" s="837"/>
+      <c r="AT15" s="774" t="s">
         <v>102</v>
       </c>
-      <c r="AU15" s="123"/>
-[...2 lines deleted...]
-      <c r="AX15" s="164" t="s">
+      <c r="AU15" s="791"/>
+      <c r="AV15" s="725"/>
+      <c r="AW15" s="832"/>
+      <c r="AX15" s="827" t="s">
         <v>103</v>
       </c>
-      <c r="AY15" s="58"/>
+      <c r="AY15" s="6"/>
     </row>
-    <row r="16" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A16" s="180" t="s">
+    <row r="16" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A16" s="840" t="s">
         <v>104</v>
       </c>
-      <c r="B16" s="181" t="s">
+      <c r="B16" s="841" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="182">
+      <c r="C16" s="842">
         <v>305</v>
       </c>
-      <c r="D16" s="183" t="s">
+      <c r="D16" s="779" t="s">
         <v>105</v>
       </c>
-      <c r="E16" s="184" t="s">
-[...3 lines deleted...]
-      <c r="G16" s="112" t="s">
+      <c r="E16" s="843" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="783"/>
+      <c r="G16" s="781" t="s">
         <v>106</v>
       </c>
-      <c r="H16" s="113">
+      <c r="H16" s="730">
         <v>9</v>
       </c>
-      <c r="I16" s="50"/>
-[...3 lines deleted...]
-      <c r="K16" s="113" t="s">
+      <c r="I16" s="725"/>
+      <c r="J16" s="730">
+        <v>12</v>
+      </c>
+      <c r="K16" s="730" t="s">
         <v>106</v>
       </c>
-      <c r="L16" s="55" t="s">
+      <c r="L16" s="730" t="s">
         <v>107</v>
       </c>
-      <c r="M16" s="158"/>
-      <c r="N16" s="48" t="s">
+      <c r="M16" s="833"/>
+      <c r="N16" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O16" s="97" t="s">
+      <c r="O16" s="766" t="s">
         <v>107</v>
       </c>
-      <c r="P16" s="52"/>
-      <c r="Q16" s="113" t="s">
+      <c r="P16" s="727"/>
+      <c r="Q16" s="730" t="s">
         <v>108</v>
       </c>
-      <c r="R16" s="113">
-[...5 lines deleted...]
-      <c r="T16" s="113" t="s">
+      <c r="R16" s="730">
+        <v>12</v>
+      </c>
+      <c r="S16" s="730">
+        <v>12</v>
+      </c>
+      <c r="T16" s="730" t="s">
         <v>106</v>
       </c>
-      <c r="U16" s="52"/>
-[...1 lines deleted...]
-      <c r="W16" s="48" t="s">
+      <c r="U16" s="727"/>
+      <c r="V16" s="831"/>
+      <c r="W16" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X16" s="122" t="s">
+      <c r="X16" s="790" t="s">
         <v>109</v>
       </c>
-      <c r="Y16" s="113" t="s">
+      <c r="Y16" s="730" t="s">
         <v>109</v>
       </c>
-      <c r="Z16" s="113" t="s">
+      <c r="Z16" s="730" t="s">
         <v>107</v>
       </c>
-      <c r="AA16" s="50"/>
-      <c r="AB16" s="159" t="s">
+      <c r="AA16" s="725"/>
+      <c r="AB16" s="822" t="s">
         <v>108</v>
       </c>
-      <c r="AC16" s="113">
+      <c r="AC16" s="730">
         <v>9</v>
       </c>
-      <c r="AD16" s="112">
+      <c r="AD16" s="781">
         <v>9</v>
       </c>
-      <c r="AE16" s="170"/>
-      <c r="AF16" s="53" t="s">
+      <c r="AE16" s="831"/>
+      <c r="AF16" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG16" s="115" t="s">
+      <c r="AG16" s="783" t="s">
         <v>106</v>
       </c>
-      <c r="AH16" s="105" t="s">
+      <c r="AH16" s="774" t="s">
         <v>107</v>
       </c>
-      <c r="AI16" s="105" t="s">
+      <c r="AI16" s="774" t="s">
         <v>107</v>
       </c>
-      <c r="AJ16" s="113" t="s">
+      <c r="AJ16" s="730" t="s">
         <v>106</v>
       </c>
-      <c r="AK16" s="113" t="s">
+      <c r="AK16" s="730" t="s">
         <v>109</v>
       </c>
-      <c r="AL16" s="112">
+      <c r="AL16" s="781">
         <v>9</v>
       </c>
-      <c r="AM16" s="124" t="s">
+      <c r="AM16" s="792" t="s">
         <v>108</v>
       </c>
-      <c r="AN16" s="173"/>
-      <c r="AO16" s="48" t="s">
+      <c r="AN16" s="835"/>
+      <c r="AO16" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP16" s="112"/>
-      <c r="AQ16" s="113" t="s">
+      <c r="AP16" s="781"/>
+      <c r="AQ16" s="730" t="s">
         <v>110</v>
       </c>
-      <c r="AR16" s="50"/>
-      <c r="AS16" s="98" t="s">
+      <c r="AR16" s="725"/>
+      <c r="AS16" s="767" t="s">
         <v>108</v>
       </c>
-      <c r="AT16" s="113">
-[...2 lines deleted...]
-      <c r="AU16" s="113" t="s">
+      <c r="AT16" s="730">
+        <v>12</v>
+      </c>
+      <c r="AU16" s="730" t="s">
         <v>109</v>
       </c>
-      <c r="AV16" s="50"/>
-[...1 lines deleted...]
-      <c r="AX16" s="164" t="s">
+      <c r="AV16" s="725"/>
+      <c r="AW16" s="789"/>
+      <c r="AX16" s="827" t="s">
         <v>111</v>
       </c>
-      <c r="AY16" s="157"/>
+      <c r="AY16" s="7"/>
     </row>
-    <row r="17" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A17" s="185" t="s">
+    <row r="17" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A17" s="844" t="s">
         <v>112</v>
       </c>
-      <c r="B17" s="126" t="s">
+      <c r="B17" s="794" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="127">
+      <c r="C17" s="795">
         <v>218</v>
       </c>
-      <c r="D17" s="126"/>
-[...3 lines deleted...]
-      <c r="F17" s="138" t="s">
+      <c r="D17" s="794"/>
+      <c r="E17" s="843" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="804" t="s">
         <v>113</v>
       </c>
-      <c r="G17" s="46" t="s">
+      <c r="G17" s="721" t="s">
         <v>114</v>
       </c>
-      <c r="H17" s="45" t="s">
+      <c r="H17" s="720" t="s">
         <v>114</v>
       </c>
-      <c r="I17" s="186" t="s">
+      <c r="I17" s="845" t="s">
         <v>115</v>
       </c>
-      <c r="J17" s="45" t="s">
+      <c r="J17" s="720" t="s">
         <v>114</v>
       </c>
-      <c r="K17" s="45" t="s">
+      <c r="K17" s="720" t="s">
         <v>116</v>
       </c>
-      <c r="L17" s="45" t="s">
+      <c r="L17" s="720" t="s">
         <v>115</v>
       </c>
-      <c r="M17" s="187"/>
-      <c r="N17" s="130" t="s">
+      <c r="M17" s="846"/>
+      <c r="N17" s="798" t="s">
         <v>13</v>
       </c>
-      <c r="O17" s="46" t="s">
+      <c r="O17" s="721" t="s">
         <v>117</v>
       </c>
-      <c r="P17" s="188" t="s">
+      <c r="P17" s="847" t="s">
         <v>115</v>
       </c>
-      <c r="Q17" s="189" t="s">
+      <c r="Q17" s="848" t="s">
         <v>117</v>
       </c>
-      <c r="R17" s="161"/>
-      <c r="S17" s="45" t="s">
+      <c r="R17" s="824"/>
+      <c r="S17" s="720" t="s">
         <v>116</v>
       </c>
-      <c r="T17" s="52"/>
-[...2 lines deleted...]
-      <c r="W17" s="130" t="s">
+      <c r="T17" s="727"/>
+      <c r="U17" s="719"/>
+      <c r="V17" s="849"/>
+      <c r="W17" s="798" t="s">
         <v>14</v>
       </c>
-      <c r="X17" s="191" t="s">
+      <c r="X17" s="850" t="s">
         <v>113</v>
       </c>
-      <c r="Y17" s="132" t="s">
+      <c r="Y17" s="744" t="s">
         <v>115</v>
       </c>
-      <c r="Z17" s="132" t="s">
+      <c r="Z17" s="744" t="s">
         <v>113</v>
       </c>
-      <c r="AA17" s="132" t="s">
+      <c r="AA17" s="744" t="s">
         <v>116</v>
       </c>
-      <c r="AB17" s="132" t="s">
+      <c r="AB17" s="744" t="s">
         <v>114</v>
       </c>
-      <c r="AC17" s="192" t="s">
+      <c r="AC17" s="851" t="s">
         <v>117</v>
       </c>
-      <c r="AD17" s="134"/>
-[...1 lines deleted...]
-      <c r="AF17" s="73" t="s">
+      <c r="AD17" s="801"/>
+      <c r="AE17" s="852"/>
+      <c r="AF17" s="746" t="s">
         <v>16</v>
       </c>
-      <c r="AG17" s="194"/>
-      <c r="AH17" s="132" t="s">
+      <c r="AG17" s="853"/>
+      <c r="AH17" s="744" t="s">
         <v>115</v>
       </c>
-      <c r="AI17" s="132" t="s">
+      <c r="AI17" s="744" t="s">
         <v>113</v>
       </c>
-      <c r="AJ17" s="75"/>
-      <c r="AK17" s="195" t="s">
+      <c r="AJ17" s="748"/>
+      <c r="AK17" s="854" t="s">
         <v>117</v>
       </c>
-      <c r="AL17" s="132" t="s">
+      <c r="AL17" s="744" t="s">
         <v>116</v>
       </c>
-      <c r="AM17" s="132"/>
-[...1 lines deleted...]
-      <c r="AO17" s="130" t="s">
+      <c r="AM17" s="744"/>
+      <c r="AN17" s="855"/>
+      <c r="AO17" s="798" t="s">
         <v>18</v>
       </c>
-      <c r="AP17" s="197" t="s">
+      <c r="AP17" s="856" t="s">
         <v>114</v>
       </c>
-      <c r="AQ17" s="45" t="s">
+      <c r="AQ17" s="720" t="s">
         <v>113</v>
       </c>
-      <c r="AR17" s="45" t="s">
+      <c r="AR17" s="720" t="s">
         <v>116</v>
       </c>
-      <c r="AS17" s="45" t="s">
+      <c r="AS17" s="720" t="s">
         <v>117</v>
       </c>
-      <c r="AT17" s="52"/>
-[...3 lines deleted...]
-      <c r="AX17" s="198" t="s">
+      <c r="AT17" s="727"/>
+      <c r="AU17" s="824"/>
+      <c r="AV17" s="719"/>
+      <c r="AW17" s="805"/>
+      <c r="AX17" s="857" t="s">
         <v>112</v>
       </c>
-      <c r="AY17" s="157"/>
+      <c r="AY17" s="7"/>
     </row>
-    <row r="18" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A18" s="199" t="s">
+    <row r="18" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A18" s="809" t="s">
         <v>118</v>
       </c>
-      <c r="B18" s="200" t="s">
+      <c r="B18" s="713" t="s">
         <v>119</v>
       </c>
-      <c r="C18" s="201">
+      <c r="C18" s="858">
         <v>207</v>
       </c>
-      <c r="D18" s="40" t="s">
+      <c r="D18" s="715" t="s">
         <v>120</v>
       </c>
-      <c r="E18" s="202" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="203" t="s">
+      <c r="E18" s="859" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="860" t="s">
         <v>121</v>
       </c>
-      <c r="G18" s="204" t="s">
+      <c r="G18" s="861" t="s">
         <v>122</v>
       </c>
-      <c r="H18" s="92" t="s">
+      <c r="H18" s="761" t="s">
         <v>123</v>
       </c>
-      <c r="I18" s="92" t="s">
+      <c r="I18" s="761" t="s">
         <v>122</v>
       </c>
-      <c r="J18" s="92" t="s">
+      <c r="J18" s="761" t="s">
         <v>124</v>
       </c>
-      <c r="K18" s="205"/>
-[...2 lines deleted...]
-      <c r="N18" s="26" t="s">
+      <c r="K18" s="862"/>
+      <c r="L18" s="764"/>
+      <c r="M18" s="812"/>
+      <c r="N18" s="702" t="s">
         <v>13</v>
       </c>
-      <c r="O18" s="206" t="s">
+      <c r="O18" s="863" t="s">
         <v>121</v>
       </c>
-      <c r="P18" s="207" t="s">
+      <c r="P18" s="864" t="s">
         <v>121</v>
       </c>
-      <c r="Q18" s="205"/>
-      <c r="R18" s="92" t="s">
+      <c r="Q18" s="862"/>
+      <c r="R18" s="761" t="s">
         <v>125</v>
       </c>
-      <c r="S18" s="208"/>
-[...3 lines deleted...]
-      <c r="W18" s="26" t="s">
+      <c r="S18" s="865"/>
+      <c r="T18" s="866"/>
+      <c r="U18" s="865"/>
+      <c r="V18" s="867"/>
+      <c r="W18" s="702" t="s">
         <v>14</v>
       </c>
-      <c r="X18" s="211" t="s">
+      <c r="X18" s="868" t="s">
         <v>121</v>
       </c>
-      <c r="Y18" s="150" t="s">
+      <c r="Y18" s="815" t="s">
         <v>125</v>
       </c>
-      <c r="Z18" s="88" t="s">
+      <c r="Z18" s="703" t="s">
         <v>123</v>
       </c>
-      <c r="AA18" s="88" t="s">
+      <c r="AA18" s="703" t="s">
         <v>124</v>
       </c>
-      <c r="AB18" s="150" t="s">
+      <c r="AB18" s="815" t="s">
         <v>124</v>
       </c>
-      <c r="AC18" s="34"/>
-      <c r="AD18" s="88" t="s">
+      <c r="AC18" s="710"/>
+      <c r="AD18" s="703" t="s">
         <v>126</v>
       </c>
-      <c r="AE18" s="149"/>
-      <c r="AF18" s="29" t="s">
+      <c r="AE18" s="814"/>
+      <c r="AF18" s="705" t="s">
         <v>16</v>
       </c>
-      <c r="AG18" s="212" t="s">
+      <c r="AG18" s="869" t="s">
         <v>125</v>
       </c>
-      <c r="AH18" s="88" t="s">
+      <c r="AH18" s="703" t="s">
         <v>121</v>
       </c>
-      <c r="AI18" s="213" t="s">
+      <c r="AI18" s="870" t="s">
         <v>125</v>
       </c>
-      <c r="AJ18" s="161"/>
-      <c r="AK18" s="88" t="s">
+      <c r="AJ18" s="824"/>
+      <c r="AK18" s="703" t="s">
         <v>122</v>
       </c>
-      <c r="AL18" s="87" t="s">
+      <c r="AL18" s="758" t="s">
         <v>123</v>
       </c>
-      <c r="AM18" s="88" t="s">
+      <c r="AM18" s="703" t="s">
         <v>123</v>
       </c>
-      <c r="AN18" s="25"/>
-      <c r="AO18" s="26" t="s">
+      <c r="AN18" s="701"/>
+      <c r="AO18" s="702" t="s">
         <v>18</v>
       </c>
-      <c r="AP18" s="91" t="s">
+      <c r="AP18" s="760" t="s">
         <v>123</v>
       </c>
-      <c r="AQ18" s="92" t="s">
+      <c r="AQ18" s="761" t="s">
         <v>124</v>
       </c>
-      <c r="AR18" s="92" t="s">
+      <c r="AR18" s="761" t="s">
         <v>124</v>
       </c>
-      <c r="AS18" s="205"/>
-      <c r="AT18" s="92" t="s">
+      <c r="AS18" s="862"/>
+      <c r="AT18" s="761" t="s">
         <v>122</v>
       </c>
-      <c r="AU18" s="92" t="s">
+      <c r="AU18" s="761" t="s">
         <v>122</v>
       </c>
-      <c r="AV18" s="92" t="s">
+      <c r="AV18" s="761" t="s">
         <v>125</v>
       </c>
-      <c r="AW18" s="214"/>
-      <c r="AX18" s="215" t="s">
+      <c r="AW18" s="871"/>
+      <c r="AX18" s="872" t="s">
         <v>127</v>
       </c>
-      <c r="AY18" s="216"/>
+      <c r="AY18" s="8"/>
     </row>
-    <row r="19" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A19" s="37" t="s">
+    <row r="19" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A19" s="712" t="s">
         <v>128</v>
       </c>
-      <c r="B19" s="217" t="s">
+      <c r="B19" s="873" t="s">
         <v>119</v>
       </c>
-      <c r="C19" s="218">
+      <c r="C19" s="874">
         <v>208</v>
       </c>
-      <c r="D19" s="219"/>
-[...3 lines deleted...]
-      <c r="F19" s="115" t="s">
+      <c r="D19" s="875"/>
+      <c r="E19" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="783" t="s">
         <v>129</v>
       </c>
-      <c r="G19" s="117" t="s">
+      <c r="G19" s="785" t="s">
         <v>129</v>
       </c>
-      <c r="H19" s="113" t="s">
+      <c r="H19" s="730" t="s">
         <v>130</v>
       </c>
-      <c r="I19" s="52"/>
-      <c r="J19" s="113">
+      <c r="I19" s="727"/>
+      <c r="J19" s="730">
         <v>9</v>
       </c>
-      <c r="K19" s="113">
-[...6 lines deleted...]
-      <c r="N19" s="48" t="s">
+      <c r="K19" s="730">
+        <v>12</v>
+      </c>
+      <c r="L19" s="730">
+        <v>12</v>
+      </c>
+      <c r="M19" s="830"/>
+      <c r="N19" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O19" s="166"/>
-      <c r="P19" s="113" t="s">
+      <c r="O19" s="829"/>
+      <c r="P19" s="730" t="s">
         <v>129</v>
       </c>
-      <c r="Q19" s="50"/>
-      <c r="R19" s="113">
+      <c r="Q19" s="725"/>
+      <c r="R19" s="730">
         <v>11</v>
       </c>
-      <c r="S19" s="113">
+      <c r="S19" s="730">
         <v>11</v>
       </c>
-      <c r="T19" s="113">
+      <c r="T19" s="730">
         <v>9</v>
       </c>
-      <c r="U19" s="50"/>
-[...1 lines deleted...]
-      <c r="W19" s="221" t="s">
+      <c r="U19" s="725"/>
+      <c r="V19" s="876"/>
+      <c r="W19" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="112" t="s">
+      <c r="X19" s="781" t="s">
         <v>129</v>
       </c>
-      <c r="Y19" s="113" t="s">
+      <c r="Y19" s="730" t="s">
         <v>130</v>
       </c>
-      <c r="Z19" s="113">
-[...6 lines deleted...]
-      <c r="AC19" s="113">
+      <c r="Z19" s="730">
+        <v>12</v>
+      </c>
+      <c r="AA19" s="730">
+        <v>12</v>
+      </c>
+      <c r="AB19" s="725"/>
+      <c r="AC19" s="730">
         <v>11</v>
       </c>
-      <c r="AD19" s="113" t="s">
+      <c r="AD19" s="730" t="s">
         <v>131</v>
       </c>
-      <c r="AE19" s="51"/>
-      <c r="AF19" s="53" t="s">
+      <c r="AE19" s="726"/>
+      <c r="AF19" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG19" s="115" t="s">
+      <c r="AG19" s="783" t="s">
         <v>129</v>
       </c>
-      <c r="AH19" s="113">
+      <c r="AH19" s="730">
         <v>9</v>
       </c>
-      <c r="AI19" s="113" t="s">
+      <c r="AI19" s="730" t="s">
         <v>130</v>
       </c>
-      <c r="AJ19" s="113">
+      <c r="AJ19" s="730">
         <v>11</v>
       </c>
-      <c r="AK19" s="113" t="s">
+      <c r="AK19" s="730" t="s">
         <v>130</v>
       </c>
-      <c r="AL19" s="50"/>
-[...2 lines deleted...]
-      <c r="AO19" s="48" t="s">
+      <c r="AL19" s="725"/>
+      <c r="AM19" s="725"/>
+      <c r="AN19" s="726"/>
+      <c r="AO19" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP19" s="115">
+      <c r="AP19" s="783">
         <v>11</v>
       </c>
-      <c r="AQ19" s="113">
+      <c r="AQ19" s="730">
         <v>11</v>
       </c>
-      <c r="AR19" s="113">
-[...5 lines deleted...]
-      <c r="AT19" s="113">
+      <c r="AR19" s="730">
+        <v>12</v>
+      </c>
+      <c r="AS19" s="730">
+        <v>12</v>
+      </c>
+      <c r="AT19" s="730">
         <v>9</v>
       </c>
-      <c r="AU19" s="113" t="s">
+      <c r="AU19" s="730" t="s">
         <v>130</v>
       </c>
-      <c r="AV19" s="50"/>
-[...1 lines deleted...]
-      <c r="AX19" s="223" t="s">
+      <c r="AV19" s="725"/>
+      <c r="AW19" s="878"/>
+      <c r="AX19" s="879" t="s">
         <v>128</v>
       </c>
-      <c r="AY19" s="216"/>
+      <c r="AY19" s="8"/>
     </row>
-    <row r="20" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A20" s="224" t="s">
+    <row r="20" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A20" s="712" t="s">
         <v>132</v>
       </c>
-      <c r="B20" s="217" t="s">
+      <c r="B20" s="873" t="s">
         <v>133</v>
       </c>
-      <c r="C20" s="218">
+      <c r="C20" s="874">
         <v>210</v>
       </c>
-      <c r="D20" s="225" t="s">
+      <c r="D20" s="880" t="s">
         <v>134</v>
       </c>
-      <c r="E20" s="111" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="226" t="s">
+      <c r="E20" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="881" t="s">
         <v>135</v>
       </c>
-      <c r="G20" s="113" t="s">
+      <c r="G20" s="730" t="s">
         <v>136</v>
       </c>
-      <c r="H20" s="113" t="s">
+      <c r="H20" s="730" t="s">
         <v>137</v>
       </c>
-      <c r="I20" s="113" t="s">
+      <c r="I20" s="730" t="s">
         <v>136</v>
       </c>
-      <c r="J20" s="50"/>
-      <c r="K20" s="113" t="s">
+      <c r="J20" s="725"/>
+      <c r="K20" s="730" t="s">
         <v>138</v>
       </c>
-      <c r="L20" s="50"/>
-[...1 lines deleted...]
-      <c r="N20" s="48" t="s">
+      <c r="L20" s="725"/>
+      <c r="M20" s="882"/>
+      <c r="N20" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O20" s="115" t="s">
+      <c r="O20" s="783" t="s">
         <v>138</v>
       </c>
-      <c r="P20" s="113" t="s">
+      <c r="P20" s="730" t="s">
         <v>137</v>
       </c>
-      <c r="Q20" s="113" t="s">
+      <c r="Q20" s="730" t="s">
         <v>137</v>
       </c>
-      <c r="R20" s="113">
+      <c r="R20" s="730">
         <v>11</v>
       </c>
-      <c r="S20" s="113">
+      <c r="S20" s="730">
         <v>11</v>
       </c>
-      <c r="T20" s="228" t="s">
+      <c r="T20" s="883" t="s">
         <v>136</v>
       </c>
-      <c r="U20" s="50"/>
-[...1 lines deleted...]
-      <c r="W20" s="221" t="s">
+      <c r="U20" s="725"/>
+      <c r="V20" s="876"/>
+      <c r="W20" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="52"/>
-      <c r="Y20" s="113" t="s">
+      <c r="X20" s="727"/>
+      <c r="Y20" s="730" t="s">
         <v>135</v>
       </c>
-      <c r="Z20" s="113"/>
-      <c r="AA20" s="113" t="s">
+      <c r="Z20" s="730"/>
+      <c r="AA20" s="730" t="s">
         <v>136</v>
       </c>
-      <c r="AB20" s="113" t="s">
+      <c r="AB20" s="730" t="s">
         <v>136</v>
       </c>
-      <c r="AC20" s="113">
+      <c r="AC20" s="730">
         <v>11</v>
       </c>
-      <c r="AD20" s="113" t="s">
+      <c r="AD20" s="730" t="s">
         <v>139</v>
       </c>
-      <c r="AE20" s="51"/>
-      <c r="AF20" s="53" t="s">
+      <c r="AE20" s="726"/>
+      <c r="AF20" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG20" s="115" t="s">
+      <c r="AG20" s="783" t="s">
         <v>138</v>
       </c>
-      <c r="AH20" s="113" t="s">
+      <c r="AH20" s="730" t="s">
         <v>138</v>
       </c>
-      <c r="AI20" s="113" t="s">
+      <c r="AI20" s="730" t="s">
         <v>137</v>
       </c>
-      <c r="AJ20" s="113">
+      <c r="AJ20" s="730">
         <v>11</v>
       </c>
-      <c r="AK20" s="113" t="s">
+      <c r="AK20" s="730" t="s">
         <v>135</v>
       </c>
-      <c r="AL20" s="50"/>
-[...2 lines deleted...]
-      <c r="AO20" s="48" t="s">
+      <c r="AL20" s="725"/>
+      <c r="AM20" s="725"/>
+      <c r="AN20" s="726"/>
+      <c r="AO20" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP20" s="115">
+      <c r="AP20" s="783">
         <v>11</v>
       </c>
-      <c r="AQ20" s="113">
+      <c r="AQ20" s="730">
         <v>11</v>
       </c>
-      <c r="AR20" s="113" t="s">
+      <c r="AR20" s="730" t="s">
         <v>135</v>
       </c>
-      <c r="AS20" s="113" t="s">
+      <c r="AS20" s="730" t="s">
         <v>137</v>
       </c>
-      <c r="AT20" s="52"/>
-      <c r="AU20" s="113" t="s">
+      <c r="AT20" s="727"/>
+      <c r="AU20" s="730" t="s">
         <v>135</v>
       </c>
-      <c r="AV20" s="55" t="s">
+      <c r="AV20" s="730" t="s">
         <v>138</v>
       </c>
-      <c r="AW20" s="222"/>
-      <c r="AX20" s="223" t="s">
+      <c r="AW20" s="878"/>
+      <c r="AX20" s="879" t="s">
         <v>140</v>
       </c>
-      <c r="AY20" s="216"/>
+      <c r="AY20" s="8"/>
     </row>
-    <row r="21" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A21" s="37" t="s">
+    <row r="21" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A21" s="712" t="s">
         <v>141</v>
       </c>
-      <c r="B21" s="217" t="s">
+      <c r="B21" s="873" t="s">
         <v>119</v>
       </c>
-      <c r="C21" s="218">
+      <c r="C21" s="874">
         <v>117</v>
       </c>
-      <c r="D21" s="219"/>
-[...3 lines deleted...]
-      <c r="F21" s="115" t="s">
+      <c r="D21" s="875"/>
+      <c r="E21" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="783" t="s">
         <v>142</v>
       </c>
-      <c r="G21" s="113" t="s">
+      <c r="G21" s="730" t="s">
         <v>142</v>
       </c>
-      <c r="H21" s="52"/>
-      <c r="I21" s="55" t="s">
+      <c r="H21" s="727"/>
+      <c r="I21" s="730" t="s">
         <v>143</v>
       </c>
-      <c r="J21" s="113">
+      <c r="J21" s="730">
         <v>9</v>
       </c>
-      <c r="K21" s="113">
-[...6 lines deleted...]
-      <c r="N21" s="48" t="s">
+      <c r="K21" s="730">
+        <v>12</v>
+      </c>
+      <c r="L21" s="730">
+        <v>12</v>
+      </c>
+      <c r="M21" s="830"/>
+      <c r="N21" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O21" s="160"/>
-      <c r="P21" s="113" t="s">
+      <c r="O21" s="823"/>
+      <c r="P21" s="730" t="s">
         <v>144</v>
       </c>
-      <c r="Q21" s="113" t="s">
+      <c r="Q21" s="730" t="s">
         <v>144</v>
       </c>
-      <c r="R21" s="113">
+      <c r="R21" s="730">
         <v>11</v>
       </c>
-      <c r="S21" s="113">
+      <c r="S21" s="730">
         <v>11</v>
       </c>
-      <c r="T21" s="113">
+      <c r="T21" s="730">
         <v>9</v>
       </c>
-      <c r="U21" s="28"/>
-[...1 lines deleted...]
-      <c r="W21" s="221" t="s">
+      <c r="U21" s="704"/>
+      <c r="V21" s="876"/>
+      <c r="W21" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X21" s="112" t="s">
+      <c r="X21" s="781" t="s">
         <v>144</v>
       </c>
-      <c r="Y21" s="113" t="s">
+      <c r="Y21" s="730" t="s">
         <v>144</v>
       </c>
-      <c r="Z21" s="113">
-[...5 lines deleted...]
-      <c r="AB21" s="113" t="s">
+      <c r="Z21" s="730">
+        <v>12</v>
+      </c>
+      <c r="AA21" s="730">
+        <v>12</v>
+      </c>
+      <c r="AB21" s="730" t="s">
         <v>142</v>
       </c>
-      <c r="AC21" s="113">
+      <c r="AC21" s="730">
         <v>11</v>
       </c>
-      <c r="AD21" s="50"/>
-[...1 lines deleted...]
-      <c r="AF21" s="53" t="s">
+      <c r="AD21" s="725"/>
+      <c r="AE21" s="884"/>
+      <c r="AF21" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG21" s="230" t="s">
+      <c r="AG21" s="885" t="s">
         <v>144</v>
       </c>
-      <c r="AH21" s="113">
+      <c r="AH21" s="730">
         <v>9</v>
       </c>
-      <c r="AI21" s="113" t="s">
+      <c r="AI21" s="730" t="s">
         <v>142</v>
       </c>
-      <c r="AJ21" s="113">
+      <c r="AJ21" s="730">
         <v>11</v>
       </c>
-      <c r="AK21" s="113" t="s">
+      <c r="AK21" s="730" t="s">
         <v>142</v>
       </c>
-      <c r="AL21" s="50"/>
-[...2 lines deleted...]
-      <c r="AO21" s="48" t="s">
+      <c r="AL21" s="725"/>
+      <c r="AM21" s="725"/>
+      <c r="AN21" s="726"/>
+      <c r="AO21" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP21" s="115">
+      <c r="AP21" s="783">
         <v>11</v>
       </c>
-      <c r="AQ21" s="113">
+      <c r="AQ21" s="730">
         <v>11</v>
       </c>
-      <c r="AR21" s="113">
-[...5 lines deleted...]
-      <c r="AT21" s="113">
+      <c r="AR21" s="730">
+        <v>12</v>
+      </c>
+      <c r="AS21" s="730">
+        <v>12</v>
+      </c>
+      <c r="AT21" s="730">
         <v>9</v>
       </c>
-      <c r="AU21" s="52"/>
-[...2 lines deleted...]
-      <c r="AX21" s="223" t="s">
+      <c r="AU21" s="727"/>
+      <c r="AV21" s="725"/>
+      <c r="AW21" s="878"/>
+      <c r="AX21" s="879" t="s">
         <v>141</v>
       </c>
-      <c r="AY21" s="58"/>
+      <c r="AY21" s="6"/>
     </row>
-    <row r="22" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A22" s="143" t="s">
+    <row r="22" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A22" s="809" t="s">
         <v>145</v>
       </c>
-      <c r="B22" s="217" t="s">
+      <c r="B22" s="873" t="s">
         <v>146</v>
       </c>
-      <c r="C22" s="231">
+      <c r="C22" s="886">
         <v>206</v>
       </c>
-      <c r="D22" s="61" t="s">
+      <c r="D22" s="735" t="s">
         <v>147</v>
       </c>
-      <c r="E22" s="111" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="115" t="s">
+      <c r="E22" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="783" t="s">
         <v>148</v>
       </c>
-      <c r="G22" s="113" t="s">
+      <c r="G22" s="730" t="s">
         <v>148</v>
       </c>
-      <c r="H22" s="50"/>
-      <c r="I22" s="113" t="s">
+      <c r="H22" s="725"/>
+      <c r="I22" s="730" t="s">
         <v>149</v>
       </c>
-      <c r="J22" s="117">
+      <c r="J22" s="785">
         <v>9</v>
       </c>
-      <c r="K22" s="117" t="s">
+      <c r="K22" s="785" t="s">
         <v>150</v>
       </c>
-      <c r="L22" s="55" t="s">
+      <c r="L22" s="730" t="s">
         <v>151</v>
       </c>
-      <c r="M22" s="232"/>
-      <c r="N22" s="48" t="s">
+      <c r="M22" s="887"/>
+      <c r="N22" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O22" s="233"/>
-[...1 lines deleted...]
-      <c r="Q22" s="45" t="s">
+      <c r="O22" s="888"/>
+      <c r="P22" s="824"/>
+      <c r="Q22" s="720" t="s">
         <v>152</v>
       </c>
-      <c r="R22" s="45" t="s">
+      <c r="R22" s="720" t="s">
         <v>149</v>
       </c>
-      <c r="S22" s="45" t="s">
+      <c r="S22" s="720" t="s">
         <v>150</v>
       </c>
-      <c r="T22" s="170">
+      <c r="T22" s="831">
         <v>9</v>
       </c>
-      <c r="U22" s="161"/>
-[...1 lines deleted...]
-      <c r="W22" s="221" t="s">
+      <c r="U22" s="824"/>
+      <c r="V22" s="876"/>
+      <c r="W22" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X22" s="56" t="s">
+      <c r="X22" s="731" t="s">
         <v>148</v>
       </c>
-      <c r="Y22" s="170" t="s">
+      <c r="Y22" s="831" t="s">
         <v>148</v>
       </c>
-      <c r="Z22" s="50"/>
-      <c r="AA22" s="113" t="s">
+      <c r="Z22" s="725"/>
+      <c r="AA22" s="730" t="s">
         <v>150</v>
       </c>
-      <c r="AB22" s="113" t="s">
+      <c r="AB22" s="730" t="s">
         <v>152</v>
       </c>
-      <c r="AC22" s="50"/>
-[...2 lines deleted...]
-      <c r="AF22" s="53" t="s">
+      <c r="AC22" s="725"/>
+      <c r="AD22" s="727"/>
+      <c r="AE22" s="831"/>
+      <c r="AF22" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG22" s="233"/>
-      <c r="AH22" s="113">
+      <c r="AG22" s="888"/>
+      <c r="AH22" s="730">
         <v>9</v>
       </c>
-      <c r="AI22" s="170" t="s">
+      <c r="AI22" s="831" t="s">
         <v>148</v>
       </c>
-      <c r="AJ22" s="55" t="s">
+      <c r="AJ22" s="730" t="s">
         <v>153</v>
       </c>
-      <c r="AK22" s="56" t="s">
+      <c r="AK22" s="731" t="s">
         <v>149</v>
       </c>
-      <c r="AL22" s="113" t="s">
+      <c r="AL22" s="730" t="s">
         <v>150</v>
       </c>
-      <c r="AM22" s="45" t="s">
+      <c r="AM22" s="720" t="s">
         <v>152</v>
       </c>
-      <c r="AN22" s="234"/>
-      <c r="AO22" s="48" t="s">
+      <c r="AN22" s="889"/>
+      <c r="AO22" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP22" s="115" t="s">
+      <c r="AP22" s="783" t="s">
         <v>149</v>
       </c>
-      <c r="AQ22" s="113" t="s">
+      <c r="AQ22" s="730" t="s">
         <v>152</v>
       </c>
-      <c r="AR22" s="113" t="s">
+      <c r="AR22" s="730" t="s">
         <v>150</v>
       </c>
-      <c r="AS22" s="113" t="s">
+      <c r="AS22" s="730" t="s">
         <v>152</v>
       </c>
-      <c r="AT22" s="117">
+      <c r="AT22" s="785">
         <v>9</v>
       </c>
-      <c r="AU22" s="113" t="s">
+      <c r="AU22" s="730" t="s">
         <v>149</v>
       </c>
-      <c r="AV22" s="44"/>
-[...1 lines deleted...]
-      <c r="AX22" s="235" t="s">
+      <c r="AV22" s="719"/>
+      <c r="AW22" s="878"/>
+      <c r="AX22" s="890" t="s">
         <v>145</v>
       </c>
-      <c r="AY22" s="5"/>
+      <c r="AY22" s="1"/>
     </row>
-    <row r="23" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A23" s="143" t="s">
+    <row r="23" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A23" s="809" t="s">
         <v>154</v>
       </c>
-      <c r="B23" s="217" t="s">
+      <c r="B23" s="873" t="s">
         <v>119</v>
       </c>
-      <c r="C23" s="231">
+      <c r="C23" s="886">
         <v>110</v>
       </c>
-      <c r="D23" s="236"/>
-[...3 lines deleted...]
-      <c r="F23" s="138" t="s">
+      <c r="D23" s="891"/>
+      <c r="E23" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="804" t="s">
         <v>155</v>
       </c>
-      <c r="G23" s="237"/>
-      <c r="H23" s="113" t="s">
+      <c r="G23" s="892"/>
+      <c r="H23" s="730" t="s">
         <v>156</v>
       </c>
-      <c r="I23" s="113" t="s">
+      <c r="I23" s="730" t="s">
         <v>157</v>
       </c>
-      <c r="J23" s="238">
+      <c r="J23" s="893">
         <v>9</v>
       </c>
-      <c r="K23" s="124" t="s">
+      <c r="K23" s="792" t="s">
         <v>158</v>
       </c>
-      <c r="L23" s="55" t="s">
+      <c r="L23" s="730" t="s">
         <v>159</v>
       </c>
-      <c r="M23" s="232"/>
-      <c r="N23" s="48" t="s">
+      <c r="M23" s="887"/>
+      <c r="N23" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O23" s="239" t="s">
+      <c r="O23" s="894" t="s">
         <v>160</v>
       </c>
-      <c r="P23" s="170" t="s">
+      <c r="P23" s="831" t="s">
         <v>155</v>
       </c>
-      <c r="Q23" s="113" t="s">
+      <c r="Q23" s="730" t="s">
         <v>155</v>
       </c>
-      <c r="R23" s="50"/>
-      <c r="S23" s="113" t="s">
+      <c r="R23" s="725"/>
+      <c r="S23" s="730" t="s">
         <v>158</v>
       </c>
-      <c r="T23" s="46">
+      <c r="T23" s="721">
         <v>9</v>
       </c>
-      <c r="U23" s="50"/>
-[...1 lines deleted...]
-      <c r="W23" s="221" t="s">
+      <c r="U23" s="725"/>
+      <c r="V23" s="876"/>
+      <c r="W23" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X23" s="46" t="s">
+      <c r="X23" s="721" t="s">
         <v>158</v>
       </c>
-      <c r="Y23" s="113" t="s">
+      <c r="Y23" s="730" t="s">
         <v>156</v>
       </c>
-      <c r="Z23" s="114"/>
-      <c r="AA23" s="113" t="s">
+      <c r="Z23" s="782"/>
+      <c r="AA23" s="730" t="s">
         <v>160</v>
       </c>
-      <c r="AB23" s="44"/>
-[...1 lines deleted...]
-      <c r="AD23" s="45" t="s">
+      <c r="AB23" s="719"/>
+      <c r="AC23" s="726"/>
+      <c r="AD23" s="720" t="s">
         <v>160</v>
       </c>
-      <c r="AE23" s="51"/>
-      <c r="AF23" s="53" t="s">
+      <c r="AE23" s="726"/>
+      <c r="AF23" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG23" s="115" t="s">
+      <c r="AG23" s="783" t="s">
         <v>158</v>
       </c>
-      <c r="AH23" s="45">
+      <c r="AH23" s="720">
         <v>9</v>
       </c>
-      <c r="AI23" s="45" t="s">
+      <c r="AI23" s="720" t="s">
         <v>156</v>
       </c>
-      <c r="AJ23" s="240"/>
-      <c r="AK23" s="45" t="s">
+      <c r="AJ23" s="707"/>
+      <c r="AK23" s="720" t="s">
         <v>156</v>
       </c>
-      <c r="AL23" s="238" t="s">
+      <c r="AL23" s="893" t="s">
         <v>160</v>
       </c>
-      <c r="AM23" s="55" t="s">
+      <c r="AM23" s="730" t="s">
         <v>161</v>
       </c>
-      <c r="AN23" s="241"/>
-      <c r="AO23" s="48" t="s">
+      <c r="AN23" s="895"/>
+      <c r="AO23" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP23" s="242"/>
-      <c r="AQ23" s="112" t="s">
+      <c r="AP23" s="896"/>
+      <c r="AQ23" s="781" t="s">
         <v>158</v>
       </c>
-      <c r="AR23" s="113" t="s">
+      <c r="AR23" s="730" t="s">
         <v>155</v>
       </c>
-      <c r="AS23" s="113" t="s">
+      <c r="AS23" s="730" t="s">
         <v>155</v>
       </c>
-      <c r="AT23" s="238">
+      <c r="AT23" s="893">
         <v>9</v>
       </c>
-      <c r="AU23" s="113" t="s">
+      <c r="AU23" s="730" t="s">
         <v>156</v>
       </c>
-      <c r="AV23" s="45" t="s">
+      <c r="AV23" s="720" t="s">
         <v>160</v>
       </c>
-      <c r="AW23" s="222"/>
-      <c r="AX23" s="235" t="s">
+      <c r="AW23" s="878"/>
+      <c r="AX23" s="890" t="s">
         <v>154</v>
       </c>
-      <c r="AY23" s="58"/>
+      <c r="AY23" s="6"/>
     </row>
-    <row r="24" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A24" s="143" t="s">
+    <row r="24" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A24" s="809" t="s">
         <v>162</v>
       </c>
-      <c r="B24" s="217" t="s">
+      <c r="B24" s="873" t="s">
         <v>119</v>
       </c>
-      <c r="C24" s="243">
+      <c r="C24" s="897">
         <v>205</v>
       </c>
-      <c r="D24" s="244" t="s">
+      <c r="D24" s="898" t="s">
         <v>113</v>
       </c>
-      <c r="E24" s="128" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="131" t="s">
+      <c r="E24" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" s="799" t="s">
         <v>163</v>
       </c>
-      <c r="G24" s="132" t="s">
+      <c r="G24" s="744" t="s">
         <v>113</v>
       </c>
-      <c r="H24" s="133" t="s">
+      <c r="H24" s="800" t="s">
         <v>164</v>
       </c>
-      <c r="I24" s="245" t="s">
+      <c r="I24" s="899" t="s">
         <v>113</v>
       </c>
-      <c r="J24" s="245" t="s">
+      <c r="J24" s="899" t="s">
         <v>165</v>
       </c>
-      <c r="K24" s="132" t="s">
+      <c r="K24" s="744" t="s">
         <v>164</v>
       </c>
-      <c r="L24" s="71" t="s">
+      <c r="L24" s="744" t="s">
         <v>166</v>
       </c>
-      <c r="M24" s="246"/>
-      <c r="N24" s="130" t="s">
+      <c r="M24" s="900"/>
+      <c r="N24" s="798" t="s">
         <v>13</v>
       </c>
-      <c r="O24" s="131" t="s">
+      <c r="O24" s="799" t="s">
         <v>163</v>
       </c>
-      <c r="P24" s="245" t="s">
+      <c r="P24" s="899" t="s">
         <v>113</v>
       </c>
-      <c r="Q24" s="134"/>
-[...1 lines deleted...]
-      <c r="S24" s="132" t="s">
+      <c r="Q24" s="801"/>
+      <c r="R24" s="801"/>
+      <c r="S24" s="744" t="s">
         <v>167</v>
       </c>
-      <c r="T24" s="191" t="s">
+      <c r="T24" s="850" t="s">
         <v>165</v>
       </c>
-      <c r="U24" s="134"/>
-[...1 lines deleted...]
-      <c r="W24" s="248" t="s">
+      <c r="U24" s="801"/>
+      <c r="V24" s="901"/>
+      <c r="W24" s="902" t="s">
         <v>14</v>
       </c>
-      <c r="X24" s="112" t="s">
+      <c r="X24" s="781" t="s">
         <v>167</v>
       </c>
-      <c r="Y24" s="113" t="s">
+      <c r="Y24" s="730" t="s">
         <v>165</v>
       </c>
-      <c r="Z24" s="113" t="s">
+      <c r="Z24" s="730" t="s">
         <v>164</v>
       </c>
-      <c r="AA24" s="249" t="s">
+      <c r="AA24" s="903" t="s">
         <v>168</v>
       </c>
-      <c r="AB24" s="113" t="s">
+      <c r="AB24" s="730" t="s">
         <v>167</v>
       </c>
-      <c r="AC24" s="113" t="s">
+      <c r="AC24" s="730" t="s">
         <v>164</v>
       </c>
-      <c r="AD24" s="113" t="s">
+      <c r="AD24" s="730" t="s">
         <v>163</v>
       </c>
-      <c r="AE24" s="228"/>
-      <c r="AF24" s="73" t="s">
+      <c r="AE24" s="883"/>
+      <c r="AF24" s="746" t="s">
         <v>16</v>
       </c>
-      <c r="AG24" s="115" t="s">
+      <c r="AG24" s="783" t="s">
         <v>167</v>
       </c>
-      <c r="AH24" s="113" t="s">
+      <c r="AH24" s="730" t="s">
         <v>113</v>
       </c>
-      <c r="AI24" s="113" t="s">
+      <c r="AI24" s="730" t="s">
         <v>165</v>
       </c>
-      <c r="AJ24" s="56"/>
-      <c r="AK24" s="113" t="s">
+      <c r="AJ24" s="731"/>
+      <c r="AK24" s="730" t="s">
         <v>164</v>
       </c>
-      <c r="AL24" s="45" t="s">
+      <c r="AL24" s="720" t="s">
         <v>163</v>
       </c>
-      <c r="AM24" s="50"/>
-[...1 lines deleted...]
-      <c r="AO24" s="48" t="s">
+      <c r="AM24" s="725"/>
+      <c r="AN24" s="726"/>
+      <c r="AO24" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP24" s="250"/>
-      <c r="AQ24" s="191" t="s">
+      <c r="AP24" s="904"/>
+      <c r="AQ24" s="850" t="s">
         <v>167</v>
       </c>
-      <c r="AR24" s="132" t="s">
+      <c r="AR24" s="744" t="s">
         <v>165</v>
       </c>
-      <c r="AS24" s="75"/>
-[...1 lines deleted...]
-      <c r="AU24" s="132" t="s">
+      <c r="AS24" s="748"/>
+      <c r="AT24" s="801"/>
+      <c r="AU24" s="744" t="s">
         <v>113</v>
       </c>
-      <c r="AV24" s="132" t="s">
+      <c r="AV24" s="744" t="s">
         <v>163</v>
       </c>
-      <c r="AW24" s="251"/>
-      <c r="AX24" s="252" t="s">
+      <c r="AW24" s="905"/>
+      <c r="AX24" s="906" t="s">
         <v>162</v>
       </c>
-      <c r="AY24" s="58"/>
+      <c r="AY24" s="6"/>
     </row>
-    <row r="25" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A25" s="253" t="s">
+    <row r="25" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A25" s="907" t="s">
         <v>169</v>
       </c>
-      <c r="B25" s="254" t="s">
+      <c r="B25" s="908" t="s">
         <v>170</v>
       </c>
-      <c r="C25" s="255">
+      <c r="C25" s="909">
         <v>125</v>
       </c>
-      <c r="D25" s="256"/>
-[...3 lines deleted...]
-      <c r="F25" s="212" t="s">
+      <c r="D25" s="910"/>
+      <c r="E25" s="911" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="869" t="s">
         <v>171</v>
       </c>
-      <c r="G25" s="27" t="s">
+      <c r="G25" s="703" t="s">
         <v>172</v>
       </c>
-      <c r="H25" s="88" t="s">
+      <c r="H25" s="703" t="s">
         <v>173</v>
       </c>
-      <c r="I25" s="258" t="s">
+      <c r="I25" s="912" t="s">
         <v>174</v>
       </c>
-      <c r="J25" s="258" t="s">
+      <c r="J25" s="912" t="s">
         <v>175</v>
       </c>
-      <c r="K25" s="88" t="s">
+      <c r="K25" s="703" t="s">
         <v>176</v>
       </c>
-      <c r="L25" s="259"/>
-[...1 lines deleted...]
-      <c r="N25" s="261" t="s">
+      <c r="L25" s="913"/>
+      <c r="M25" s="914"/>
+      <c r="N25" s="911" t="s">
         <v>13</v>
       </c>
-      <c r="O25" s="262" t="s">
+      <c r="O25" s="915" t="s">
         <v>177</v>
       </c>
-      <c r="P25" s="88" t="s">
+      <c r="P25" s="703" t="s">
         <v>178</v>
       </c>
-      <c r="Q25" s="88" t="s">
+      <c r="Q25" s="703" t="s">
         <v>179</v>
       </c>
-      <c r="R25" s="88" t="s">
+      <c r="R25" s="703" t="s">
         <v>180</v>
       </c>
-      <c r="S25" s="150" t="s">
+      <c r="S25" s="815" t="s">
         <v>181</v>
       </c>
-      <c r="T25" s="88" t="s">
+      <c r="T25" s="703" t="s">
         <v>182</v>
       </c>
-      <c r="U25" s="259"/>
-[...1 lines deleted...]
-      <c r="W25" s="26" t="s">
+      <c r="U25" s="913"/>
+      <c r="V25" s="916"/>
+      <c r="W25" s="702" t="s">
         <v>14</v>
       </c>
-      <c r="X25" s="264" t="s">
+      <c r="X25" s="917" t="s">
         <v>183</v>
       </c>
-      <c r="Y25" s="99" t="s">
+      <c r="Y25" s="768" t="s">
         <v>184</v>
       </c>
-      <c r="Z25" s="99" t="s">
+      <c r="Z25" s="768" t="s">
         <v>173</v>
       </c>
-      <c r="AA25" s="99" t="s">
+      <c r="AA25" s="768" t="s">
         <v>171</v>
       </c>
-      <c r="AB25" s="99" t="s">
+      <c r="AB25" s="768" t="s">
         <v>174</v>
       </c>
-      <c r="AC25" s="99" t="s">
+      <c r="AC25" s="768" t="s">
         <v>172</v>
       </c>
-      <c r="AD25" s="265"/>
-[...1 lines deleted...]
-      <c r="AF25" s="29" t="s">
+      <c r="AD25" s="918"/>
+      <c r="AE25" s="919"/>
+      <c r="AF25" s="705" t="s">
         <v>16</v>
       </c>
-      <c r="AG25" s="267" t="s">
+      <c r="AG25" s="920" t="s">
         <v>175</v>
       </c>
-      <c r="AH25" s="99" t="s">
+      <c r="AH25" s="768" t="s">
         <v>176</v>
       </c>
-      <c r="AI25" s="99" t="s">
+      <c r="AI25" s="768" t="s">
         <v>179</v>
       </c>
-      <c r="AJ25" s="99" t="s">
+      <c r="AJ25" s="768" t="s">
         <v>182</v>
       </c>
-      <c r="AK25" s="99" t="s">
+      <c r="AK25" s="768" t="s">
         <v>180</v>
       </c>
-      <c r="AL25" s="99" t="s">
+      <c r="AL25" s="768" t="s">
         <v>178</v>
       </c>
-      <c r="AM25" s="265"/>
-[...1 lines deleted...]
-      <c r="AO25" s="268" t="s">
+      <c r="AM25" s="918"/>
+      <c r="AN25" s="919"/>
+      <c r="AO25" s="921" t="s">
         <v>18</v>
       </c>
-      <c r="AP25" s="87" t="s">
+      <c r="AP25" s="758" t="s">
         <v>181</v>
       </c>
-      <c r="AQ25" s="89" t="s">
+      <c r="AQ25" s="749" t="s">
         <v>183</v>
       </c>
-      <c r="AR25" s="88" t="s">
+      <c r="AR25" s="703" t="s">
         <v>177</v>
       </c>
-      <c r="AS25" s="88" t="s">
+      <c r="AS25" s="703" t="s">
         <v>184</v>
       </c>
-      <c r="AT25" s="259"/>
-[...3 lines deleted...]
-      <c r="AX25" s="156" t="s">
+      <c r="AT25" s="913"/>
+      <c r="AU25" s="913"/>
+      <c r="AV25" s="913"/>
+      <c r="AW25" s="922"/>
+      <c r="AX25" s="820" t="s">
         <v>169</v>
       </c>
-      <c r="AY25" s="5"/>
+      <c r="AY25" s="1"/>
     </row>
-    <row r="26" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A26" s="37" t="s">
+    <row r="26" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A26" s="712" t="s">
         <v>185</v>
       </c>
-      <c r="B26" s="270" t="s">
+      <c r="B26" s="923" t="s">
         <v>170</v>
       </c>
-      <c r="C26" s="218">
+      <c r="C26" s="874">
         <v>233</v>
       </c>
-      <c r="D26" s="225" t="s">
+      <c r="D26" s="880" t="s">
         <v>186</v>
       </c>
-      <c r="E26" s="111" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="226" t="s">
+      <c r="E26" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="881" t="s">
         <v>187</v>
       </c>
-      <c r="G26" s="113" t="s">
+      <c r="G26" s="730" t="s">
         <v>188</v>
       </c>
-      <c r="H26" s="124" t="s">
+      <c r="H26" s="792" t="s">
         <v>189</v>
       </c>
-      <c r="I26" s="124">
+      <c r="I26" s="792">
         <v>11</v>
       </c>
-      <c r="J26" s="159" t="s">
+      <c r="J26" s="822" t="s">
         <v>190</v>
       </c>
-      <c r="K26" s="113" t="s">
+      <c r="K26" s="730" t="s">
         <v>191</v>
       </c>
-      <c r="L26" s="52"/>
-      <c r="M26" s="271" t="s">
+      <c r="L26" s="727"/>
+      <c r="M26" s="924" t="s">
         <v>192</v>
       </c>
-      <c r="N26" s="48" t="s">
+      <c r="N26" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O26" s="112" t="s">
+      <c r="O26" s="781" t="s">
         <v>190</v>
       </c>
-      <c r="P26" s="113">
-[...2 lines deleted...]
-      <c r="Q26" s="45" t="s">
+      <c r="P26" s="730">
+        <v>12</v>
+      </c>
+      <c r="Q26" s="720" t="s">
         <v>193</v>
       </c>
-      <c r="R26" s="113" t="s">
+      <c r="R26" s="730" t="s">
         <v>193</v>
       </c>
-      <c r="S26" s="129" t="s">
+      <c r="S26" s="797" t="s">
         <v>188</v>
       </c>
-      <c r="T26" s="117" t="s">
+      <c r="T26" s="785" t="s">
         <v>188</v>
       </c>
-      <c r="U26" s="272" t="s">
+      <c r="U26" s="925" t="s">
         <v>192</v>
       </c>
-      <c r="V26" s="273"/>
-      <c r="W26" s="221" t="s">
+      <c r="V26" s="750"/>
+      <c r="W26" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X26" s="167" t="s">
+      <c r="X26" s="781" t="s">
         <v>189</v>
       </c>
-      <c r="Y26" s="159" t="s">
+      <c r="Y26" s="822" t="s">
         <v>190</v>
       </c>
-      <c r="Z26" s="45"/>
-      <c r="AA26" s="113">
+      <c r="Z26" s="720"/>
+      <c r="AA26" s="730">
         <v>9</v>
       </c>
-      <c r="AB26" s="113">
+      <c r="AB26" s="730">
         <v>9</v>
       </c>
-      <c r="AC26" s="159" t="s">
+      <c r="AC26" s="822" t="s">
         <v>194</v>
       </c>
-      <c r="AD26" s="113" t="s">
+      <c r="AD26" s="730" t="s">
         <v>194</v>
       </c>
-      <c r="AE26" s="274"/>
-      <c r="AF26" s="53" t="s">
+      <c r="AE26" s="926"/>
+      <c r="AF26" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG26" s="115" t="s">
+      <c r="AG26" s="783" t="s">
         <v>193</v>
       </c>
-      <c r="AH26" s="50"/>
-      <c r="AI26" s="113" t="s">
+      <c r="AH26" s="725"/>
+      <c r="AI26" s="730" t="s">
         <v>189</v>
       </c>
-      <c r="AJ26" s="113" t="s">
+      <c r="AJ26" s="730" t="s">
         <v>191</v>
       </c>
-      <c r="AK26" s="56"/>
-[...7 lines deleted...]
-      <c r="AO26" s="48" t="s">
+      <c r="AK26" s="731"/>
+      <c r="AL26" s="730">
+        <v>12</v>
+      </c>
+      <c r="AM26" s="730">
+        <v>12</v>
+      </c>
+      <c r="AN26" s="726"/>
+      <c r="AO26" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP26" s="112" t="s">
+      <c r="AP26" s="781" t="s">
         <v>194</v>
       </c>
-      <c r="AQ26" s="55" t="s">
+      <c r="AQ26" s="730" t="s">
         <v>187</v>
       </c>
-      <c r="AR26" s="113" t="s">
+      <c r="AR26" s="730" t="s">
         <v>187</v>
       </c>
-      <c r="AS26" s="124">
+      <c r="AS26" s="792">
         <v>11</v>
       </c>
-      <c r="AT26" s="124">
+      <c r="AT26" s="792">
         <v>11</v>
       </c>
-      <c r="AU26" s="113">
+      <c r="AU26" s="730">
         <v>9</v>
       </c>
-      <c r="AV26" s="275" t="s">
+      <c r="AV26" s="845" t="s">
         <v>191</v>
       </c>
-      <c r="AW26" s="222"/>
-      <c r="AX26" s="164" t="s">
+      <c r="AW26" s="878"/>
+      <c r="AX26" s="827" t="s">
         <v>185</v>
       </c>
-      <c r="AY26" s="58"/>
+      <c r="AY26" s="6"/>
     </row>
-    <row r="27" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A27" s="276" t="s">
+    <row r="27" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A27" s="927" t="s">
         <v>195</v>
       </c>
-      <c r="B27" s="270" t="s">
+      <c r="B27" s="923" t="s">
         <v>196</v>
       </c>
-      <c r="C27" s="218">
+      <c r="C27" s="874">
         <v>105</v>
       </c>
-      <c r="D27" s="225" t="s">
+      <c r="D27" s="880" t="s">
         <v>197</v>
       </c>
-      <c r="E27" s="111" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="230" t="s">
+      <c r="E27" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" s="885" t="s">
         <v>198</v>
       </c>
-      <c r="G27" s="161"/>
-      <c r="H27" s="113" t="s">
+      <c r="G27" s="824"/>
+      <c r="H27" s="730" t="s">
         <v>199</v>
       </c>
-      <c r="I27" s="113">
+      <c r="I27" s="730">
         <v>11</v>
       </c>
-      <c r="J27" s="188" t="s">
+      <c r="J27" s="847" t="s">
         <v>200</v>
       </c>
-      <c r="K27" s="50"/>
-[...2 lines deleted...]
-      <c r="N27" s="48" t="s">
+      <c r="K27" s="725"/>
+      <c r="L27" s="725"/>
+      <c r="M27" s="825"/>
+      <c r="N27" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O27" s="229" t="s">
+      <c r="O27" s="884" t="s">
         <v>200</v>
       </c>
-      <c r="P27" s="170">
-[...2 lines deleted...]
-      <c r="Q27" s="113" t="s">
+      <c r="P27" s="831">
+        <v>12</v>
+      </c>
+      <c r="Q27" s="730" t="s">
         <v>201</v>
       </c>
-      <c r="R27" s="113" t="s">
+      <c r="R27" s="730" t="s">
         <v>202</v>
       </c>
-      <c r="S27" s="113" t="s">
+      <c r="S27" s="730" t="s">
         <v>203</v>
       </c>
-      <c r="T27" s="113" t="s">
+      <c r="T27" s="730" t="s">
         <v>204</v>
       </c>
-      <c r="U27" s="167" t="s">
+      <c r="U27" s="781" t="s">
         <v>205</v>
       </c>
-      <c r="V27" s="277" t="s">
+      <c r="V27" s="831" t="s">
         <v>206</v>
       </c>
-      <c r="W27" s="221" t="s">
+      <c r="W27" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X27" s="112" t="s">
+      <c r="X27" s="781" t="s">
         <v>199</v>
       </c>
-      <c r="Y27" s="170" t="s">
+      <c r="Y27" s="831" t="s">
         <v>200</v>
       </c>
-      <c r="Z27" s="50"/>
-      <c r="AA27" s="112">
+      <c r="Z27" s="725"/>
+      <c r="AA27" s="781">
         <v>9</v>
       </c>
-      <c r="AB27" s="113">
+      <c r="AB27" s="730">
         <v>9</v>
       </c>
-      <c r="AC27" s="278" t="s">
+      <c r="AC27" s="928" t="s">
         <v>207</v>
       </c>
-      <c r="AD27" s="113" t="s">
+      <c r="AD27" s="730" t="s">
         <v>207</v>
       </c>
-      <c r="AE27" s="51"/>
-      <c r="AF27" s="53" t="s">
+      <c r="AE27" s="726"/>
+      <c r="AF27" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG27" s="115" t="s">
+      <c r="AG27" s="783" t="s">
         <v>203</v>
       </c>
-      <c r="AH27" s="113" t="s">
+      <c r="AH27" s="730" t="s">
         <v>204</v>
       </c>
-      <c r="AI27" s="113" t="s">
+      <c r="AI27" s="730" t="s">
         <v>199</v>
       </c>
-      <c r="AJ27" s="113" t="s">
+      <c r="AJ27" s="730" t="s">
         <v>202</v>
       </c>
-      <c r="AK27" s="113" t="s">
+      <c r="AK27" s="730" t="s">
         <v>201</v>
       </c>
-      <c r="AL27" s="113">
-[...6 lines deleted...]
-      <c r="AO27" s="48" t="s">
+      <c r="AL27" s="730">
+        <v>12</v>
+      </c>
+      <c r="AM27" s="730">
+        <v>12</v>
+      </c>
+      <c r="AN27" s="726"/>
+      <c r="AO27" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP27" s="279" t="s">
+      <c r="AP27" s="929" t="s">
         <v>207</v>
       </c>
-      <c r="AQ27" s="113" t="s">
+      <c r="AQ27" s="730" t="s">
         <v>198</v>
       </c>
-      <c r="AR27" s="98" t="s">
+      <c r="AR27" s="767" t="s">
         <v>198</v>
       </c>
-      <c r="AS27" s="113">
+      <c r="AS27" s="730">
         <v>11</v>
       </c>
-      <c r="AT27" s="113">
+      <c r="AT27" s="730">
         <v>11</v>
       </c>
-      <c r="AU27" s="113">
+      <c r="AU27" s="730">
         <v>9</v>
       </c>
-      <c r="AV27" s="50"/>
-[...1 lines deleted...]
-      <c r="AX27" s="281" t="s">
+      <c r="AV27" s="725"/>
+      <c r="AW27" s="930"/>
+      <c r="AX27" s="931" t="s">
         <v>195</v>
       </c>
-      <c r="AY27" s="58"/>
+      <c r="AY27" s="6"/>
     </row>
-    <row r="28" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A28" s="276" t="s">
+    <row r="28" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A28" s="927" t="s">
         <v>208</v>
       </c>
-      <c r="B28" s="270" t="s">
+      <c r="B28" s="923" t="s">
         <v>170</v>
       </c>
-      <c r="C28" s="218">
+      <c r="C28" s="874">
         <v>234</v>
       </c>
-      <c r="D28" s="225" t="s">
+      <c r="D28" s="880" t="s">
         <v>209</v>
       </c>
-      <c r="E28" s="111" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="226" t="s">
+      <c r="E28" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="881" t="s">
         <v>210</v>
       </c>
-      <c r="G28" s="113" t="s">
+      <c r="G28" s="730" t="s">
         <v>211</v>
       </c>
-      <c r="H28" s="228" t="s">
+      <c r="H28" s="883" t="s">
         <v>211</v>
       </c>
-      <c r="I28" s="113">
+      <c r="I28" s="730">
         <v>11</v>
       </c>
-      <c r="J28" s="113" t="s">
+      <c r="J28" s="730" t="s">
         <v>212</v>
       </c>
-      <c r="K28" s="113" t="s">
+      <c r="K28" s="730" t="s">
         <v>213</v>
       </c>
-      <c r="L28" s="55" t="s">
+      <c r="L28" s="730" t="s">
         <v>214</v>
       </c>
-      <c r="M28" s="282"/>
-      <c r="N28" s="48" t="s">
+      <c r="M28" s="932"/>
+      <c r="N28" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O28" s="28"/>
-      <c r="P28" s="113" t="s">
+      <c r="O28" s="704"/>
+      <c r="P28" s="730" t="s">
         <v>215</v>
       </c>
-      <c r="Q28" s="88" t="s">
+      <c r="Q28" s="703" t="s">
         <v>215</v>
       </c>
-      <c r="R28" s="88" t="s">
+      <c r="R28" s="703" t="s">
         <v>216</v>
       </c>
-      <c r="S28" s="88" t="s">
+      <c r="S28" s="703" t="s">
         <v>212</v>
       </c>
-      <c r="T28" s="117" t="s">
+      <c r="T28" s="785" t="s">
         <v>213</v>
       </c>
-      <c r="U28" s="113" t="s">
+      <c r="U28" s="730" t="s">
         <v>216</v>
       </c>
-      <c r="V28" s="170"/>
-      <c r="W28" s="48" t="s">
+      <c r="V28" s="831"/>
+      <c r="W28" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X28" s="163" t="s">
+      <c r="X28" s="826" t="s">
         <v>216</v>
       </c>
-      <c r="Y28" s="161"/>
-      <c r="Z28" s="113" t="s">
+      <c r="Y28" s="824"/>
+      <c r="Z28" s="730" t="s">
         <v>214</v>
       </c>
-      <c r="AA28" s="113">
+      <c r="AA28" s="730">
         <v>9</v>
       </c>
-      <c r="AB28" s="170">
+      <c r="AB28" s="831">
         <v>9</v>
       </c>
-      <c r="AC28" s="113" t="s">
+      <c r="AC28" s="730" t="s">
         <v>212</v>
       </c>
-      <c r="AD28" s="117" t="s">
+      <c r="AD28" s="785" t="s">
         <v>217</v>
       </c>
-      <c r="AE28" s="51"/>
-      <c r="AF28" s="53" t="s">
+      <c r="AE28" s="726"/>
+      <c r="AF28" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG28" s="115" t="s">
+      <c r="AG28" s="783" t="s">
         <v>215</v>
       </c>
-      <c r="AH28" s="28"/>
-      <c r="AI28" s="113" t="s">
+      <c r="AH28" s="704"/>
+      <c r="AI28" s="730" t="s">
         <v>214</v>
       </c>
-      <c r="AJ28" s="88" t="s">
+      <c r="AJ28" s="703" t="s">
         <v>213</v>
       </c>
-      <c r="AK28" s="113" t="s">
+      <c r="AK28" s="730" t="s">
         <v>217</v>
       </c>
-      <c r="AL28" s="50"/>
-[...2 lines deleted...]
-      <c r="AO28" s="48" t="s">
+      <c r="AL28" s="725"/>
+      <c r="AM28" s="933"/>
+      <c r="AN28" s="789"/>
+      <c r="AO28" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP28" s="284" t="s">
+      <c r="AP28" s="934" t="s">
         <v>211</v>
       </c>
-      <c r="AQ28" s="113" t="s">
+      <c r="AQ28" s="730" t="s">
         <v>210</v>
       </c>
-      <c r="AR28" s="113" t="s">
+      <c r="AR28" s="730" t="s">
         <v>210</v>
       </c>
-      <c r="AS28" s="117">
+      <c r="AS28" s="785">
         <v>11</v>
       </c>
-      <c r="AT28" s="117">
+      <c r="AT28" s="785">
         <v>11</v>
       </c>
-      <c r="AU28" s="113">
+      <c r="AU28" s="730">
         <v>9</v>
       </c>
-      <c r="AV28" s="129" t="s">
+      <c r="AV28" s="797" t="s">
         <v>217</v>
       </c>
-      <c r="AW28" s="285"/>
-      <c r="AX28" s="281" t="s">
+      <c r="AW28" s="935"/>
+      <c r="AX28" s="931" t="s">
         <v>208</v>
       </c>
-      <c r="AY28" s="58"/>
+      <c r="AY28" s="6"/>
     </row>
-    <row r="29" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A29" s="286" t="s">
+    <row r="29" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A29" s="840" t="s">
         <v>218</v>
       </c>
-      <c r="B29" s="270" t="s">
+      <c r="B29" s="923" t="s">
         <v>170</v>
       </c>
-      <c r="C29" s="231">
+      <c r="C29" s="886">
         <v>106</v>
       </c>
-      <c r="D29" s="287" t="s">
+      <c r="D29" s="897" t="s">
         <v>219</v>
       </c>
-      <c r="E29" s="128" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="131" t="s">
+      <c r="E29" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="799" t="s">
         <v>220</v>
       </c>
-      <c r="G29" s="288" t="s">
+      <c r="G29" s="936" t="s">
         <v>220</v>
       </c>
-      <c r="H29" s="132" t="s">
+      <c r="H29" s="744" t="s">
         <v>221</v>
       </c>
-      <c r="I29" s="132">
+      <c r="I29" s="744">
         <v>11</v>
       </c>
-      <c r="J29" s="132" t="s">
+      <c r="J29" s="744" t="s">
         <v>222</v>
       </c>
-      <c r="K29" s="288" t="s">
+      <c r="K29" s="936" t="s">
         <v>221</v>
       </c>
-      <c r="L29" s="289"/>
-[...1 lines deleted...]
-      <c r="N29" s="130" t="s">
+      <c r="L29" s="937"/>
+      <c r="M29" s="938"/>
+      <c r="N29" s="798" t="s">
         <v>13</v>
       </c>
-      <c r="O29" s="52"/>
-[...3 lines deleted...]
-      <c r="Q29" s="137" t="s">
+      <c r="O29" s="727"/>
+      <c r="P29" s="740">
+        <v>12</v>
+      </c>
+      <c r="Q29" s="740" t="s">
         <v>223</v>
       </c>
-      <c r="R29" s="113" t="s">
+      <c r="R29" s="730" t="s">
         <v>224</v>
       </c>
-      <c r="S29" s="52"/>
-      <c r="T29" s="137" t="s">
+      <c r="S29" s="727"/>
+      <c r="T29" s="740" t="s">
         <v>222</v>
       </c>
-      <c r="U29" s="291" t="s">
+      <c r="U29" s="939" t="s">
         <v>225</v>
       </c>
-      <c r="V29" s="292"/>
-      <c r="W29" s="293" t="s">
+      <c r="V29" s="903"/>
+      <c r="W29" s="940" t="s">
         <v>14</v>
       </c>
-      <c r="X29" s="46" t="s">
+      <c r="X29" s="721" t="s">
         <v>223</v>
       </c>
-      <c r="Y29" s="129" t="s">
+      <c r="Y29" s="797" t="s">
         <v>224</v>
       </c>
-      <c r="Z29" s="45" t="s">
+      <c r="Z29" s="720" t="s">
         <v>221</v>
       </c>
-      <c r="AA29" s="45">
+      <c r="AA29" s="720">
         <v>9</v>
       </c>
-      <c r="AB29" s="45">
+      <c r="AB29" s="720">
         <v>9</v>
       </c>
-      <c r="AC29" s="45" t="s">
+      <c r="AC29" s="720" t="s">
         <v>113</v>
       </c>
-      <c r="AD29" s="52"/>
-[...1 lines deleted...]
-      <c r="AF29" s="73" t="s">
+      <c r="AD29" s="727"/>
+      <c r="AE29" s="722"/>
+      <c r="AF29" s="746" t="s">
         <v>16</v>
       </c>
-      <c r="AG29" s="294" t="s">
+      <c r="AG29" s="941" t="s">
         <v>223</v>
       </c>
-      <c r="AH29" s="189" t="s">
+      <c r="AH29" s="848" t="s">
         <v>224</v>
       </c>
-      <c r="AI29" s="45" t="s">
+      <c r="AI29" s="720" t="s">
         <v>222</v>
       </c>
-      <c r="AJ29" s="295" t="s">
+      <c r="AJ29" s="942" t="s">
         <v>113</v>
       </c>
-      <c r="AK29" s="45" t="s">
+      <c r="AK29" s="720" t="s">
         <v>220</v>
       </c>
-      <c r="AL29" s="45">
-[...6 lines deleted...]
-      <c r="AO29" s="130" t="s">
+      <c r="AL29" s="720">
+        <v>12</v>
+      </c>
+      <c r="AM29" s="720">
+        <v>12</v>
+      </c>
+      <c r="AN29" s="722"/>
+      <c r="AO29" s="798" t="s">
         <v>18</v>
       </c>
-      <c r="AP29" s="140" t="s">
+      <c r="AP29" s="806" t="s">
         <v>113</v>
       </c>
-      <c r="AQ29" s="296" t="s">
+      <c r="AQ29" s="943" t="s">
         <v>225</v>
       </c>
-      <c r="AR29" s="137" t="s">
+      <c r="AR29" s="740" t="s">
         <v>225</v>
       </c>
-      <c r="AS29" s="137">
+      <c r="AS29" s="740">
         <v>11</v>
       </c>
-      <c r="AT29" s="137">
+      <c r="AT29" s="740">
         <v>11</v>
       </c>
-      <c r="AU29" s="137">
+      <c r="AU29" s="740">
         <v>9</v>
       </c>
-      <c r="AV29" s="65"/>
-[...1 lines deleted...]
-      <c r="AX29" s="125" t="s">
+      <c r="AV29" s="739"/>
+      <c r="AW29" s="944"/>
+      <c r="AX29" s="793" t="s">
         <v>218</v>
       </c>
-      <c r="AY29" s="58"/>
+      <c r="AY29" s="6"/>
     </row>
-    <row r="30" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A30" s="253" t="s">
+    <row r="30" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A30" s="907" t="s">
         <v>226</v>
       </c>
-      <c r="B30" s="19" t="s">
+      <c r="B30" s="695" t="s">
         <v>227</v>
       </c>
-      <c r="C30" s="298">
+      <c r="C30" s="945">
         <v>308</v>
       </c>
-      <c r="D30" s="299" t="s">
+      <c r="D30" s="946" t="s">
         <v>197</v>
       </c>
-      <c r="E30" s="86" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="300" t="s">
+      <c r="E30" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" s="758" t="s">
         <v>228</v>
       </c>
-      <c r="G30" s="301">
+      <c r="G30" s="947">
         <v>11</v>
       </c>
-      <c r="H30" s="88">
+      <c r="H30" s="703">
         <v>11</v>
       </c>
-      <c r="I30" s="52"/>
-      <c r="J30" s="88" t="s">
+      <c r="I30" s="727"/>
+      <c r="J30" s="703" t="s">
         <v>113</v>
       </c>
-      <c r="K30" s="24"/>
-      <c r="L30" s="88" t="s">
+      <c r="K30" s="700"/>
+      <c r="L30" s="703" t="s">
         <v>229</v>
       </c>
-      <c r="M30" s="302">
+      <c r="M30" s="814">
         <v>11</v>
       </c>
-      <c r="N30" s="26" t="s">
+      <c r="N30" s="702" t="s">
         <v>13</v>
       </c>
-      <c r="O30" s="303" t="s">
+      <c r="O30" s="948" t="s">
         <v>229</v>
       </c>
-      <c r="P30" s="304" t="s">
+      <c r="P30" s="949" t="s">
         <v>230</v>
       </c>
-      <c r="Q30" s="99">
-[...2 lines deleted...]
-      <c r="R30" s="99" t="s">
+      <c r="Q30" s="768">
+        <v>12</v>
+      </c>
+      <c r="R30" s="768" t="s">
         <v>231</v>
       </c>
-      <c r="S30" s="99" t="s">
+      <c r="S30" s="768" t="s">
         <v>231</v>
       </c>
-      <c r="T30" s="113" t="s">
+      <c r="T30" s="730" t="s">
         <v>147</v>
       </c>
-      <c r="U30" s="56" t="s">
+      <c r="U30" s="731" t="s">
         <v>232</v>
       </c>
-      <c r="V30" s="305"/>
-      <c r="W30" s="306" t="s">
+      <c r="V30" s="950"/>
+      <c r="W30" s="951" t="s">
         <v>14</v>
       </c>
-      <c r="X30" s="204" t="s">
+      <c r="X30" s="861" t="s">
         <v>230</v>
       </c>
-      <c r="Y30" s="92" t="s">
+      <c r="Y30" s="761" t="s">
         <v>231</v>
       </c>
-      <c r="Z30" s="307"/>
-      <c r="AA30" s="92" t="s">
+      <c r="Z30" s="952"/>
+      <c r="AA30" s="761" t="s">
         <v>147</v>
       </c>
-      <c r="AB30" s="92" t="s">
+      <c r="AB30" s="761" t="s">
         <v>113</v>
       </c>
-      <c r="AC30" s="92" t="s">
+      <c r="AC30" s="761" t="s">
         <v>232</v>
       </c>
-      <c r="AD30" s="308">
+      <c r="AD30" s="761">
         <v>11</v>
       </c>
-      <c r="AE30" s="309"/>
-      <c r="AF30" s="29" t="s">
+      <c r="AE30" s="953"/>
+      <c r="AF30" s="705" t="s">
         <v>16</v>
       </c>
-      <c r="AG30" s="310" t="s">
+      <c r="AG30" s="954" t="s">
         <v>229</v>
       </c>
-      <c r="AH30" s="311"/>
-      <c r="AI30" s="92" t="s">
+      <c r="AH30" s="955"/>
+      <c r="AI30" s="761" t="s">
         <v>230</v>
       </c>
-      <c r="AJ30" s="312">
-[...5 lines deleted...]
-      <c r="AL30" s="92" t="s">
+      <c r="AJ30" s="956">
+        <v>12</v>
+      </c>
+      <c r="AK30" s="761">
+        <v>12</v>
+      </c>
+      <c r="AL30" s="761" t="s">
         <v>228</v>
       </c>
-      <c r="AM30" s="95"/>
-[...1 lines deleted...]
-      <c r="AO30" s="26" t="s">
+      <c r="AM30" s="764"/>
+      <c r="AN30" s="957"/>
+      <c r="AO30" s="702" t="s">
         <v>18</v>
       </c>
-      <c r="AP30" s="314"/>
-[...7 lines deleted...]
-      <c r="AX30" s="318" t="s">
+      <c r="AP30" s="958"/>
+      <c r="AQ30" s="959"/>
+      <c r="AR30" s="772"/>
+      <c r="AS30" s="791"/>
+      <c r="AT30" s="837"/>
+      <c r="AU30" s="837"/>
+      <c r="AV30" s="960"/>
+      <c r="AW30" s="961"/>
+      <c r="AX30" s="962" t="s">
         <v>226</v>
       </c>
-      <c r="AY30" s="157"/>
+      <c r="AY30" s="7"/>
     </row>
-    <row r="31" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A31" s="37" t="s">
+    <row r="31" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A31" s="712" t="s">
         <v>233</v>
       </c>
-      <c r="B31" s="217" t="s">
+      <c r="B31" s="873" t="s">
         <v>227</v>
       </c>
-      <c r="C31" s="218">
+      <c r="C31" s="874">
         <v>307</v>
       </c>
-      <c r="D31" s="225" t="s">
+      <c r="D31" s="880" t="s">
         <v>234</v>
       </c>
-      <c r="E31" s="111" t="s">
-[...10 lines deleted...]
-      <c r="N31" s="48" t="s">
+      <c r="E31" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" s="724"/>
+      <c r="G31" s="725"/>
+      <c r="H31" s="725"/>
+      <c r="I31" s="725"/>
+      <c r="J31" s="725"/>
+      <c r="K31" s="725"/>
+      <c r="L31" s="700"/>
+      <c r="M31" s="726"/>
+      <c r="N31" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O31" s="112" t="s">
+      <c r="O31" s="781" t="s">
         <v>235</v>
       </c>
-      <c r="P31" s="113" t="s">
+      <c r="P31" s="730" t="s">
         <v>134</v>
       </c>
-      <c r="Q31" s="113" t="s">
+      <c r="Q31" s="730" t="s">
         <v>236</v>
       </c>
-      <c r="R31" s="113" t="s">
+      <c r="R31" s="730" t="s">
         <v>209</v>
       </c>
-      <c r="S31" s="113" t="s">
+      <c r="S31" s="730" t="s">
         <v>237</v>
       </c>
-      <c r="T31" s="55" t="s">
+      <c r="T31" s="730" t="s">
         <v>238</v>
       </c>
-      <c r="U31" s="55" t="s">
+      <c r="U31" s="730" t="s">
         <v>239</v>
       </c>
-      <c r="V31" s="319"/>
-      <c r="W31" s="48" t="s">
+      <c r="V31" s="963"/>
+      <c r="W31" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X31" s="172" t="s">
+      <c r="X31" s="834" t="s">
         <v>219</v>
       </c>
-      <c r="Y31" s="170" t="s">
+      <c r="Y31" s="831" t="s">
         <v>235</v>
       </c>
-      <c r="Z31" s="88" t="s">
+      <c r="Z31" s="703" t="s">
         <v>236</v>
       </c>
-      <c r="AA31" s="112" t="s">
+      <c r="AA31" s="781" t="s">
         <v>240</v>
       </c>
-      <c r="AB31" s="113" t="s">
+      <c r="AB31" s="730" t="s">
         <v>234</v>
       </c>
-      <c r="AC31" s="112" t="s">
+      <c r="AC31" s="781" t="s">
         <v>241</v>
       </c>
-      <c r="AD31" s="112" t="s">
+      <c r="AD31" s="781" t="s">
         <v>242</v>
       </c>
-      <c r="AE31" s="320"/>
-      <c r="AF31" s="53" t="s">
+      <c r="AE31" s="964"/>
+      <c r="AF31" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG31" s="166"/>
-      <c r="AH31" s="113" t="s">
+      <c r="AG31" s="829"/>
+      <c r="AH31" s="730" t="s">
         <v>241</v>
       </c>
-      <c r="AI31" s="50"/>
-      <c r="AJ31" s="113" t="s">
+      <c r="AI31" s="725"/>
+      <c r="AJ31" s="730" t="s">
         <v>219</v>
       </c>
-      <c r="AK31" s="50"/>
-      <c r="AL31" s="113" t="s">
+      <c r="AK31" s="725"/>
+      <c r="AL31" s="730" t="s">
         <v>243</v>
       </c>
-      <c r="AM31" s="52"/>
-[...1 lines deleted...]
-      <c r="AO31" s="48" t="s">
+      <c r="AM31" s="727"/>
+      <c r="AN31" s="830"/>
+      <c r="AO31" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP31" s="52"/>
-      <c r="AQ31" s="113" t="s">
+      <c r="AP31" s="727"/>
+      <c r="AQ31" s="730" t="s">
         <v>243</v>
       </c>
-      <c r="AR31" s="112" t="s">
+      <c r="AR31" s="781" t="s">
         <v>234</v>
       </c>
-      <c r="AS31" s="113" t="s">
+      <c r="AS31" s="730" t="s">
         <v>134</v>
       </c>
-      <c r="AT31" s="117" t="s">
+      <c r="AT31" s="785" t="s">
         <v>240</v>
       </c>
-      <c r="AU31" s="113" t="s">
+      <c r="AU31" s="730" t="s">
         <v>209</v>
       </c>
-      <c r="AV31" s="88" t="s">
+      <c r="AV31" s="703" t="s">
         <v>237</v>
       </c>
-      <c r="AW31" s="222"/>
-      <c r="AX31" s="164" t="s">
+      <c r="AW31" s="878"/>
+      <c r="AX31" s="827" t="s">
         <v>233</v>
       </c>
-      <c r="AY31" s="157"/>
+      <c r="AY31" s="7"/>
     </row>
-    <row r="32" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A32" s="286" t="s">
+    <row r="32" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A32" s="840" t="s">
         <v>244</v>
       </c>
-      <c r="B32" s="60" t="s">
+      <c r="B32" s="734" t="s">
         <v>245</v>
       </c>
-      <c r="C32" s="321"/>
-[...5 lines deleted...]
-      <c r="G32" s="322" t="s">
+      <c r="C32" s="965"/>
+      <c r="D32" s="891"/>
+      <c r="E32" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="717"/>
+      <c r="G32" s="720" t="s">
         <v>17</v>
       </c>
-      <c r="H32" s="322" t="s">
+      <c r="H32" s="720" t="s">
         <v>17</v>
       </c>
-      <c r="I32" s="47"/>
-[...4 lines deleted...]
-      <c r="N32" s="48" t="s">
+      <c r="I32" s="722"/>
+      <c r="J32" s="719"/>
+      <c r="K32" s="719"/>
+      <c r="L32" s="704"/>
+      <c r="M32" s="722"/>
+      <c r="N32" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O32" s="52"/>
-[...7 lines deleted...]
-      <c r="W32" s="48" t="s">
+      <c r="O32" s="727"/>
+      <c r="P32" s="719"/>
+      <c r="Q32" s="725"/>
+      <c r="R32" s="719"/>
+      <c r="S32" s="719"/>
+      <c r="T32" s="719"/>
+      <c r="U32" s="725"/>
+      <c r="V32" s="727"/>
+      <c r="W32" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X32" s="118"/>
-[...5 lines deleted...]
-      <c r="AD32" s="324" t="s">
+      <c r="X32" s="786"/>
+      <c r="Y32" s="966"/>
+      <c r="Z32" s="725"/>
+      <c r="AA32" s="726"/>
+      <c r="AB32" s="725"/>
+      <c r="AC32" s="725"/>
+      <c r="AD32" s="721" t="s">
         <v>246</v>
       </c>
-      <c r="AE32" s="325"/>
-      <c r="AF32" s="53" t="s">
+      <c r="AE32" s="967"/>
+      <c r="AF32" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG32" s="166"/>
-[...7 lines deleted...]
-      <c r="AO32" s="48" t="s">
+      <c r="AG32" s="829"/>
+      <c r="AH32" s="719"/>
+      <c r="AI32" s="719"/>
+      <c r="AJ32" s="719"/>
+      <c r="AK32" s="889"/>
+      <c r="AL32" s="719"/>
+      <c r="AM32" s="725"/>
+      <c r="AN32" s="968"/>
+      <c r="AO32" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP32" s="42"/>
-[...7 lines deleted...]
-      <c r="AX32" s="329" t="s">
+      <c r="AP32" s="717"/>
+      <c r="AQ32" s="969"/>
+      <c r="AR32" s="719"/>
+      <c r="AS32" s="719"/>
+      <c r="AT32" s="719"/>
+      <c r="AU32" s="719"/>
+      <c r="AV32" s="704"/>
+      <c r="AW32" s="970"/>
+      <c r="AX32" s="971" t="s">
         <v>247</v>
       </c>
-      <c r="AY32" s="5"/>
+      <c r="AY32" s="1"/>
     </row>
-    <row r="33" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A33" s="286" t="s">
+    <row r="33" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A33" s="840" t="s">
         <v>248</v>
       </c>
-      <c r="B33" s="217" t="s">
+      <c r="B33" s="873" t="s">
         <v>245</v>
       </c>
-      <c r="C33" s="218">
+      <c r="C33" s="874">
         <v>232</v>
       </c>
-      <c r="D33" s="225" t="s">
+      <c r="D33" s="880" t="s">
         <v>243</v>
       </c>
-      <c r="E33" s="111" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="172" t="s">
+      <c r="E33" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="834" t="s">
         <v>234</v>
       </c>
-      <c r="G33" s="113">
+      <c r="G33" s="730">
         <v>11</v>
       </c>
-      <c r="H33" s="113">
+      <c r="H33" s="730">
         <v>11</v>
       </c>
-      <c r="I33" s="170" t="s">
+      <c r="I33" s="831" t="s">
         <v>235</v>
       </c>
-      <c r="J33" s="113" t="s">
+      <c r="J33" s="730" t="s">
         <v>240</v>
       </c>
-      <c r="K33" s="113" t="s">
+      <c r="K33" s="730" t="s">
         <v>231</v>
       </c>
-      <c r="L33" s="113" t="s">
+      <c r="L33" s="730" t="s">
         <v>134</v>
       </c>
-      <c r="M33" s="51"/>
-      <c r="N33" s="48" t="s">
+      <c r="M33" s="726"/>
+      <c r="N33" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O33" s="229" t="s">
+      <c r="O33" s="884" t="s">
         <v>230</v>
       </c>
-      <c r="P33" s="119" t="s">
+      <c r="P33" s="787" t="s">
         <v>219</v>
       </c>
-      <c r="Q33" s="113">
-[...2 lines deleted...]
-      <c r="R33" s="113" t="s">
+      <c r="Q33" s="730">
+        <v>12</v>
+      </c>
+      <c r="R33" s="730" t="s">
         <v>241</v>
       </c>
-      <c r="S33" s="55" t="s">
+      <c r="S33" s="730" t="s">
         <v>234</v>
       </c>
-      <c r="T33" s="113"/>
-      <c r="U33" s="119" t="s">
+      <c r="T33" s="730"/>
+      <c r="U33" s="787" t="s">
         <v>209</v>
       </c>
-      <c r="V33" s="170"/>
-      <c r="W33" s="48" t="s">
+      <c r="V33" s="831"/>
+      <c r="W33" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X33" s="229" t="s">
+      <c r="X33" s="884" t="s">
         <v>229</v>
       </c>
-      <c r="Y33" s="113" t="s">
+      <c r="Y33" s="730" t="s">
         <v>230</v>
       </c>
-      <c r="Z33" s="119" t="s">
+      <c r="Z33" s="787" t="s">
         <v>147</v>
       </c>
-      <c r="AA33" s="35"/>
-      <c r="AB33" s="258" t="s">
+      <c r="AA33" s="711"/>
+      <c r="AB33" s="912" t="s">
         <v>232</v>
       </c>
-      <c r="AC33" s="170" t="s">
+      <c r="AC33" s="831" t="s">
         <v>235</v>
       </c>
-      <c r="AD33" s="113">
+      <c r="AD33" s="730">
         <v>11</v>
       </c>
-      <c r="AE33" s="330"/>
-      <c r="AF33" s="53" t="s">
+      <c r="AE33" s="972"/>
+      <c r="AF33" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG33" s="212" t="s">
+      <c r="AG33" s="869" t="s">
         <v>237</v>
       </c>
-      <c r="AH33" s="113" t="s">
+      <c r="AH33" s="730" t="s">
         <v>236</v>
       </c>
-      <c r="AI33" s="50"/>
-[...6 lines deleted...]
-      <c r="AL33" s="113" t="s">
+      <c r="AI33" s="725"/>
+      <c r="AJ33" s="730">
+        <v>12</v>
+      </c>
+      <c r="AK33" s="973">
+        <v>12</v>
+      </c>
+      <c r="AL33" s="730" t="s">
         <v>147</v>
       </c>
-      <c r="AM33" s="258" t="s">
+      <c r="AM33" s="912" t="s">
         <v>232</v>
       </c>
-      <c r="AN33" s="162"/>
-      <c r="AO33" s="48" t="s">
+      <c r="AN33" s="825"/>
+      <c r="AO33" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP33" s="167" t="s">
+      <c r="AP33" s="781" t="s">
         <v>209</v>
       </c>
-      <c r="AQ33" s="117" t="s">
+      <c r="AQ33" s="785" t="s">
         <v>229</v>
       </c>
-      <c r="AR33" s="113" t="s">
+      <c r="AR33" s="730" t="s">
         <v>236</v>
       </c>
-      <c r="AS33" s="113"/>
-      <c r="AT33" s="113" t="s">
+      <c r="AS33" s="730"/>
+      <c r="AT33" s="730" t="s">
         <v>219</v>
       </c>
-      <c r="AU33" s="113" t="s">
+      <c r="AU33" s="730" t="s">
         <v>134</v>
       </c>
-      <c r="AV33" s="113" t="s">
+      <c r="AV33" s="730" t="s">
         <v>231</v>
       </c>
-      <c r="AW33" s="328"/>
-      <c r="AX33" s="329" t="s">
+      <c r="AW33" s="970"/>
+      <c r="AX33" s="971" t="s">
         <v>248</v>
       </c>
-      <c r="AY33" s="157"/>
+      <c r="AY33" s="7"/>
     </row>
-    <row r="34" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A34" s="332" t="s">
+    <row r="34" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A34" s="974" t="s">
         <v>249</v>
       </c>
-      <c r="B34" s="200" t="s">
+      <c r="B34" s="713" t="s">
         <v>250</v>
       </c>
-      <c r="C34" s="333"/>
-[...5 lines deleted...]
-      <c r="G34" s="335" t="s">
+      <c r="C34" s="975"/>
+      <c r="D34" s="976"/>
+      <c r="E34" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="977"/>
+      <c r="G34" s="978" t="s">
         <v>251</v>
       </c>
-      <c r="H34" s="336" t="s">
+      <c r="H34" s="979" t="s">
         <v>251</v>
       </c>
-      <c r="I34" s="174"/>
-[...4 lines deleted...]
-      <c r="N34" s="32" t="s">
+      <c r="I34" s="836"/>
+      <c r="J34" s="836"/>
+      <c r="K34" s="980"/>
+      <c r="L34" s="836"/>
+      <c r="M34" s="824"/>
+      <c r="N34" s="708" t="s">
         <v>13</v>
       </c>
-      <c r="O34" s="334"/>
-[...4 lines deleted...]
-      <c r="T34" s="336" t="s">
+      <c r="O34" s="977"/>
+      <c r="P34" s="836"/>
+      <c r="Q34" s="836"/>
+      <c r="R34" s="836"/>
+      <c r="S34" s="836"/>
+      <c r="T34" s="979" t="s">
         <v>252</v>
       </c>
-      <c r="U34" s="336" t="s">
+      <c r="U34" s="979" t="s">
         <v>253</v>
       </c>
-      <c r="V34" s="213"/>
-      <c r="W34" s="70" t="s">
+      <c r="V34" s="870"/>
+      <c r="W34" s="743" t="s">
         <v>14</v>
       </c>
-      <c r="X34" s="338"/>
-[...5 lines deleted...]
-      <c r="AD34" s="340" t="s">
+      <c r="X34" s="981"/>
+      <c r="Y34" s="982"/>
+      <c r="Z34" s="982"/>
+      <c r="AA34" s="982"/>
+      <c r="AB34" s="982"/>
+      <c r="AC34" s="982"/>
+      <c r="AD34" s="983" t="s">
         <v>251</v>
       </c>
-      <c r="AE34" s="246"/>
-      <c r="AF34" s="341" t="s">
+      <c r="AE34" s="900"/>
+      <c r="AF34" s="984" t="s">
         <v>16</v>
       </c>
-      <c r="AG34" s="342"/>
-[...7 lines deleted...]
-      <c r="AO34" s="70" t="s">
+      <c r="AG34" s="985"/>
+      <c r="AH34" s="982"/>
+      <c r="AI34" s="982"/>
+      <c r="AJ34" s="982"/>
+      <c r="AK34" s="982"/>
+      <c r="AL34" s="982"/>
+      <c r="AM34" s="982"/>
+      <c r="AN34" s="900"/>
+      <c r="AO34" s="743" t="s">
         <v>18</v>
       </c>
-      <c r="AP34" s="334"/>
-[...5 lines deleted...]
-      <c r="AV34" s="343" t="s">
+      <c r="AP34" s="977"/>
+      <c r="AQ34" s="836"/>
+      <c r="AR34" s="836"/>
+      <c r="AS34" s="836"/>
+      <c r="AT34" s="836"/>
+      <c r="AU34" s="836"/>
+      <c r="AV34" s="731" t="s">
         <v>254</v>
       </c>
-      <c r="AW34" s="328"/>
-      <c r="AX34" s="344" t="s">
+      <c r="AW34" s="970"/>
+      <c r="AX34" s="986" t="s">
         <v>249</v>
       </c>
-      <c r="AY34" s="5"/>
+      <c r="AY34" s="1"/>
     </row>
-    <row r="35" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-      <c r="A35" s="345" t="s">
+    <row r="35" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A35" s="987" t="s">
         <v>255</v>
       </c>
-      <c r="B35" s="19" t="s">
+      <c r="B35" s="695" t="s">
         <v>256</v>
       </c>
-      <c r="C35" s="298">
+      <c r="C35" s="945">
         <v>217</v>
       </c>
-      <c r="D35" s="299" t="s">
+      <c r="D35" s="946" t="s">
         <v>257</v>
       </c>
-      <c r="E35" s="86" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="91" t="s">
+      <c r="E35" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="760" t="s">
         <v>231</v>
       </c>
-      <c r="G35" s="92" t="s">
+      <c r="G35" s="761" t="s">
         <v>229</v>
       </c>
-      <c r="H35" s="92">
-[...5 lines deleted...]
-      <c r="J35" s="92">
+      <c r="H35" s="761">
+        <v>12</v>
+      </c>
+      <c r="I35" s="761">
+        <v>12</v>
+      </c>
+      <c r="J35" s="761">
         <v>11</v>
       </c>
-      <c r="K35" s="95"/>
-[...2 lines deleted...]
-      <c r="N35" s="268" t="s">
+      <c r="K35" s="764"/>
+      <c r="L35" s="952"/>
+      <c r="M35" s="812"/>
+      <c r="N35" s="921" t="s">
         <v>13</v>
       </c>
-      <c r="O35" s="346"/>
-[...1 lines deleted...]
-      <c r="Q35" s="92" t="s">
+      <c r="O35" s="988"/>
+      <c r="P35" s="764"/>
+      <c r="Q35" s="761" t="s">
         <v>229</v>
       </c>
-      <c r="R35" s="92" t="s">
+      <c r="R35" s="761" t="s">
         <v>147</v>
       </c>
-      <c r="S35" s="92" t="s">
+      <c r="S35" s="761" t="s">
         <v>147</v>
       </c>
-      <c r="T35" s="92" t="s">
+      <c r="T35" s="761" t="s">
         <v>232</v>
       </c>
-      <c r="U35" s="347" t="s">
+      <c r="U35" s="956"/>
+      <c r="V35" s="953"/>
+      <c r="W35" s="702" t="s">
+        <v>14</v>
+      </c>
+      <c r="X35" s="915" t="s">
+        <v>232</v>
+      </c>
+      <c r="Y35" s="703">
+        <v>11</v>
+      </c>
+      <c r="Z35" s="703" t="s">
+        <v>229</v>
+      </c>
+      <c r="AA35" s="700"/>
+      <c r="AB35" s="711"/>
+      <c r="AC35" s="703">
+        <v>12</v>
+      </c>
+      <c r="AD35" s="700"/>
+      <c r="AE35" s="814"/>
+      <c r="AF35" s="705" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG35" s="760" t="s">
+        <v>231</v>
+      </c>
+      <c r="AH35" s="761">
+        <v>12</v>
+      </c>
+      <c r="AI35" s="761">
+        <v>12</v>
+      </c>
+      <c r="AJ35" s="761" t="s">
+        <v>229</v>
+      </c>
+      <c r="AK35" s="761">
+        <v>11</v>
+      </c>
+      <c r="AL35" s="761">
+        <v>11</v>
+      </c>
+      <c r="AM35" s="761">
+        <v>11</v>
+      </c>
+      <c r="AN35" s="957"/>
+      <c r="AO35" s="702" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP35" s="760" t="s">
+        <v>231</v>
+      </c>
+      <c r="AQ35" s="761" t="s">
+        <v>231</v>
+      </c>
+      <c r="AR35" s="762" t="s">
+        <v>147</v>
+      </c>
+      <c r="AS35" s="761" t="s">
+        <v>232</v>
+      </c>
+      <c r="AT35" s="761" t="s">
+        <v>232</v>
+      </c>
+      <c r="AU35" s="989" t="s">
+        <v>147</v>
+      </c>
+      <c r="AV35" s="761"/>
+      <c r="AW35" s="871"/>
+      <c r="AX35" s="990" t="s">
         <v>258</v>
       </c>
-      <c r="V35" s="309"/>
-      <c r="W35" s="26" t="s">
+      <c r="AY35" s="7"/>
+    </row>
+    <row r="36" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A36" s="840" t="s">
+        <v>259</v>
+      </c>
+      <c r="B36" s="873" t="s">
+        <v>256</v>
+      </c>
+      <c r="C36" s="991">
+        <v>108</v>
+      </c>
+      <c r="D36" s="992"/>
+      <c r="E36" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="788">
+        <v>11</v>
+      </c>
+      <c r="G36" s="730" t="s">
+        <v>241</v>
+      </c>
+      <c r="H36" s="730">
+        <v>12</v>
+      </c>
+      <c r="I36" s="730">
+        <v>12</v>
+      </c>
+      <c r="J36" s="730">
+        <v>11</v>
+      </c>
+      <c r="K36" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="L36" s="979" t="s">
+        <v>260</v>
+      </c>
+      <c r="M36" s="993"/>
+      <c r="N36" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O36" s="829"/>
+      <c r="P36" s="727"/>
+      <c r="Q36" s="787" t="s">
+        <v>230</v>
+      </c>
+      <c r="R36" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="S36" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="T36" s="725"/>
+      <c r="U36" s="730" t="s">
+        <v>577</v>
+      </c>
+      <c r="V36" s="876"/>
+      <c r="W36" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X35" s="262" t="s">
+      <c r="X36" s="781">
+        <v>11</v>
+      </c>
+      <c r="Y36" s="730">
+        <v>11</v>
+      </c>
+      <c r="Z36" s="730" t="s">
+        <v>241</v>
+      </c>
+      <c r="AA36" s="845" t="s">
+        <v>241</v>
+      </c>
+      <c r="AB36" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="AC36" s="730">
+        <v>12</v>
+      </c>
+      <c r="AD36" s="730">
+        <v>12</v>
+      </c>
+      <c r="AE36" s="831"/>
+      <c r="AF36" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG36" s="783">
+        <v>12</v>
+      </c>
+      <c r="AH36" s="893">
+        <v>12</v>
+      </c>
+      <c r="AI36" s="730">
+        <v>12</v>
+      </c>
+      <c r="AJ36" s="703" t="s">
+        <v>230</v>
+      </c>
+      <c r="AK36" s="730">
+        <v>11</v>
+      </c>
+      <c r="AL36" s="730">
+        <v>11</v>
+      </c>
+      <c r="AM36" s="730">
+        <v>11</v>
+      </c>
+      <c r="AN36" s="830"/>
+      <c r="AO36" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP36" s="823"/>
+      <c r="AQ36" s="700"/>
+      <c r="AR36" s="958"/>
+      <c r="AS36" s="766" t="s">
+        <v>230</v>
+      </c>
+      <c r="AT36" s="831" t="s">
+        <v>241</v>
+      </c>
+      <c r="AU36" s="725"/>
+      <c r="AV36" s="787" t="s">
+        <v>230</v>
+      </c>
+      <c r="AW36" s="878"/>
+      <c r="AX36" s="994" t="s">
+        <v>261</v>
+      </c>
+      <c r="AY36" s="6"/>
+    </row>
+    <row r="37" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A37" s="712" t="s">
+        <v>262</v>
+      </c>
+      <c r="B37" s="873" t="s">
+        <v>256</v>
+      </c>
+      <c r="C37" s="874">
+        <v>215</v>
+      </c>
+      <c r="D37" s="875"/>
+      <c r="E37" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="783">
+        <v>11</v>
+      </c>
+      <c r="G37" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="H37" s="730">
+        <v>12</v>
+      </c>
+      <c r="I37" s="730">
+        <v>12</v>
+      </c>
+      <c r="J37" s="730">
+        <v>11</v>
+      </c>
+      <c r="K37" s="831" t="s">
+        <v>237</v>
+      </c>
+      <c r="L37" s="730"/>
+      <c r="M37" s="932"/>
+      <c r="N37" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O37" s="829"/>
+      <c r="P37" s="725"/>
+      <c r="Q37" s="725"/>
+      <c r="R37" s="725"/>
+      <c r="S37" s="725"/>
+      <c r="T37" s="725"/>
+      <c r="U37" s="725"/>
+      <c r="V37" s="838"/>
+      <c r="W37" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X37" s="826">
+        <v>11</v>
+      </c>
+      <c r="Y37" s="730">
+        <v>11</v>
+      </c>
+      <c r="Z37" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="AA37" s="725"/>
+      <c r="AB37" s="725"/>
+      <c r="AC37" s="730">
+        <v>12</v>
+      </c>
+      <c r="AD37" s="730">
+        <v>12</v>
+      </c>
+      <c r="AE37" s="831"/>
+      <c r="AF37" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG37" s="771">
+        <v>12</v>
+      </c>
+      <c r="AH37" s="893">
+        <v>12</v>
+      </c>
+      <c r="AI37" s="730">
+        <v>12</v>
+      </c>
+      <c r="AJ37" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="AK37" s="730">
+        <v>11</v>
+      </c>
+      <c r="AL37" s="730">
+        <v>11</v>
+      </c>
+      <c r="AM37" s="730">
+        <v>11</v>
+      </c>
+      <c r="AN37" s="835"/>
+      <c r="AO37" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP37" s="829"/>
+      <c r="AQ37" s="700"/>
+      <c r="AR37" s="725"/>
+      <c r="AS37" s="725"/>
+      <c r="AT37" s="725"/>
+      <c r="AU37" s="725"/>
+      <c r="AV37" s="725"/>
+      <c r="AW37" s="995"/>
+      <c r="AX37" s="879" t="s">
+        <v>264</v>
+      </c>
+      <c r="AY37" s="6"/>
+    </row>
+    <row r="38" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A38" s="840" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" s="873" t="s">
+        <v>256</v>
+      </c>
+      <c r="C38" s="874">
+        <v>107</v>
+      </c>
+      <c r="D38" s="778"/>
+      <c r="E38" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="894" t="s">
+        <v>235</v>
+      </c>
+      <c r="G38" s="725"/>
+      <c r="H38" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="I38" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="J38" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="K38" s="845" t="s">
+        <v>234</v>
+      </c>
+      <c r="L38" s="725"/>
+      <c r="M38" s="932"/>
+      <c r="N38" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O38" s="783" t="s">
+        <v>234</v>
+      </c>
+      <c r="P38" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="Q38" s="725"/>
+      <c r="R38" s="725"/>
+      <c r="S38" s="725"/>
+      <c r="T38" s="731" t="s">
+        <v>219</v>
+      </c>
+      <c r="U38" s="730" t="s">
+        <v>134</v>
+      </c>
+      <c r="V38" s="876"/>
+      <c r="W38" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X38" s="724"/>
+      <c r="Y38" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="Z38" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AA38" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AB38" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="AC38" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="AD38" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="AE38" s="831"/>
+      <c r="AF38" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG38" s="888"/>
+      <c r="AH38" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AI38" s="845" t="s">
+        <v>134</v>
+      </c>
+      <c r="AJ38" s="725"/>
+      <c r="AK38" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="AL38" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AM38" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AN38" s="830"/>
+      <c r="AO38" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP38" s="783" t="s">
+        <v>219</v>
+      </c>
+      <c r="AQ38" s="996" t="s">
+        <v>134</v>
+      </c>
+      <c r="AR38" s="730" t="s">
+        <v>134</v>
+      </c>
+      <c r="AS38" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="AT38" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AU38" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="AV38" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AW38" s="997"/>
+      <c r="AX38" s="994" t="s">
+        <v>266</v>
+      </c>
+      <c r="AY38" s="7"/>
+    </row>
+    <row r="39" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A39" s="840" t="s">
+        <v>267</v>
+      </c>
+      <c r="B39" s="734" t="s">
+        <v>268</v>
+      </c>
+      <c r="C39" s="965"/>
+      <c r="D39" s="891"/>
+      <c r="E39" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="829"/>
+      <c r="G39" s="719"/>
+      <c r="H39" s="720" t="s">
+        <v>269</v>
+      </c>
+      <c r="I39" s="998" t="s">
+        <v>270</v>
+      </c>
+      <c r="J39" s="730" t="s">
+        <v>271</v>
+      </c>
+      <c r="K39" s="720" t="s">
+        <v>272</v>
+      </c>
+      <c r="L39" s="836"/>
+      <c r="M39" s="999"/>
+      <c r="N39" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O39" s="829"/>
+      <c r="P39" s="727"/>
+      <c r="Q39" s="725"/>
+      <c r="R39" s="727"/>
+      <c r="S39" s="725"/>
+      <c r="T39" s="719"/>
+      <c r="U39" s="719"/>
+      <c r="V39" s="1000"/>
+      <c r="W39" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X39" s="781" t="s">
+        <v>585</v>
+      </c>
+      <c r="Y39" s="730" t="s">
+        <v>586</v>
+      </c>
+      <c r="Z39" s="730" t="s">
+        <v>587</v>
+      </c>
+      <c r="AA39" s="725"/>
+      <c r="AB39" s="704"/>
+      <c r="AC39" s="730" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD39" s="719"/>
+      <c r="AE39" s="847"/>
+      <c r="AF39" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG39" s="829"/>
+      <c r="AH39" s="725"/>
+      <c r="AI39" s="725"/>
+      <c r="AJ39" s="727"/>
+      <c r="AK39" s="725"/>
+      <c r="AL39" s="725"/>
+      <c r="AM39" s="725"/>
+      <c r="AN39" s="830"/>
+      <c r="AO39" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP39" s="783" t="s">
+        <v>276</v>
+      </c>
+      <c r="AQ39" s="731" t="s">
+        <v>276</v>
+      </c>
+      <c r="AR39" s="720" t="s">
+        <v>277</v>
+      </c>
+      <c r="AS39" s="720" t="s">
+        <v>277</v>
+      </c>
+      <c r="AT39" s="719"/>
+      <c r="AU39" s="727"/>
+      <c r="AV39" s="727"/>
+      <c r="AW39" s="722"/>
+      <c r="AX39" s="1001" t="s">
+        <v>267</v>
+      </c>
+      <c r="AY39" s="6"/>
+    </row>
+    <row r="40" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A40" s="974" t="s">
+        <v>278</v>
+      </c>
+      <c r="B40" s="734" t="s">
+        <v>279</v>
+      </c>
+      <c r="C40" s="1002">
+        <v>212</v>
+      </c>
+      <c r="D40" s="891"/>
+      <c r="E40" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="869" t="s">
+        <v>282</v>
+      </c>
+      <c r="G40" s="730" t="s">
+        <v>281</v>
+      </c>
+      <c r="H40" s="730" t="s">
+        <v>280</v>
+      </c>
+      <c r="I40" s="730" t="s">
+        <v>285</v>
+      </c>
+      <c r="J40" s="731" t="s">
+        <v>284</v>
+      </c>
+      <c r="K40" s="730" t="s">
+        <v>283</v>
+      </c>
+      <c r="L40" s="720" t="s">
+        <v>286</v>
+      </c>
+      <c r="M40" s="1003"/>
+      <c r="N40" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O40" s="783" t="s">
+        <v>287</v>
+      </c>
+      <c r="P40" s="730" t="s">
+        <v>288</v>
+      </c>
+      <c r="Q40" s="730" t="s">
+        <v>113</v>
+      </c>
+      <c r="R40" s="730" t="s">
+        <v>289</v>
+      </c>
+      <c r="S40" s="730" t="s">
+        <v>290</v>
+      </c>
+      <c r="T40" s="831" t="s">
+        <v>291</v>
+      </c>
+      <c r="U40" s="725"/>
+      <c r="V40" s="1004"/>
+      <c r="W40" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X40" s="839"/>
+      <c r="Y40" s="1005"/>
+      <c r="Z40" s="759"/>
+      <c r="AA40" s="1005"/>
+      <c r="AB40" s="759"/>
+      <c r="AC40" s="1005"/>
+      <c r="AD40" s="725"/>
+      <c r="AE40" s="1006"/>
+      <c r="AF40" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG40" s="829"/>
+      <c r="AH40" s="725"/>
+      <c r="AI40" s="725"/>
+      <c r="AJ40" s="725"/>
+      <c r="AK40" s="725"/>
+      <c r="AL40" s="725"/>
+      <c r="AM40" s="725"/>
+      <c r="AN40" s="830"/>
+      <c r="AO40" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP40" s="829"/>
+      <c r="AQ40" s="725"/>
+      <c r="AR40" s="1005"/>
+      <c r="AS40" s="730" t="s">
+        <v>292</v>
+      </c>
+      <c r="AT40" s="730" t="s">
+        <v>293</v>
+      </c>
+      <c r="AU40" s="730" t="s">
+        <v>294</v>
+      </c>
+      <c r="AV40" s="725"/>
+      <c r="AW40" s="1007"/>
+      <c r="AX40" s="994" t="s">
+        <v>278</v>
+      </c>
+      <c r="AY40" s="6"/>
+    </row>
+    <row r="41" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A41" s="844" t="s">
+        <v>295</v>
+      </c>
+      <c r="B41" s="1008" t="s">
+        <v>279</v>
+      </c>
+      <c r="C41" s="1009">
+        <v>327</v>
+      </c>
+      <c r="D41" s="1010"/>
+      <c r="E41" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="799" t="s">
+        <v>301</v>
+      </c>
+      <c r="G41" s="744" t="s">
+        <v>297</v>
+      </c>
+      <c r="H41" s="744" t="s">
+        <v>299</v>
+      </c>
+      <c r="I41" s="744" t="s">
+        <v>298</v>
+      </c>
+      <c r="J41" s="744" t="s">
+        <v>300</v>
+      </c>
+      <c r="K41" s="744" t="s">
+        <v>296</v>
+      </c>
+      <c r="L41" s="1011"/>
+      <c r="M41" s="901" t="s">
+        <v>302</v>
+      </c>
+      <c r="N41" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O41" s="799">
+        <v>12</v>
+      </c>
+      <c r="P41" s="744" t="s">
+        <v>308</v>
+      </c>
+      <c r="Q41" s="1012">
+        <v>11</v>
+      </c>
+      <c r="R41" s="744" t="s">
+        <v>304</v>
+      </c>
+      <c r="S41" s="744" t="s">
+        <v>583</v>
+      </c>
+      <c r="T41" s="850" t="s">
+        <v>584</v>
+      </c>
+      <c r="U41" s="1013">
+        <v>11</v>
+      </c>
+      <c r="V41" s="901"/>
+      <c r="W41" s="798" t="s">
+        <v>14</v>
+      </c>
+      <c r="X41" s="721">
+        <v>12</v>
+      </c>
+      <c r="Y41" s="720">
+        <v>12</v>
+      </c>
+      <c r="Z41" s="720" t="s">
+        <v>309</v>
+      </c>
+      <c r="AA41" s="721" t="s">
+        <v>578</v>
+      </c>
+      <c r="AB41" s="721" t="s">
+        <v>576</v>
+      </c>
+      <c r="AC41" s="720" t="s">
+        <v>580</v>
+      </c>
+      <c r="AD41" s="868" t="s">
+        <v>581</v>
+      </c>
+      <c r="AE41" s="722"/>
+      <c r="AF41" s="746" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG41" s="799">
+        <v>11</v>
+      </c>
+      <c r="AH41" s="744">
+        <v>11</v>
+      </c>
+      <c r="AI41" s="744" t="s">
+        <v>303</v>
+      </c>
+      <c r="AJ41" s="744" t="s">
+        <v>307</v>
+      </c>
+      <c r="AK41" s="748"/>
+      <c r="AL41" s="801"/>
+      <c r="AM41" s="801"/>
+      <c r="AN41" s="938"/>
+      <c r="AO41" s="798" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP41" s="1014"/>
+      <c r="AQ41" s="801"/>
+      <c r="AR41" s="801"/>
+      <c r="AS41" s="801"/>
+      <c r="AT41" s="801"/>
+      <c r="AU41" s="801"/>
+      <c r="AV41" s="801"/>
+      <c r="AW41" s="905"/>
+      <c r="AX41" s="1015" t="s">
+        <v>295</v>
+      </c>
+      <c r="AY41" s="6"/>
+    </row>
+    <row r="42" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A42" s="987" t="s">
+        <v>310</v>
+      </c>
+      <c r="B42" s="695" t="s">
+        <v>311</v>
+      </c>
+      <c r="C42" s="1016"/>
+      <c r="D42" s="946" t="s">
         <v>232</v>
       </c>
-      <c r="Y35" s="88">
+      <c r="E42" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="760" t="s">
+        <v>312</v>
+      </c>
+      <c r="G42" s="761" t="s">
+        <v>273</v>
+      </c>
+      <c r="H42" s="1017" t="s">
+        <v>274</v>
+      </c>
+      <c r="I42" s="818"/>
+      <c r="J42" s="817" t="s">
+        <v>313</v>
+      </c>
+      <c r="K42" s="861" t="s">
+        <v>275</v>
+      </c>
+      <c r="L42" s="864" t="s">
+        <v>314</v>
+      </c>
+      <c r="M42" s="953" t="s">
+        <v>315</v>
+      </c>
+      <c r="N42" s="921" t="s">
+        <v>13</v>
+      </c>
+      <c r="O42" s="758" t="s">
+        <v>316</v>
+      </c>
+      <c r="P42" s="947" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q42" s="703" t="s">
+        <v>317</v>
+      </c>
+      <c r="R42" s="727"/>
+      <c r="S42" s="824"/>
+      <c r="T42" s="703" t="s">
+        <v>274</v>
+      </c>
+      <c r="U42" s="700"/>
+      <c r="V42" s="814"/>
+      <c r="W42" s="702" t="s">
+        <v>14</v>
+      </c>
+      <c r="X42" s="760" t="s">
+        <v>318</v>
+      </c>
+      <c r="Y42" s="761" t="s">
+        <v>318</v>
+      </c>
+      <c r="Z42" s="1018" t="s">
+        <v>319</v>
+      </c>
+      <c r="AA42" s="818"/>
+      <c r="AB42" s="761" t="s">
+        <v>320</v>
+      </c>
+      <c r="AC42" s="764"/>
+      <c r="AD42" s="764"/>
+      <c r="AE42" s="812"/>
+      <c r="AF42" s="1019" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG42" s="869" t="s">
+        <v>321</v>
+      </c>
+      <c r="AH42" s="703" t="s">
+        <v>321</v>
+      </c>
+      <c r="AI42" s="1020" t="s">
+        <v>319</v>
+      </c>
+      <c r="AJ42" s="703" t="s">
+        <v>322</v>
+      </c>
+      <c r="AK42" s="731" t="s">
+        <v>323</v>
+      </c>
+      <c r="AL42" s="701"/>
+      <c r="AM42" s="824"/>
+      <c r="AN42" s="814"/>
+      <c r="AO42" s="702" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP42" s="1021"/>
+      <c r="AQ42" s="700"/>
+      <c r="AR42" s="700"/>
+      <c r="AS42" s="700"/>
+      <c r="AT42" s="700"/>
+      <c r="AU42" s="700"/>
+      <c r="AV42" s="700"/>
+      <c r="AW42" s="1022"/>
+      <c r="AX42" s="820" t="s">
+        <v>310</v>
+      </c>
+      <c r="AY42" s="7"/>
+    </row>
+    <row r="43" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A43" s="927" t="s">
+        <v>324</v>
+      </c>
+      <c r="B43" s="1023" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" s="886">
+        <v>313</v>
+      </c>
+      <c r="D43" s="897" t="s">
+        <v>235</v>
+      </c>
+      <c r="E43" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="888"/>
+      <c r="G43" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="H43" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="I43" s="831" t="s">
+        <v>237</v>
+      </c>
+      <c r="J43" s="730" t="s">
+        <v>325</v>
+      </c>
+      <c r="K43" s="781" t="s">
+        <v>241</v>
+      </c>
+      <c r="L43" s="730" t="s">
+        <v>230</v>
+      </c>
+      <c r="M43" s="830"/>
+      <c r="N43" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O43" s="781" t="s">
+        <v>231</v>
+      </c>
+      <c r="P43" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q43" s="730">
         <v>11</v>
       </c>
-      <c r="Z35" s="88" t="s">
+      <c r="R43" s="730" t="s">
         <v>229</v>
       </c>
-      <c r="AA35" s="24"/>
-[...6 lines deleted...]
-      <c r="AF35" s="29" t="s">
+      <c r="S43" s="730"/>
+      <c r="T43" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="U43" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="V43" s="831"/>
+      <c r="W43" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X43" s="829"/>
+      <c r="Y43" s="725"/>
+      <c r="Z43" s="704"/>
+      <c r="AA43" s="725"/>
+      <c r="AB43" s="725"/>
+      <c r="AC43" s="725"/>
+      <c r="AD43" s="725"/>
+      <c r="AE43" s="830" t="s">
+        <v>326</v>
+      </c>
+      <c r="AF43" s="1024" t="s">
         <v>16</v>
       </c>
-      <c r="AG35" s="91" t="s">
+      <c r="AG43" s="783" t="s">
+        <v>317</v>
+      </c>
+      <c r="AH43" s="730" t="s">
+        <v>317</v>
+      </c>
+      <c r="AI43" s="727"/>
+      <c r="AJ43" s="700"/>
+      <c r="AK43" s="730" t="s">
+        <v>327</v>
+      </c>
+      <c r="AL43" s="814" t="s">
+        <v>328</v>
+      </c>
+      <c r="AM43" s="730" t="s">
+        <v>329</v>
+      </c>
+      <c r="AN43" s="1025"/>
+      <c r="AO43" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP43" s="783" t="s">
+        <v>229</v>
+      </c>
+      <c r="AQ43" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="AR43" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AS43" s="730" t="s">
         <v>231</v>
       </c>
-      <c r="AH35" s="92">
-[...5 lines deleted...]
-      <c r="AJ35" s="92" t="s">
+      <c r="AT43" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="AU43" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AV43" s="730" t="s">
+        <v>330</v>
+      </c>
+      <c r="AW43" s="1026"/>
+      <c r="AX43" s="1027" t="s">
+        <v>331</v>
+      </c>
+      <c r="AY43" s="7"/>
+    </row>
+    <row r="44" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A44" s="712" t="s">
+        <v>332</v>
+      </c>
+      <c r="B44" s="873" t="s">
+        <v>333</v>
+      </c>
+      <c r="C44" s="874">
+        <v>214</v>
+      </c>
+      <c r="D44" s="880" t="s">
+        <v>236</v>
+      </c>
+      <c r="E44" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="783">
+        <v>12</v>
+      </c>
+      <c r="G44" s="730">
+        <v>12</v>
+      </c>
+      <c r="H44" s="730" t="s">
+        <v>134</v>
+      </c>
+      <c r="I44" s="731" t="s">
+        <v>219</v>
+      </c>
+      <c r="J44" s="848"/>
+      <c r="K44" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="L44" s="703" t="s">
+        <v>231</v>
+      </c>
+      <c r="M44" s="830"/>
+      <c r="N44" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O44" s="790">
+        <v>11</v>
+      </c>
+      <c r="P44" s="730">
+        <v>11</v>
+      </c>
+      <c r="Q44" s="725"/>
+      <c r="R44" s="749" t="s">
+        <v>230</v>
+      </c>
+      <c r="S44" s="792" t="s">
         <v>229</v>
       </c>
-      <c r="AK35" s="92">
+      <c r="T44" s="731" t="s">
+        <v>235</v>
+      </c>
+      <c r="U44" s="824"/>
+      <c r="V44" s="831"/>
+      <c r="W44" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X44" s="823"/>
+      <c r="Y44" s="824"/>
+      <c r="Z44" s="848" t="s">
+        <v>240</v>
+      </c>
+      <c r="AA44" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="AB44" s="731" t="s">
+        <v>241</v>
+      </c>
+      <c r="AC44" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AD44" s="725"/>
+      <c r="AE44" s="876">
         <v>11</v>
       </c>
-      <c r="AL35" s="92">
+      <c r="AF44" s="1024" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG44" s="894" t="s">
+        <v>241</v>
+      </c>
+      <c r="AH44" s="792" t="s">
+        <v>237</v>
+      </c>
+      <c r="AI44" s="831">
         <v>11</v>
       </c>
-      <c r="AM35" s="92">
+      <c r="AJ44" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="AK44" s="731" t="s">
+        <v>231</v>
+      </c>
+      <c r="AL44" s="824"/>
+      <c r="AM44" s="703" t="s">
+        <v>134</v>
+      </c>
+      <c r="AN44" s="831"/>
+      <c r="AO44" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP44" s="781">
+        <v>12</v>
+      </c>
+      <c r="AQ44" s="730" t="s">
+        <v>230</v>
+      </c>
+      <c r="AR44" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AS44" s="784" t="s">
+        <v>229</v>
+      </c>
+      <c r="AT44" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="AU44" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="AV44" s="727"/>
+      <c r="AW44" s="878"/>
+      <c r="AX44" s="827" t="s">
+        <v>332</v>
+      </c>
+      <c r="AY44" s="7"/>
+    </row>
+    <row r="45" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A45" s="712" t="s">
+        <v>334</v>
+      </c>
+      <c r="B45" s="873" t="s">
+        <v>335</v>
+      </c>
+      <c r="C45" s="874">
+        <v>312</v>
+      </c>
+      <c r="D45" s="778"/>
+      <c r="E45" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" s="783">
+        <v>12</v>
+      </c>
+      <c r="G45" s="730">
+        <v>12</v>
+      </c>
+      <c r="H45" s="725"/>
+      <c r="I45" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="J45" s="730" t="s">
+        <v>241</v>
+      </c>
+      <c r="K45" s="730" t="s">
+        <v>229</v>
+      </c>
+      <c r="L45" s="727"/>
+      <c r="M45" s="830"/>
+      <c r="N45" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O45" s="781">
+        <v>12</v>
+      </c>
+      <c r="P45" s="730" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q45" s="730" t="s">
+        <v>231</v>
+      </c>
+      <c r="R45" s="973" t="s">
+        <v>237</v>
+      </c>
+      <c r="S45" s="730" t="s">
+        <v>230</v>
+      </c>
+      <c r="T45" s="725"/>
+      <c r="U45" s="730">
         <v>11</v>
       </c>
-      <c r="AN35" s="313"/>
-      <c r="AO35" s="26" t="s">
+      <c r="V45" s="831">
+        <v>11</v>
+      </c>
+      <c r="W45" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X45" s="829"/>
+      <c r="Y45" s="725"/>
+      <c r="Z45" s="725"/>
+      <c r="AA45" s="725"/>
+      <c r="AB45" s="725"/>
+      <c r="AC45" s="725"/>
+      <c r="AD45" s="725"/>
+      <c r="AE45" s="830"/>
+      <c r="AF45" s="1024" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG45" s="783" t="s">
+        <v>230</v>
+      </c>
+      <c r="AH45" s="730" t="s">
+        <v>240</v>
+      </c>
+      <c r="AI45" s="1028">
+        <v>11</v>
+      </c>
+      <c r="AJ45" s="730" t="s">
+        <v>241</v>
+      </c>
+      <c r="AK45" s="730" t="s">
+        <v>229</v>
+      </c>
+      <c r="AL45" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="AM45" s="725"/>
+      <c r="AN45" s="963"/>
+      <c r="AO45" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP35" s="91" t="s">
+      <c r="AP45" s="1029"/>
+      <c r="AQ45" s="725"/>
+      <c r="AR45" s="725"/>
+      <c r="AS45" s="725"/>
+      <c r="AT45" s="997"/>
+      <c r="AU45" s="725"/>
+      <c r="AV45" s="725"/>
+      <c r="AW45" s="1030"/>
+      <c r="AX45" s="732" t="s">
+        <v>334</v>
+      </c>
+      <c r="AY45" s="6"/>
+    </row>
+    <row r="46" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A46" s="1031" t="s">
+        <v>336</v>
+      </c>
+      <c r="B46" s="873" t="s">
+        <v>337</v>
+      </c>
+      <c r="C46" s="1032"/>
+      <c r="D46" s="778"/>
+      <c r="E46" s="723" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" s="829"/>
+      <c r="G46" s="725"/>
+      <c r="H46" s="725"/>
+      <c r="I46" s="725"/>
+      <c r="J46" s="725"/>
+      <c r="K46" s="725"/>
+      <c r="L46" s="725"/>
+      <c r="M46" s="830"/>
+      <c r="N46" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O46" s="724"/>
+      <c r="P46" s="725"/>
+      <c r="Q46" s="719"/>
+      <c r="R46" s="719"/>
+      <c r="S46" s="719"/>
+      <c r="T46" s="719"/>
+      <c r="U46" s="719"/>
+      <c r="V46" s="722"/>
+      <c r="W46" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X46" s="783" t="s">
+        <v>134</v>
+      </c>
+      <c r="Y46" s="730" t="s">
+        <v>134</v>
+      </c>
+      <c r="Z46" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="AA46" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AB46" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AC46" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="AD46" s="725"/>
+      <c r="AE46" s="830"/>
+      <c r="AF46" s="1024" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG46" s="829"/>
+      <c r="AH46" s="725"/>
+      <c r="AI46" s="725"/>
+      <c r="AJ46" s="725"/>
+      <c r="AK46" s="725"/>
+      <c r="AL46" s="725"/>
+      <c r="AM46" s="725"/>
+      <c r="AN46" s="726"/>
+      <c r="AO46" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP46" s="724"/>
+      <c r="AQ46" s="725"/>
+      <c r="AR46" s="725"/>
+      <c r="AS46" s="725"/>
+      <c r="AT46" s="725"/>
+      <c r="AU46" s="725"/>
+      <c r="AV46" s="725"/>
+      <c r="AW46" s="726"/>
+      <c r="AX46" s="1033" t="s">
+        <v>338</v>
+      </c>
+      <c r="AY46" s="6"/>
+    </row>
+    <row r="47" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A47" s="1031" t="s">
+        <v>339</v>
+      </c>
+      <c r="B47" s="1034" t="s">
+        <v>340</v>
+      </c>
+      <c r="C47" s="1035"/>
+      <c r="D47" s="704"/>
+      <c r="E47" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" s="706"/>
+      <c r="G47" s="699"/>
+      <c r="H47" s="704"/>
+      <c r="I47" s="700"/>
+      <c r="J47" s="700"/>
+      <c r="K47" s="704"/>
+      <c r="L47" s="725"/>
+      <c r="M47" s="887"/>
+      <c r="N47" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O47" s="758" t="s">
+        <v>246</v>
+      </c>
+      <c r="P47" s="701"/>
+      <c r="Q47" s="725"/>
+      <c r="R47" s="725"/>
+      <c r="S47" s="725"/>
+      <c r="T47" s="725"/>
+      <c r="U47" s="725"/>
+      <c r="V47" s="726"/>
+      <c r="W47" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X47" s="829"/>
+      <c r="Y47" s="725"/>
+      <c r="Z47" s="725"/>
+      <c r="AA47" s="725"/>
+      <c r="AB47" s="725"/>
+      <c r="AC47" s="725"/>
+      <c r="AD47" s="700"/>
+      <c r="AE47" s="887"/>
+      <c r="AF47" s="1024" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG47" s="706"/>
+      <c r="AH47" s="725"/>
+      <c r="AI47" s="725"/>
+      <c r="AJ47" s="725"/>
+      <c r="AK47" s="725"/>
+      <c r="AL47" s="725"/>
+      <c r="AM47" s="725"/>
+      <c r="AN47" s="722"/>
+      <c r="AO47" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP47" s="704"/>
+      <c r="AQ47" s="700"/>
+      <c r="AR47" s="700"/>
+      <c r="AS47" s="700"/>
+      <c r="AT47" s="701"/>
+      <c r="AU47" s="700"/>
+      <c r="AV47" s="701"/>
+      <c r="AW47" s="722"/>
+      <c r="AX47" s="857" t="s">
+        <v>339</v>
+      </c>
+      <c r="AY47" s="4"/>
+    </row>
+    <row r="48" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A48" s="1036" t="s">
+        <v>341</v>
+      </c>
+      <c r="B48" s="1037" t="s">
+        <v>342</v>
+      </c>
+      <c r="C48" s="1038"/>
+      <c r="D48" s="1039"/>
+      <c r="E48" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" s="985"/>
+      <c r="G48" s="1040"/>
+      <c r="H48" s="1041"/>
+      <c r="I48" s="982"/>
+      <c r="J48" s="982"/>
+      <c r="K48" s="1041"/>
+      <c r="L48" s="1042" t="s">
+        <v>343</v>
+      </c>
+      <c r="M48" s="900"/>
+      <c r="N48" s="798" t="s">
+        <v>13</v>
+      </c>
+      <c r="O48" s="977"/>
+      <c r="P48" s="836"/>
+      <c r="Q48" s="836"/>
+      <c r="R48" s="980"/>
+      <c r="S48" s="836"/>
+      <c r="T48" s="836"/>
+      <c r="U48" s="979" t="s">
+        <v>344</v>
+      </c>
+      <c r="V48" s="969"/>
+      <c r="W48" s="798" t="s">
+        <v>14</v>
+      </c>
+      <c r="X48" s="985"/>
+      <c r="Y48" s="982"/>
+      <c r="Z48" s="982"/>
+      <c r="AA48" s="982"/>
+      <c r="AB48" s="982"/>
+      <c r="AC48" s="982"/>
+      <c r="AD48" s="1042" t="s">
+        <v>345</v>
+      </c>
+      <c r="AE48" s="900"/>
+      <c r="AF48" s="1043" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG48" s="1044" t="s">
+        <v>346</v>
+      </c>
+      <c r="AH48" s="753"/>
+      <c r="AI48" s="754"/>
+      <c r="AJ48" s="752"/>
+      <c r="AK48" s="1045"/>
+      <c r="AL48" s="739"/>
+      <c r="AM48" s="1045"/>
+      <c r="AN48" s="742"/>
+      <c r="AO48" s="798" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP48" s="1046"/>
+      <c r="AQ48" s="752"/>
+      <c r="AR48" s="752"/>
+      <c r="AS48" s="752"/>
+      <c r="AT48" s="754"/>
+      <c r="AU48" s="1047" t="s">
+        <v>347</v>
+      </c>
+      <c r="AV48" s="754"/>
+      <c r="AW48" s="944"/>
+      <c r="AX48" s="756" t="s">
+        <v>341</v>
+      </c>
+      <c r="AY48" s="1"/>
+    </row>
+    <row r="49" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A49" s="809" t="s">
+        <v>348</v>
+      </c>
+      <c r="B49" s="1023" t="s">
+        <v>349</v>
+      </c>
+      <c r="C49" s="886">
+        <v>112</v>
+      </c>
+      <c r="D49" s="897" t="s">
+        <v>228</v>
+      </c>
+      <c r="E49" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="760" t="s">
+        <v>280</v>
+      </c>
+      <c r="G49" s="763" t="s">
+        <v>280</v>
+      </c>
+      <c r="H49" s="761" t="s">
+        <v>298</v>
+      </c>
+      <c r="I49" s="761" t="s">
+        <v>283</v>
+      </c>
+      <c r="J49" s="761" t="s">
+        <v>283</v>
+      </c>
+      <c r="K49" s="761" t="s">
+        <v>301</v>
+      </c>
+      <c r="L49" s="761" t="s">
+        <v>576</v>
+      </c>
+      <c r="M49" s="1048"/>
+      <c r="N49" s="702" t="s">
+        <v>13</v>
+      </c>
+      <c r="O49" s="760" t="s">
+        <v>290</v>
+      </c>
+      <c r="P49" s="761" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q49" s="761" t="s">
+        <v>284</v>
+      </c>
+      <c r="R49" s="761" t="s">
+        <v>284</v>
+      </c>
+      <c r="S49" s="764"/>
+      <c r="T49" s="761" t="s">
+        <v>583</v>
+      </c>
+      <c r="U49" s="761"/>
+      <c r="V49" s="957"/>
+      <c r="W49" s="702" t="s">
+        <v>14</v>
+      </c>
+      <c r="X49" s="758" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y49" s="979" t="s">
+        <v>289</v>
+      </c>
+      <c r="Z49" s="703" t="s">
+        <v>307</v>
+      </c>
+      <c r="AA49" s="703" t="s">
+        <v>576</v>
+      </c>
+      <c r="AB49" s="700"/>
+      <c r="AC49" s="704"/>
+      <c r="AD49" s="703" t="s">
+        <v>580</v>
+      </c>
+      <c r="AE49" s="701"/>
+      <c r="AF49" s="705" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG49" s="869" t="s">
+        <v>357</v>
+      </c>
+      <c r="AH49" s="703" t="s">
+        <v>357</v>
+      </c>
+      <c r="AI49" s="1049"/>
+      <c r="AJ49" s="1050"/>
+      <c r="AK49" s="1051"/>
+      <c r="AL49" s="774"/>
+      <c r="AM49" s="704"/>
+      <c r="AN49" s="770"/>
+      <c r="AO49" s="702" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP49" s="758" t="s">
+        <v>281</v>
+      </c>
+      <c r="AQ49" s="703" t="s">
+        <v>281</v>
+      </c>
+      <c r="AR49" s="1049" t="s">
+        <v>287</v>
+      </c>
+      <c r="AS49" s="774" t="s">
+        <v>287</v>
+      </c>
+      <c r="AT49" s="1049" t="s">
+        <v>304</v>
+      </c>
+      <c r="AU49" s="774">
+        <v>12</v>
+      </c>
+      <c r="AV49" s="1049">
+        <v>12</v>
+      </c>
+      <c r="AW49" s="1052"/>
+      <c r="AX49" s="694" t="s">
+        <v>348</v>
+      </c>
+      <c r="AY49" s="1"/>
+    </row>
+    <row r="50" spans="1:51" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="712" t="s">
+        <v>354</v>
+      </c>
+      <c r="B50" s="1023" t="s">
+        <v>349</v>
+      </c>
+      <c r="C50" s="874">
+        <v>114</v>
+      </c>
+      <c r="D50" s="880" t="s">
+        <v>355</v>
+      </c>
+      <c r="E50" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" s="771" t="s">
+        <v>296</v>
+      </c>
+      <c r="G50" s="769" t="s">
+        <v>282</v>
+      </c>
+      <c r="H50" s="774" t="s">
+        <v>282</v>
+      </c>
+      <c r="I50" s="730" t="s">
+        <v>299</v>
+      </c>
+      <c r="J50" s="868" t="s">
+        <v>285</v>
+      </c>
+      <c r="K50" s="730" t="s">
+        <v>285</v>
+      </c>
+      <c r="L50" s="1053" t="s">
+        <v>575</v>
+      </c>
+      <c r="M50" s="830"/>
+      <c r="N50" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O50" s="783" t="s">
+        <v>297</v>
+      </c>
+      <c r="P50" s="725"/>
+      <c r="Q50" s="730" t="s">
+        <v>350</v>
+      </c>
+      <c r="R50" s="730" t="s">
+        <v>350</v>
+      </c>
+      <c r="S50" s="730" t="s">
+        <v>584</v>
+      </c>
+      <c r="T50" s="725"/>
+      <c r="U50" s="730"/>
+      <c r="V50" s="830"/>
+      <c r="W50" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X50" s="766" t="s">
+        <v>288</v>
+      </c>
+      <c r="Y50" s="730" t="s">
+        <v>288</v>
+      </c>
+      <c r="Z50" s="725"/>
+      <c r="AA50" s="725"/>
+      <c r="AB50" s="758" t="s">
+        <v>579</v>
+      </c>
+      <c r="AC50" s="703" t="s">
+        <v>581</v>
+      </c>
+      <c r="AD50" s="699"/>
+      <c r="AE50" s="832"/>
+      <c r="AF50" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG50" s="783" t="s">
+        <v>352</v>
+      </c>
+      <c r="AH50" s="730" t="s">
+        <v>352</v>
+      </c>
+      <c r="AI50" s="730" t="s">
+        <v>308</v>
+      </c>
+      <c r="AJ50" s="1028" t="s">
+        <v>309</v>
+      </c>
+      <c r="AK50" s="703" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL50" s="730" t="s">
+        <v>582</v>
+      </c>
+      <c r="AM50" s="727"/>
+      <c r="AN50" s="726"/>
+      <c r="AO50" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP50" s="781" t="s">
+        <v>291</v>
+      </c>
+      <c r="AQ50" s="730" t="s">
+        <v>291</v>
+      </c>
+      <c r="AR50" s="767" t="s">
+        <v>286</v>
+      </c>
+      <c r="AS50" s="730" t="s">
+        <v>286</v>
+      </c>
+      <c r="AT50" s="787" t="s">
+        <v>300</v>
+      </c>
+      <c r="AU50" s="725"/>
+      <c r="AV50" s="997"/>
+      <c r="AW50" s="997"/>
+      <c r="AX50" s="827" t="s">
+        <v>354</v>
+      </c>
+      <c r="AY50" s="1"/>
+    </row>
+    <row r="51" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A51" s="712" t="s">
+        <v>359</v>
+      </c>
+      <c r="B51" s="873" t="s">
+        <v>360</v>
+      </c>
+      <c r="C51" s="874">
+        <v>310</v>
+      </c>
+      <c r="D51" s="875"/>
+      <c r="E51" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="1054" t="s">
+        <v>361</v>
+      </c>
+      <c r="G51" s="1055" t="s">
+        <v>362</v>
+      </c>
+      <c r="H51" s="1055" t="s">
+        <v>363</v>
+      </c>
+      <c r="I51" s="1056" t="s">
+        <v>364</v>
+      </c>
+      <c r="J51" s="1055" t="s">
+        <v>365</v>
+      </c>
+      <c r="K51" s="1057" t="s">
+        <v>366</v>
+      </c>
+      <c r="L51" s="730" t="s">
+        <v>241</v>
+      </c>
+      <c r="M51" s="1058"/>
+      <c r="N51" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O51" s="783" t="s">
+        <v>113</v>
+      </c>
+      <c r="P51" s="731" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q51" s="730" t="s">
+        <v>232</v>
+      </c>
+      <c r="R51" s="725"/>
+      <c r="S51" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="T51" s="730" t="s">
+        <v>243</v>
+      </c>
+      <c r="U51" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="V51" s="876"/>
+      <c r="W51" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X51" s="707" t="s">
+        <v>31</v>
+      </c>
+      <c r="Y51" s="730" t="s">
+        <v>229</v>
+      </c>
+      <c r="Z51" s="730" t="s">
+        <v>134</v>
+      </c>
+      <c r="AA51" s="730">
+        <v>11</v>
+      </c>
+      <c r="AB51" s="730">
+        <v>11</v>
+      </c>
+      <c r="AC51" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="AD51" s="791"/>
+      <c r="AE51" s="831"/>
+      <c r="AF51" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG51" s="783" t="s">
+        <v>236</v>
+      </c>
+      <c r="AH51" s="727"/>
+      <c r="AI51" s="730" t="s">
         <v>231</v>
       </c>
-      <c r="AQ35" s="92" t="s">
+      <c r="AJ51" s="707"/>
+      <c r="AK51" s="1059"/>
+      <c r="AL51" s="792" t="s">
+        <v>240</v>
+      </c>
+      <c r="AM51" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="AN51" s="726"/>
+      <c r="AO51" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP51" s="781" t="s">
+        <v>230</v>
+      </c>
+      <c r="AQ51" s="998"/>
+      <c r="AR51" s="730" t="s">
+        <v>362</v>
+      </c>
+      <c r="AS51" s="730" t="s">
+        <v>361</v>
+      </c>
+      <c r="AT51" s="787" t="s">
+        <v>147</v>
+      </c>
+      <c r="AU51" s="703" t="s">
+        <v>367</v>
+      </c>
+      <c r="AV51" s="787" t="s">
+        <v>234</v>
+      </c>
+      <c r="AW51" s="1060"/>
+      <c r="AX51" s="827" t="s">
+        <v>359</v>
+      </c>
+      <c r="AY51" s="7"/>
+    </row>
+    <row r="52" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A52" s="712" t="s">
+        <v>368</v>
+      </c>
+      <c r="B52" s="873" t="s">
+        <v>369</v>
+      </c>
+      <c r="C52" s="874">
+        <v>114</v>
+      </c>
+      <c r="D52" s="880" t="s">
+        <v>370</v>
+      </c>
+      <c r="E52" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="783" t="s">
+        <v>229</v>
+      </c>
+      <c r="G52" s="730" t="s">
+        <v>230</v>
+      </c>
+      <c r="H52" s="831" t="s">
+        <v>147</v>
+      </c>
+      <c r="I52" s="730" t="s">
+        <v>241</v>
+      </c>
+      <c r="J52" s="727"/>
+      <c r="K52" s="730" t="s">
+        <v>219</v>
+      </c>
+      <c r="L52" s="730" t="s">
+        <v>113</v>
+      </c>
+      <c r="M52" s="830"/>
+      <c r="N52" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O52" s="888"/>
+      <c r="P52" s="725"/>
+      <c r="Q52" s="1061"/>
+      <c r="R52" s="725"/>
+      <c r="S52" s="725"/>
+      <c r="T52" s="727"/>
+      <c r="U52" s="725"/>
+      <c r="V52" s="876"/>
+      <c r="W52" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X52" s="731" t="s">
         <v>231</v>
       </c>
-      <c r="AR35" s="93" t="s">
-[...2 lines deleted...]
-      <c r="AS35" s="92" t="s">
+      <c r="Y52" s="730" t="s">
+        <v>236</v>
+      </c>
+      <c r="Z52" s="727"/>
+      <c r="AA52" s="730">
+        <v>11</v>
+      </c>
+      <c r="AB52" s="822">
+        <v>11</v>
+      </c>
+      <c r="AC52" s="730" t="s">
+        <v>134</v>
+      </c>
+      <c r="AD52" s="730" t="s">
+        <v>237</v>
+      </c>
+      <c r="AE52" s="831"/>
+      <c r="AF52" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG52" s="881" t="s">
+        <v>240</v>
+      </c>
+      <c r="AH52" s="730" t="s">
+        <v>234</v>
+      </c>
+      <c r="AI52" s="1062"/>
+      <c r="AJ52" s="1063" t="s">
+        <v>228</v>
+      </c>
+      <c r="AK52" s="725"/>
+      <c r="AL52" s="725"/>
+      <c r="AM52" s="730" t="s">
+        <v>235</v>
+      </c>
+      <c r="AN52" s="726"/>
+      <c r="AO52" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP52" s="731" t="s">
+        <v>243</v>
+      </c>
+      <c r="AQ52" s="730" t="s">
         <v>232</v>
       </c>
-      <c r="AT35" s="92" t="s">
-[...12 lines deleted...]
-      <c r="AY35" s="157"/>
+      <c r="AR52" s="790"/>
+      <c r="AS52" s="730" t="s">
+        <v>209</v>
+      </c>
+      <c r="AT52" s="839"/>
+      <c r="AU52" s="730">
+        <v>12</v>
+      </c>
+      <c r="AV52" s="787">
+        <v>12</v>
+      </c>
+      <c r="AW52" s="997"/>
+      <c r="AX52" s="827" t="s">
+        <v>368</v>
+      </c>
+      <c r="AY52" s="7"/>
     </row>
-    <row r="36" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="F36" s="120">
+    <row r="53" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A53" s="712" t="s">
+        <v>371</v>
+      </c>
+      <c r="B53" s="873" t="s">
+        <v>372</v>
+      </c>
+      <c r="C53" s="991" t="s">
+        <v>373</v>
+      </c>
+      <c r="D53" s="875"/>
+      <c r="E53" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" s="829"/>
+      <c r="G53" s="725"/>
+      <c r="H53" s="725"/>
+      <c r="I53" s="700"/>
+      <c r="J53" s="725"/>
+      <c r="K53" s="782"/>
+      <c r="L53" s="725"/>
+      <c r="M53" s="830"/>
+      <c r="N53" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O53" s="783" t="s">
+        <v>374</v>
+      </c>
+      <c r="P53" s="730" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q53" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="R53" s="730" t="s">
+        <v>377</v>
+      </c>
+      <c r="S53" s="730" t="s">
+        <v>377</v>
+      </c>
+      <c r="T53" s="730">
         <v>11</v>
       </c>
-      <c r="G36" s="113" t="s">
-[...8 lines deleted...]
-      <c r="J36" s="113">
+      <c r="U53" s="730">
+        <v>12</v>
+      </c>
+      <c r="V53" s="1064">
+        <v>12</v>
+      </c>
+      <c r="W53" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X53" s="724"/>
+      <c r="Y53" s="725"/>
+      <c r="Z53" s="725"/>
+      <c r="AA53" s="725"/>
+      <c r="AB53" s="725"/>
+      <c r="AC53" s="782"/>
+      <c r="AD53" s="704"/>
+      <c r="AE53" s="1006"/>
+      <c r="AF53" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG53" s="783" t="s">
+        <v>375</v>
+      </c>
+      <c r="AH53" s="730" t="s">
+        <v>375</v>
+      </c>
+      <c r="AI53" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ53" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK53" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL53" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM53" s="730" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN53" s="726"/>
+      <c r="AO53" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP53" s="781" t="s">
+        <v>374</v>
+      </c>
+      <c r="AQ53" s="785">
+        <v>12</v>
+      </c>
+      <c r="AR53" s="730" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS53" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AT53" s="730" t="s">
+        <v>377</v>
+      </c>
+      <c r="AU53" s="730">
         <v>11</v>
       </c>
-      <c r="K36" s="113" t="s">
-[...6 lines deleted...]
-      <c r="N36" s="48" t="s">
+      <c r="AV53" s="730">
+        <v>11</v>
+      </c>
+      <c r="AW53" s="995"/>
+      <c r="AX53" s="827" t="s">
+        <v>371</v>
+      </c>
+      <c r="AY53" s="6"/>
+    </row>
+    <row r="54" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A54" s="712" t="s">
+        <v>380</v>
+      </c>
+      <c r="B54" s="873" t="s">
+        <v>372</v>
+      </c>
+      <c r="C54" s="874" t="s">
+        <v>373</v>
+      </c>
+      <c r="D54" s="875"/>
+      <c r="E54" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" s="829"/>
+      <c r="G54" s="725"/>
+      <c r="H54" s="791"/>
+      <c r="I54" s="725"/>
+      <c r="J54" s="725"/>
+      <c r="K54" s="782"/>
+      <c r="L54" s="725"/>
+      <c r="M54" s="830"/>
+      <c r="N54" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O36" s="166"/>
-[...15 lines deleted...]
-      <c r="W36" s="48" t="s">
+      <c r="O54" s="783" t="s">
+        <v>374</v>
+      </c>
+      <c r="P54" s="725"/>
+      <c r="Q54" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="R54" s="785" t="s">
+        <v>377</v>
+      </c>
+      <c r="S54" s="785" t="s">
+        <v>377</v>
+      </c>
+      <c r="T54" s="730">
+        <v>11</v>
+      </c>
+      <c r="U54" s="785">
+        <v>12</v>
+      </c>
+      <c r="V54" s="1064">
+        <v>12</v>
+      </c>
+      <c r="W54" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X36" s="112">
+      <c r="X54" s="724"/>
+      <c r="Y54" s="725"/>
+      <c r="Z54" s="725"/>
+      <c r="AA54" s="725"/>
+      <c r="AB54" s="725"/>
+      <c r="AC54" s="725"/>
+      <c r="AD54" s="704"/>
+      <c r="AE54" s="1006"/>
+      <c r="AF54" s="728" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG54" s="829"/>
+      <c r="AH54" s="725"/>
+      <c r="AI54" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ54" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK54" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL54" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM54" s="730" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN54" s="726"/>
+      <c r="AO54" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP54" s="781" t="s">
+        <v>374</v>
+      </c>
+      <c r="AQ54" s="767">
+        <v>12</v>
+      </c>
+      <c r="AR54" s="730" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS54" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AT54" s="785" t="s">
+        <v>377</v>
+      </c>
+      <c r="AU54" s="730">
         <v>11</v>
       </c>
-      <c r="Y36" s="113">
+      <c r="AV54" s="730">
         <v>11</v>
       </c>
-      <c r="Z36" s="113" t="s">
-[...15 lines deleted...]
-      <c r="AF36" s="53" t="s">
+      <c r="AW54" s="997"/>
+      <c r="AX54" s="827" t="s">
+        <v>380</v>
+      </c>
+      <c r="AY54" s="6"/>
+    </row>
+    <row r="55" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A55" s="840" t="s">
+        <v>381</v>
+      </c>
+      <c r="B55" s="873" t="s">
+        <v>372</v>
+      </c>
+      <c r="C55" s="874" t="s">
+        <v>373</v>
+      </c>
+      <c r="D55" s="891"/>
+      <c r="E55" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" s="829"/>
+      <c r="G55" s="725"/>
+      <c r="H55" s="1005"/>
+      <c r="I55" s="725"/>
+      <c r="J55" s="725"/>
+      <c r="K55" s="725"/>
+      <c r="L55" s="725"/>
+      <c r="M55" s="830"/>
+      <c r="N55" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O55" s="783" t="s">
+        <v>374</v>
+      </c>
+      <c r="P55" s="725"/>
+      <c r="Q55" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="R55" s="725"/>
+      <c r="S55" s="725"/>
+      <c r="T55" s="725"/>
+      <c r="U55" s="725"/>
+      <c r="V55" s="1003"/>
+      <c r="W55" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X55" s="724"/>
+      <c r="Y55" s="725"/>
+      <c r="Z55" s="725"/>
+      <c r="AA55" s="725"/>
+      <c r="AB55" s="997"/>
+      <c r="AC55" s="725"/>
+      <c r="AD55" s="727"/>
+      <c r="AE55" s="726"/>
+      <c r="AF55" s="728" t="s">
         <v>16</v>
       </c>
-      <c r="AG36" s="115">
-[...11 lines deleted...]
-      <c r="AK36" s="113">
+      <c r="AG55" s="829"/>
+      <c r="AH55" s="725"/>
+      <c r="AI55" s="725"/>
+      <c r="AJ55" s="725"/>
+      <c r="AK55" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL55" s="730" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM55" s="730" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN55" s="726"/>
+      <c r="AO55" s="723" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP55" s="781" t="s">
+        <v>374</v>
+      </c>
+      <c r="AQ55" s="725"/>
+      <c r="AR55" s="730" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS55" s="725"/>
+      <c r="AT55" s="725"/>
+      <c r="AU55" s="725"/>
+      <c r="AV55" s="725"/>
+      <c r="AW55" s="997"/>
+      <c r="AX55" s="971" t="s">
+        <v>381</v>
+      </c>
+      <c r="AY55" s="6"/>
+    </row>
+    <row r="56" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A56" s="840" t="s">
+        <v>382</v>
+      </c>
+      <c r="B56" s="734" t="s">
+        <v>383</v>
+      </c>
+      <c r="C56" s="1002" t="s">
+        <v>373</v>
+      </c>
+      <c r="D56" s="891"/>
+      <c r="E56" s="843" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" s="894" t="s">
+        <v>384</v>
+      </c>
+      <c r="G56" s="792" t="s">
+        <v>385</v>
+      </c>
+      <c r="H56" s="792" t="s">
+        <v>366</v>
+      </c>
+      <c r="I56" s="725"/>
+      <c r="J56" s="704"/>
+      <c r="K56" s="792" t="s">
+        <v>361</v>
+      </c>
+      <c r="L56" s="730"/>
+      <c r="M56" s="1065"/>
+      <c r="N56" s="1066" t="s">
+        <v>13</v>
+      </c>
+      <c r="O56" s="1067"/>
+      <c r="P56" s="730" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q56" s="725"/>
+      <c r="R56" s="730" t="s">
+        <v>377</v>
+      </c>
+      <c r="S56" s="730" t="s">
+        <v>377</v>
+      </c>
+      <c r="T56" s="730">
         <v>11</v>
       </c>
-      <c r="AL36" s="113">
+      <c r="U56" s="996" t="s">
+        <v>386</v>
+      </c>
+      <c r="V56" s="830"/>
+      <c r="W56" s="1066" t="s">
+        <v>14</v>
+      </c>
+      <c r="X56" s="724"/>
+      <c r="Y56" s="730" t="s">
+        <v>366</v>
+      </c>
+      <c r="Z56" s="730" t="s">
+        <v>387</v>
+      </c>
+      <c r="AA56" s="792"/>
+      <c r="AB56" s="1068" t="s">
+        <v>388</v>
+      </c>
+      <c r="AC56" s="750" t="s">
+        <v>388</v>
+      </c>
+      <c r="AD56" s="725"/>
+      <c r="AE56" s="1006"/>
+      <c r="AF56" s="1069" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG56" s="783" t="s">
+        <v>375</v>
+      </c>
+      <c r="AH56" s="730" t="s">
+        <v>375</v>
+      </c>
+      <c r="AI56" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ56" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK56" s="1005"/>
+      <c r="AL56" s="1070"/>
+      <c r="AM56" s="1070"/>
+      <c r="AN56" s="726"/>
+      <c r="AO56" s="1066" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP56" s="1071" t="s">
+        <v>389</v>
+      </c>
+      <c r="AQ56" s="831" t="s">
+        <v>390</v>
+      </c>
+      <c r="AR56" s="1055" t="s">
+        <v>366</v>
+      </c>
+      <c r="AS56" s="730" t="s">
+        <v>378</v>
+      </c>
+      <c r="AT56" s="730" t="s">
+        <v>377</v>
+      </c>
+      <c r="AU56" s="792">
         <v>11</v>
       </c>
-      <c r="AM36" s="113">
+      <c r="AV56" s="730">
         <v>11</v>
       </c>
-      <c r="AN36" s="169"/>
-      <c r="AO36" s="48" t="s">
+      <c r="AW56" s="1070"/>
+      <c r="AX56" s="971" t="s">
+        <v>382</v>
+      </c>
+      <c r="AY56" s="1"/>
+    </row>
+    <row r="57" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A57" s="712" t="s">
+        <v>391</v>
+      </c>
+      <c r="B57" s="873" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" s="991" t="s">
+        <v>393</v>
+      </c>
+      <c r="D57" s="880" t="s">
+        <v>394</v>
+      </c>
+      <c r="E57" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" s="1072"/>
+      <c r="G57" s="801"/>
+      <c r="H57" s="801"/>
+      <c r="I57" s="748"/>
+      <c r="J57" s="1073"/>
+      <c r="K57" s="801"/>
+      <c r="L57" s="801"/>
+      <c r="M57" s="938"/>
+      <c r="N57" s="798" t="s">
+        <v>13</v>
+      </c>
+      <c r="O57" s="1074" t="s">
+        <v>27</v>
+      </c>
+      <c r="P57" s="1075" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q57" s="1075" t="s">
+        <v>396</v>
+      </c>
+      <c r="R57" s="1075" t="s">
+        <v>366</v>
+      </c>
+      <c r="S57" s="1075" t="s">
+        <v>362</v>
+      </c>
+      <c r="T57" s="1075" t="s">
+        <v>363</v>
+      </c>
+      <c r="U57" s="1076"/>
+      <c r="V57" s="1077"/>
+      <c r="W57" s="798" t="s">
+        <v>14</v>
+      </c>
+      <c r="X57" s="724"/>
+      <c r="Y57" s="1078"/>
+      <c r="Z57" s="739"/>
+      <c r="AA57" s="740">
+        <v>11</v>
+      </c>
+      <c r="AB57" s="730">
+        <v>11</v>
+      </c>
+      <c r="AC57" s="726"/>
+      <c r="AD57" s="824"/>
+      <c r="AE57" s="726"/>
+      <c r="AF57" s="746" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG57" s="783" t="s">
+        <v>397</v>
+      </c>
+      <c r="AH57" s="730" t="s">
+        <v>31</v>
+      </c>
+      <c r="AI57" s="730" t="s">
+        <v>365</v>
+      </c>
+      <c r="AJ57" s="1055" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK57" s="1055" t="s">
+        <v>364</v>
+      </c>
+      <c r="AL57" s="725"/>
+      <c r="AM57" s="725"/>
+      <c r="AN57" s="1079"/>
+      <c r="AO57" s="798" t="s">
         <v>18</v>
       </c>
-      <c r="AP36" s="160"/>
-[...16 lines deleted...]
-      <c r="AY36" s="58"/>
+      <c r="AP57" s="1080"/>
+      <c r="AQ57" s="1081"/>
+      <c r="AR57" s="980"/>
+      <c r="AS57" s="966"/>
+      <c r="AT57" s="1056" t="s">
+        <v>361</v>
+      </c>
+      <c r="AU57" s="720">
+        <v>12</v>
+      </c>
+      <c r="AV57" s="845">
+        <v>12</v>
+      </c>
+      <c r="AW57" s="966"/>
+      <c r="AX57" s="827" t="s">
+        <v>391</v>
+      </c>
+      <c r="AY57" s="1"/>
     </row>
-    <row r="37" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="N37" s="48" t="s">
+    <row r="58" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A58" s="907" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" s="697" t="s">
+        <v>398</v>
+      </c>
+      <c r="C58" s="757">
+        <v>229</v>
+      </c>
+      <c r="D58" s="757" t="s">
+        <v>397</v>
+      </c>
+      <c r="E58" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" s="758" t="s">
+        <v>399</v>
+      </c>
+      <c r="G58" s="703" t="s">
+        <v>400</v>
+      </c>
+      <c r="H58" s="703" t="s">
+        <v>401</v>
+      </c>
+      <c r="I58" s="703" t="s">
+        <v>402</v>
+      </c>
+      <c r="J58" s="703" t="s">
+        <v>403</v>
+      </c>
+      <c r="K58" s="703" t="s">
+        <v>404</v>
+      </c>
+      <c r="L58" s="749"/>
+      <c r="M58" s="814"/>
+      <c r="N58" s="702" t="s">
         <v>13</v>
       </c>
-      <c r="O37" s="166"/>
-[...7 lines deleted...]
-      <c r="W37" s="48" t="s">
+      <c r="O58" s="758" t="s">
+        <v>401</v>
+      </c>
+      <c r="P58" s="749" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q58" s="703" t="s">
+        <v>402</v>
+      </c>
+      <c r="R58" s="703" t="s">
+        <v>406</v>
+      </c>
+      <c r="S58" s="703" t="s">
+        <v>407</v>
+      </c>
+      <c r="T58" s="1082" t="s">
+        <v>408</v>
+      </c>
+      <c r="U58" s="703"/>
+      <c r="V58" s="814"/>
+      <c r="W58" s="702" t="s">
         <v>14</v>
       </c>
-      <c r="X37" s="163">
-[...17 lines deleted...]
-      <c r="AF37" s="53" t="s">
+      <c r="X58" s="948" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y58" s="815" t="s">
+        <v>403</v>
+      </c>
+      <c r="Z58" s="749" t="s">
+        <v>402</v>
+      </c>
+      <c r="AA58" s="703" t="s">
+        <v>404</v>
+      </c>
+      <c r="AB58" s="768" t="s">
+        <v>409</v>
+      </c>
+      <c r="AC58" s="1083" t="s">
+        <v>409</v>
+      </c>
+      <c r="AD58" s="768"/>
+      <c r="AE58" s="950"/>
+      <c r="AF58" s="1084" t="s">
         <v>16</v>
       </c>
-      <c r="AG37" s="102">
-[...21 lines deleted...]
-      <c r="AO37" s="48" t="s">
+      <c r="AG58" s="920" t="s">
+        <v>410</v>
+      </c>
+      <c r="AH58" s="768" t="s">
+        <v>401</v>
+      </c>
+      <c r="AI58" s="1083" t="s">
+        <v>403</v>
+      </c>
+      <c r="AJ58" s="768" t="s">
+        <v>408</v>
+      </c>
+      <c r="AK58" s="768" t="s">
+        <v>402</v>
+      </c>
+      <c r="AL58" s="768" t="s">
+        <v>405</v>
+      </c>
+      <c r="AM58" s="768"/>
+      <c r="AN58" s="1085"/>
+      <c r="AO58" s="1086" t="s">
         <v>18</v>
       </c>
-      <c r="AP37" s="166"/>
-[...10 lines deleted...]
-      <c r="AY37" s="58"/>
+      <c r="AP58" s="760" t="s">
+        <v>411</v>
+      </c>
+      <c r="AQ58" s="761" t="s">
+        <v>412</v>
+      </c>
+      <c r="AR58" s="956" t="s">
+        <v>413</v>
+      </c>
+      <c r="AS58" s="761" t="s">
+        <v>414</v>
+      </c>
+      <c r="AT58" s="762" t="s">
+        <v>415</v>
+      </c>
+      <c r="AU58" s="761"/>
+      <c r="AV58" s="765"/>
+      <c r="AW58" s="1087"/>
+      <c r="AX58" s="1088" t="s">
+        <v>341</v>
+      </c>
+      <c r="AY58" s="3"/>
     </row>
-    <row r="38" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-      <c r="N38" s="48" t="s">
+    <row r="59" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A59" s="712" t="s">
+        <v>416</v>
+      </c>
+      <c r="B59" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C59" s="779">
+        <v>127</v>
+      </c>
+      <c r="D59" s="779" t="s">
+        <v>361</v>
+      </c>
+      <c r="E59" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" s="781" t="s">
+        <v>417</v>
+      </c>
+      <c r="G59" s="730" t="s">
+        <v>418</v>
+      </c>
+      <c r="H59" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="I59" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="J59" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="K59" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="L59" s="725"/>
+      <c r="M59" s="831"/>
+      <c r="N59" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O38" s="115" t="s">
-[...15 lines deleted...]
-      <c r="W38" s="48" t="s">
+      <c r="O59" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="P59" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q59" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="R59" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="S59" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="T59" s="787" t="s">
+        <v>415</v>
+      </c>
+      <c r="U59" s="725"/>
+      <c r="V59" s="831"/>
+      <c r="W59" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X38" s="49"/>
-[...19 lines deleted...]
-      <c r="AF38" s="53" t="s">
+      <c r="X59" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y59" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z59" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA59" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="AB59" s="730" t="s">
+        <v>409</v>
+      </c>
+      <c r="AC59" s="781" t="s">
+        <v>409</v>
+      </c>
+      <c r="AD59" s="725"/>
+      <c r="AE59" s="831"/>
+      <c r="AF59" s="1069" t="s">
         <v>16</v>
       </c>
-      <c r="AG38" s="233"/>
-[...17 lines deleted...]
-      <c r="AO38" s="48" t="s">
+      <c r="AG59" s="783" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH59" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AI59" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="AJ59" s="787" t="s">
+        <v>402</v>
+      </c>
+      <c r="AK59" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="AL59" s="730" t="s">
+        <v>414</v>
+      </c>
+      <c r="AM59" s="1005"/>
+      <c r="AN59" s="726"/>
+      <c r="AO59" s="1066" t="s">
         <v>18</v>
       </c>
-      <c r="AP38" s="115" t="s">
-[...24 lines deleted...]
-      <c r="AY38" s="157"/>
+      <c r="AP59" s="783" t="s">
+        <v>411</v>
+      </c>
+      <c r="AQ59" s="720" t="s">
+        <v>412</v>
+      </c>
+      <c r="AR59" s="730" t="s">
+        <v>413</v>
+      </c>
+      <c r="AS59" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="AT59" s="730" t="s">
+        <v>410</v>
+      </c>
+      <c r="AU59" s="725"/>
+      <c r="AV59" s="726"/>
+      <c r="AW59" s="1089"/>
+      <c r="AX59" s="1090" t="s">
+        <v>416</v>
+      </c>
+      <c r="AY59" s="3"/>
     </row>
-    <row r="39" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="N39" s="48" t="s">
+    <row r="60" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A60" s="712" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C60" s="779">
+        <v>324</v>
+      </c>
+      <c r="D60" s="779" t="s">
+        <v>363</v>
+      </c>
+      <c r="E60" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="G60" s="822" t="s">
+        <v>419</v>
+      </c>
+      <c r="H60" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="I60" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="J60" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="K60" s="769" t="s">
+        <v>402</v>
+      </c>
+      <c r="L60" s="725"/>
+      <c r="M60" s="831"/>
+      <c r="N60" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O39" s="166"/>
-[...7 lines deleted...]
-      <c r="W39" s="48" t="s">
+      <c r="O60" s="781" t="s">
+        <v>402</v>
+      </c>
+      <c r="P60" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q60" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="R60" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="S60" s="730" t="s">
+        <v>415</v>
+      </c>
+      <c r="T60" s="1091" t="s">
+        <v>410</v>
+      </c>
+      <c r="U60" s="1092"/>
+      <c r="V60" s="831"/>
+      <c r="W60" s="877" t="s">
         <v>14</v>
       </c>
-      <c r="X39" s="167" t="s">
-[...15 lines deleted...]
-      <c r="AF39" s="53" t="s">
+      <c r="X60" s="790" t="s">
+        <v>405</v>
+      </c>
+      <c r="Y60" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="Z60" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA60" s="785" t="s">
+        <v>409</v>
+      </c>
+      <c r="AB60" s="730" t="s">
+        <v>409</v>
+      </c>
+      <c r="AC60" s="996" t="s">
+        <v>404</v>
+      </c>
+      <c r="AD60" s="1093"/>
+      <c r="AE60" s="831"/>
+      <c r="AF60" s="1069" t="s">
         <v>16</v>
       </c>
-      <c r="AG39" s="166"/>
-[...7 lines deleted...]
-      <c r="AO39" s="48" t="s">
+      <c r="AG60" s="783" t="s">
+        <v>402</v>
+      </c>
+      <c r="AH60" s="767" t="s">
+        <v>412</v>
+      </c>
+      <c r="AI60" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AJ60" s="787" t="s">
+        <v>413</v>
+      </c>
+      <c r="AK60" s="730" t="s">
+        <v>422</v>
+      </c>
+      <c r="AL60" s="1055" t="s">
+        <v>403</v>
+      </c>
+      <c r="AM60" s="719"/>
+      <c r="AN60" s="726"/>
+      <c r="AO60" s="1066" t="s">
         <v>18</v>
       </c>
-      <c r="AP39" s="363" t="s">
-[...18 lines deleted...]
-      <c r="AY39" s="58"/>
+      <c r="AP60" s="885" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ60" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="AR60" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AS60" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="AT60" s="781" t="s">
+        <v>403</v>
+      </c>
+      <c r="AU60" s="1030"/>
+      <c r="AV60" s="726"/>
+      <c r="AW60" s="1089"/>
+      <c r="AX60" s="1090" t="s">
+        <v>249</v>
+      </c>
+      <c r="AY60" s="3"/>
     </row>
-    <row r="40" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="N40" s="48" t="s">
+    <row r="61" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A61" s="712" t="s">
+        <v>420</v>
+      </c>
+      <c r="B61" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C61" s="779">
+        <v>227</v>
+      </c>
+      <c r="D61" s="779" t="s">
+        <v>366</v>
+      </c>
+      <c r="E61" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="G61" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="H61" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="I61" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="J61" s="730" t="s">
+        <v>421</v>
+      </c>
+      <c r="K61" s="769" t="s">
+        <v>417</v>
+      </c>
+      <c r="L61" s="725"/>
+      <c r="M61" s="831"/>
+      <c r="N61" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O40" s="363" t="s">
-[...19 lines deleted...]
-      <c r="W40" s="48" t="s">
+      <c r="O61" s="781" t="s">
+        <v>402</v>
+      </c>
+      <c r="P61" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q61" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="R61" s="730" t="s">
+        <v>410</v>
+      </c>
+      <c r="S61" s="730" t="s">
+        <v>407</v>
+      </c>
+      <c r="T61" s="787" t="s">
+        <v>404</v>
+      </c>
+      <c r="U61" s="725"/>
+      <c r="V61" s="831"/>
+      <c r="W61" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X40" s="178"/>
-[...7 lines deleted...]
-      <c r="AF40" s="53" t="s">
+      <c r="X61" s="781" t="s">
+        <v>421</v>
+      </c>
+      <c r="Y61" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z61" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA61" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="AB61" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="AC61" s="996" t="s">
+        <v>408</v>
+      </c>
+      <c r="AD61" s="725"/>
+      <c r="AE61" s="831"/>
+      <c r="AF61" s="1069" t="s">
         <v>16</v>
       </c>
-      <c r="AG40" s="166"/>
-[...7 lines deleted...]
-      <c r="AO40" s="48" t="s">
+      <c r="AG61" s="783" t="s">
+        <v>402</v>
+      </c>
+      <c r="AH61" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AI61" s="730" t="s">
+        <v>413</v>
+      </c>
+      <c r="AJ61" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK61" s="730" t="s">
+        <v>422</v>
+      </c>
+      <c r="AL61" s="1055" t="s">
+        <v>423</v>
+      </c>
+      <c r="AM61" s="725"/>
+      <c r="AN61" s="726"/>
+      <c r="AO61" s="1066" t="s">
         <v>18</v>
       </c>
-      <c r="AP40" s="166"/>
-[...16 lines deleted...]
-      <c r="AY40" s="58"/>
+      <c r="AP61" s="1094" t="s">
+        <v>411</v>
+      </c>
+      <c r="AQ61" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="AR61" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AS61" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT61" s="781" t="s">
+        <v>403</v>
+      </c>
+      <c r="AU61" s="730" t="s">
+        <v>415</v>
+      </c>
+      <c r="AV61" s="726"/>
+      <c r="AW61" s="1089"/>
+      <c r="AX61" s="1090" t="s">
+        <v>420</v>
+      </c>
+      <c r="AY61" s="3"/>
     </row>
-    <row r="41" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="N41" s="48" t="s">
+    <row r="62" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A62" s="809" t="s">
+        <v>424</v>
+      </c>
+      <c r="B62" s="810" t="s">
+        <v>398</v>
+      </c>
+      <c r="C62" s="811">
+        <v>226</v>
+      </c>
+      <c r="D62" s="811" t="s">
+        <v>367</v>
+      </c>
+      <c r="E62" s="716" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" s="781" t="s">
+        <v>421</v>
+      </c>
+      <c r="G62" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="H62" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="I62" s="730" t="s">
+        <v>413</v>
+      </c>
+      <c r="J62" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="K62" s="1095" t="s">
+        <v>408</v>
+      </c>
+      <c r="L62" s="791"/>
+      <c r="M62" s="831"/>
+      <c r="N62" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O41" s="131">
-[...21 lines deleted...]
-      <c r="W41" s="130" t="s">
+      <c r="O62" s="781" t="s">
+        <v>402</v>
+      </c>
+      <c r="P62" s="787" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q62" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="R62" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="S62" s="730" t="s">
+        <v>415</v>
+      </c>
+      <c r="T62" s="730" t="s">
+        <v>404</v>
+      </c>
+      <c r="U62" s="725"/>
+      <c r="V62" s="831"/>
+      <c r="W62" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X41" s="46">
-[...21 lines deleted...]
-      <c r="AF41" s="73" t="s">
+      <c r="X62" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y62" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="Z62" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="AA62" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB62" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AC62" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AD62" s="725"/>
+      <c r="AE62" s="831"/>
+      <c r="AF62" s="1069" t="s">
         <v>16</v>
       </c>
-      <c r="AG41" s="131">
-[...15 lines deleted...]
-      <c r="AO41" s="130" t="s">
+      <c r="AG62" s="783" t="s">
+        <v>405</v>
+      </c>
+      <c r="AH62" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="AI62" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AJ62" s="730" t="s">
+        <v>410</v>
+      </c>
+      <c r="AK62" s="730" t="s">
+        <v>421</v>
+      </c>
+      <c r="AL62" s="1055" t="s">
+        <v>425</v>
+      </c>
+      <c r="AM62" s="725"/>
+      <c r="AN62" s="726"/>
+      <c r="AO62" s="1066" t="s">
         <v>18</v>
       </c>
-      <c r="AP41" s="379"/>
-[...10 lines deleted...]
-      <c r="AY41" s="58"/>
+      <c r="AP62" s="885" t="s">
+        <v>399</v>
+      </c>
+      <c r="AQ62" s="730" t="s">
+        <v>411</v>
+      </c>
+      <c r="AR62" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AS62" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT62" s="781" t="s">
+        <v>414</v>
+      </c>
+      <c r="AU62" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="AV62" s="726"/>
+      <c r="AW62" s="1096"/>
+      <c r="AX62" s="1097" t="s">
+        <v>424</v>
+      </c>
+      <c r="AY62" s="3"/>
     </row>
-    <row r="42" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...32 lines deleted...]
-      <c r="M42" s="388" t="s">
+    <row r="63" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A63" s="712" t="s">
+        <v>20</v>
+      </c>
+      <c r="B63" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C63" s="779">
         <v>322</v>
       </c>
-      <c r="N42" s="268" t="s">
+      <c r="D63" s="779" t="s">
+        <v>362</v>
+      </c>
+      <c r="E63" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" s="781" t="s">
+        <v>408</v>
+      </c>
+      <c r="G63" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="H63" s="707" t="s">
+        <v>405</v>
+      </c>
+      <c r="I63" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="J63" s="781" t="s">
+        <v>399</v>
+      </c>
+      <c r="K63" s="730" t="s">
+        <v>421</v>
+      </c>
+      <c r="L63" s="725"/>
+      <c r="M63" s="1098"/>
+      <c r="N63" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O42" s="389" t="s">
+      <c r="O63" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="Q63" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="R63" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="S63" s="730" t="s">
+        <v>410</v>
+      </c>
+      <c r="T63" s="730" t="s">
+        <v>415</v>
+      </c>
+      <c r="U63" s="725"/>
+      <c r="V63" s="1098"/>
+      <c r="W63" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X63" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y63" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z63" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="AA63" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="AB63" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="AC63" s="1055" t="s">
+        <v>421</v>
+      </c>
+      <c r="AD63" s="1005"/>
+      <c r="AE63" s="1098"/>
+      <c r="AF63" s="1069" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG63" s="783" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH63" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="AI63" s="785" t="s">
+        <v>403</v>
+      </c>
+      <c r="AJ63" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AK63" s="730" t="s">
+        <v>414</v>
+      </c>
+      <c r="AL63" s="1055" t="s">
+        <v>426</v>
+      </c>
+      <c r="AM63" s="1099"/>
+      <c r="AN63" s="726"/>
+      <c r="AO63" s="1066" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP63" s="783" t="s">
+        <v>403</v>
+      </c>
+      <c r="AQ63" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AR63" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="AS63" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AT63" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="AU63" s="730" t="s">
+        <v>413</v>
+      </c>
+      <c r="AV63" s="726"/>
+      <c r="AW63" s="1089"/>
+      <c r="AX63" s="1090" t="s">
+        <v>20</v>
+      </c>
+      <c r="AY63" s="3"/>
+    </row>
+    <row r="64" spans="1:51" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="1100"/>
+      <c r="B64" s="778" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" s="828"/>
+      <c r="D64" s="778"/>
+      <c r="E64" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" s="1101"/>
+      <c r="G64" s="1102" t="s">
+        <v>363</v>
+      </c>
+      <c r="H64" s="1103"/>
+      <c r="I64" s="1104"/>
+      <c r="J64" s="1104"/>
+      <c r="K64" s="781" t="s">
+        <v>427</v>
+      </c>
+      <c r="L64" s="781"/>
+      <c r="M64" s="1105"/>
+      <c r="N64" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O64" s="724"/>
+      <c r="P64" s="1106"/>
+      <c r="Q64" s="725"/>
+      <c r="R64" s="725"/>
+      <c r="S64" s="725"/>
+      <c r="T64" s="725"/>
+      <c r="U64" s="725"/>
+      <c r="V64" s="1105"/>
+      <c r="W64" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X64" s="889"/>
+      <c r="Y64" s="725"/>
+      <c r="Z64" s="725"/>
+      <c r="AA64" s="725"/>
+      <c r="AB64" s="725"/>
+      <c r="AC64" s="1055" t="s">
+        <v>428</v>
+      </c>
+      <c r="AD64" s="719"/>
+      <c r="AE64" s="1105"/>
+      <c r="AF64" s="1069" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG64" s="829"/>
+      <c r="AH64" s="1106"/>
+      <c r="AI64" s="782"/>
+      <c r="AJ64" s="1106"/>
+      <c r="AK64" s="725"/>
+      <c r="AL64" s="1055" t="s">
+        <v>362</v>
+      </c>
+      <c r="AM64" s="725"/>
+      <c r="AN64" s="704"/>
+      <c r="AO64" s="1066" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP64" s="829"/>
+      <c r="AQ64" s="700"/>
+      <c r="AR64" s="700"/>
+      <c r="AS64" s="1107"/>
+      <c r="AT64" s="725"/>
+      <c r="AU64" s="725"/>
+      <c r="AV64" s="726"/>
+      <c r="AW64" s="1108"/>
+      <c r="AX64" s="923"/>
+      <c r="AY64" s="1"/>
+    </row>
+    <row r="65" spans="1:51" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="712" t="s">
+        <v>429</v>
+      </c>
+      <c r="B65" s="1109" t="s">
+        <v>398</v>
+      </c>
+      <c r="C65" s="1110">
         <v>323</v>
       </c>
-      <c r="P42" s="390" t="s">
+      <c r="D65" s="1110" t="s">
+        <v>364</v>
+      </c>
+      <c r="E65" s="723" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" s="781" t="s">
+        <v>412</v>
+      </c>
+      <c r="G65" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="H65" s="973" t="s">
+        <v>401</v>
+      </c>
+      <c r="I65" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="J65" s="785" t="s">
+        <v>402</v>
+      </c>
+      <c r="K65" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="L65" s="782"/>
+      <c r="M65" s="831"/>
+      <c r="N65" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O65" s="781" t="s">
+        <v>405</v>
+      </c>
+      <c r="P65" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q65" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="R65" s="785" t="s">
+        <v>415</v>
+      </c>
+      <c r="S65" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="T65" s="730" t="s">
+        <v>421</v>
+      </c>
+      <c r="U65" s="725"/>
+      <c r="V65" s="831"/>
+      <c r="W65" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X65" s="781" t="s">
+        <v>412</v>
+      </c>
+      <c r="Y65" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="Z65" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AA65" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB65" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AC65" s="1055" t="s">
+        <v>430</v>
+      </c>
+      <c r="AD65" s="725"/>
+      <c r="AE65" s="831"/>
+      <c r="AF65" s="1069" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG65" s="783" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH65" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AI65" s="785" t="s">
+        <v>413</v>
+      </c>
+      <c r="AJ65" s="730" t="s">
+        <v>414</v>
+      </c>
+      <c r="AK65" s="730" t="s">
+        <v>410</v>
+      </c>
+      <c r="AL65" s="1055" t="s">
+        <v>402</v>
+      </c>
+      <c r="AM65" s="725"/>
+      <c r="AN65" s="1111"/>
+      <c r="AO65" s="1066" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP65" s="783" t="s">
+        <v>408</v>
+      </c>
+      <c r="AQ65" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AR65" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="AS65" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AT65" s="730" t="s">
+        <v>421</v>
+      </c>
+      <c r="AU65" s="725"/>
+      <c r="AV65" s="726"/>
+      <c r="AW65" s="876"/>
+      <c r="AX65" s="1112" t="s">
+        <v>429</v>
+      </c>
+      <c r="AY65" s="5"/>
+    </row>
+    <row r="66" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A66" s="712" t="s">
+        <v>431</v>
+      </c>
+      <c r="B66" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C66" s="779">
+        <v>126</v>
+      </c>
+      <c r="D66" s="779" t="s">
+        <v>365</v>
+      </c>
+      <c r="E66" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" s="781" t="s">
+        <v>402</v>
+      </c>
+      <c r="G66" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="H66" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="I66" s="973" t="s">
+        <v>401</v>
+      </c>
+      <c r="J66" s="730" t="s">
+        <v>417</v>
+      </c>
+      <c r="K66" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="L66" s="791"/>
+      <c r="M66" s="831"/>
+      <c r="N66" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O66" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="P66" s="730" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q66" s="730" t="s">
+        <v>415</v>
+      </c>
+      <c r="R66" s="785" t="s">
+        <v>421</v>
+      </c>
+      <c r="S66" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="T66" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="U66" s="725"/>
+      <c r="V66" s="831"/>
+      <c r="W66" s="723" t="s">
+        <v>14</v>
+      </c>
+      <c r="X66" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y66" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="Z66" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AA66" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB66" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AC66" s="1055" t="s">
+        <v>432</v>
+      </c>
+      <c r="AD66" s="725"/>
+      <c r="AE66" s="1113"/>
+      <c r="AF66" s="1114" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG66" s="1115" t="s">
+        <v>408</v>
+      </c>
+      <c r="AH66" s="1093" t="s">
+        <v>405</v>
+      </c>
+      <c r="AI66" s="1093" t="s">
+        <v>410</v>
+      </c>
+      <c r="AJ66" s="1093" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK66" s="1093" t="s">
+        <v>413</v>
+      </c>
+      <c r="AL66" s="1116" t="s">
+        <v>421</v>
+      </c>
+      <c r="AM66" s="725"/>
+      <c r="AN66" s="1006"/>
+      <c r="AO66" s="1066" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP66" s="783" t="s">
+        <v>401</v>
+      </c>
+      <c r="AQ66" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AR66" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AS66" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="AT66" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AU66" s="725"/>
+      <c r="AV66" s="726"/>
+      <c r="AW66" s="1089"/>
+      <c r="AX66" s="1090" t="s">
+        <v>431</v>
+      </c>
+      <c r="AY66" s="3"/>
+    </row>
+    <row r="67" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A67" s="712" t="s">
+        <v>433</v>
+      </c>
+      <c r="B67" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C67" s="779">
         <v>324</v>
       </c>
-      <c r="Q42" s="27" t="s">
-[...9 lines deleted...]
-      <c r="W42" s="26" t="s">
+      <c r="D67" s="779" t="s">
+        <v>31</v>
+      </c>
+      <c r="E67" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="G67" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="H67" s="767" t="s">
+        <v>403</v>
+      </c>
+      <c r="I67" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="J67" s="730" t="s">
+        <v>406</v>
+      </c>
+      <c r="K67" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="L67" s="725"/>
+      <c r="M67" s="831"/>
+      <c r="N67" s="723" t="s">
+        <v>13</v>
+      </c>
+      <c r="O67" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="P67" s="730" t="s">
+        <v>412</v>
+      </c>
+      <c r="Q67" s="730" t="s">
+        <v>408</v>
+      </c>
+      <c r="R67" s="730" t="s">
+        <v>405</v>
+      </c>
+      <c r="S67" s="730" t="s">
+        <v>413</v>
+      </c>
+      <c r="T67" s="730" t="s">
+        <v>421</v>
+      </c>
+      <c r="U67" s="725"/>
+      <c r="V67" s="831"/>
+      <c r="W67" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X42" s="383" t="s">
-[...15 lines deleted...]
-      <c r="AF42" s="392" t="s">
+      <c r="X67" s="781" t="s">
+        <v>417</v>
+      </c>
+      <c r="Y67" s="996" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z67" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA67" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB67" s="767" t="s">
+        <v>401</v>
+      </c>
+      <c r="AC67" s="1055" t="s">
+        <v>434</v>
+      </c>
+      <c r="AD67" s="997"/>
+      <c r="AE67" s="1113"/>
+      <c r="AF67" s="1114" t="s">
         <v>16</v>
       </c>
-      <c r="AG42" s="393" t="s">
-[...17 lines deleted...]
-      <c r="AO42" s="26" t="s">
+      <c r="AG67" s="1115" t="s">
+        <v>421</v>
+      </c>
+      <c r="AH67" s="1093" t="s">
+        <v>410</v>
+      </c>
+      <c r="AI67" s="1093" t="s">
+        <v>401</v>
+      </c>
+      <c r="AJ67" s="1093" t="s">
+        <v>405</v>
+      </c>
+      <c r="AK67" s="1117" t="s">
+        <v>408</v>
+      </c>
+      <c r="AL67" s="1116" t="s">
+        <v>415</v>
+      </c>
+      <c r="AM67" s="725"/>
+      <c r="AN67" s="726"/>
+      <c r="AO67" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP42" s="395"/>
-[...10 lines deleted...]
-      <c r="AY42" s="157"/>
+      <c r="AP67" s="783" t="s">
+        <v>401</v>
+      </c>
+      <c r="AQ67" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AR67" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AS67" s="785" t="s">
+        <v>403</v>
+      </c>
+      <c r="AT67" s="1116" t="s">
+        <v>414</v>
+      </c>
+      <c r="AU67" s="725"/>
+      <c r="AV67" s="1006"/>
+      <c r="AW67" s="1089"/>
+      <c r="AX67" s="1090" t="s">
+        <v>433</v>
+      </c>
+      <c r="AY67" s="3"/>
     </row>
-    <row r="43" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="N43" s="48" t="s">
+    <row r="68" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A68" s="712" t="s">
+        <v>435</v>
+      </c>
+      <c r="B68" s="778" t="s">
+        <v>398</v>
+      </c>
+      <c r="C68" s="779">
+        <v>128</v>
+      </c>
+      <c r="D68" s="779" t="s">
+        <v>395</v>
+      </c>
+      <c r="E68" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" s="781" t="s">
+        <v>401</v>
+      </c>
+      <c r="G68" s="831" t="s">
+        <v>402</v>
+      </c>
+      <c r="H68" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="I68" s="767" t="s">
+        <v>399</v>
+      </c>
+      <c r="J68" s="730" t="s">
+        <v>414</v>
+      </c>
+      <c r="K68" s="730" t="s">
+        <v>436</v>
+      </c>
+      <c r="L68" s="791"/>
+      <c r="M68" s="831"/>
+      <c r="N68" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O43" s="112" t="s">
-[...19 lines deleted...]
-      <c r="W43" s="48" t="s">
+      <c r="O68" s="781" t="s">
+        <v>412</v>
+      </c>
+      <c r="P68" s="730" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q68" s="767" t="s">
+        <v>403</v>
+      </c>
+      <c r="R68" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="S68" s="785" t="s">
+        <v>402</v>
+      </c>
+      <c r="T68" s="749" t="s">
+        <v>406</v>
+      </c>
+      <c r="U68" s="1118"/>
+      <c r="V68" s="831"/>
+      <c r="W68" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X43" s="166"/>
-[...9 lines deleted...]
-      <c r="AF43" s="399" t="s">
+      <c r="X68" s="781" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y68" s="749" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z68" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA68" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="AB68" s="730" t="s">
+        <v>415</v>
+      </c>
+      <c r="AC68" s="1055" t="s">
+        <v>404</v>
+      </c>
+      <c r="AD68" s="791"/>
+      <c r="AE68" s="1113"/>
+      <c r="AF68" s="1114" t="s">
         <v>16</v>
       </c>
-      <c r="AG43" s="363" t="s">
-[...17 lines deleted...]
-      <c r="AO43" s="48" t="s">
+      <c r="AG68" s="1115" t="s">
+        <v>412</v>
+      </c>
+      <c r="AH68" s="1093" t="s">
+        <v>403</v>
+      </c>
+      <c r="AI68" s="1093" t="s">
+        <v>402</v>
+      </c>
+      <c r="AJ68" s="1091" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK68" s="1093" t="s">
+        <v>404</v>
+      </c>
+      <c r="AL68" s="1119"/>
+      <c r="AM68" s="759"/>
+      <c r="AN68" s="726"/>
+      <c r="AO68" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP43" s="115" t="s">
-[...24 lines deleted...]
-      <c r="AY43" s="157"/>
+      <c r="AP68" s="783" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ68" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AR68" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="AS68" s="785" t="s">
+        <v>401</v>
+      </c>
+      <c r="AT68" s="730" t="s">
+        <v>413</v>
+      </c>
+      <c r="AU68" s="725"/>
+      <c r="AV68" s="1006"/>
+      <c r="AW68" s="1089"/>
+      <c r="AX68" s="1090" t="s">
+        <v>435</v>
+      </c>
+      <c r="AY68" s="3"/>
     </row>
-    <row r="44" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="N44" s="48" t="s">
+    <row r="69" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A69" s="840" t="s">
+        <v>437</v>
+      </c>
+      <c r="B69" s="873" t="s">
+        <v>398</v>
+      </c>
+      <c r="C69" s="842">
+        <v>129</v>
+      </c>
+      <c r="D69" s="779" t="s">
+        <v>27</v>
+      </c>
+      <c r="E69" s="780" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" s="781" t="s">
+        <v>403</v>
+      </c>
+      <c r="G69" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="H69" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="I69" s="730" t="s">
+        <v>399</v>
+      </c>
+      <c r="J69" s="730" t="s">
+        <v>414</v>
+      </c>
+      <c r="K69" s="1095" t="s">
+        <v>438</v>
+      </c>
+      <c r="L69" s="725"/>
+      <c r="M69" s="831"/>
+      <c r="N69" s="723" t="s">
         <v>13</v>
       </c>
-      <c r="O44" s="122">
-[...17 lines deleted...]
-      <c r="W44" s="48" t="s">
+      <c r="O69" s="781" t="s">
+        <v>410</v>
+      </c>
+      <c r="P69" s="785" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q69" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="R69" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="S69" s="767" t="s">
+        <v>406</v>
+      </c>
+      <c r="T69" s="787" t="s">
+        <v>415</v>
+      </c>
+      <c r="U69" s="725"/>
+      <c r="V69" s="831"/>
+      <c r="W69" s="723" t="s">
         <v>14</v>
       </c>
-      <c r="X44" s="160"/>
-[...17 lines deleted...]
-      <c r="AF44" s="399" t="s">
+      <c r="X69" s="781" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y69" s="730" t="s">
+        <v>401</v>
+      </c>
+      <c r="Z69" s="787" t="s">
+        <v>412</v>
+      </c>
+      <c r="AA69" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AB69" s="730" t="s">
+        <v>403</v>
+      </c>
+      <c r="AC69" s="1055" t="s">
+        <v>404</v>
+      </c>
+      <c r="AD69" s="725"/>
+      <c r="AE69" s="1113"/>
+      <c r="AF69" s="1120" t="s">
         <v>16</v>
       </c>
-      <c r="AG44" s="239" t="s">
-[...19 lines deleted...]
-      <c r="AO44" s="48" t="s">
+      <c r="AG69" s="1115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH69" s="1093" t="s">
+        <v>412</v>
+      </c>
+      <c r="AI69" s="1093" t="s">
+        <v>402</v>
+      </c>
+      <c r="AJ69" s="1093" t="s">
+        <v>413</v>
+      </c>
+      <c r="AK69" s="1121" t="s">
+        <v>403</v>
+      </c>
+      <c r="AL69" s="1119"/>
+      <c r="AM69" s="997"/>
+      <c r="AN69" s="726"/>
+      <c r="AO69" s="723" t="s">
         <v>18</v>
       </c>
-      <c r="AP44" s="112">
-[...22 lines deleted...]
-      <c r="AY44" s="157"/>
+      <c r="AP69" s="1122" t="s">
+        <v>404</v>
+      </c>
+      <c r="AQ69" s="1123" t="s">
+        <v>401</v>
+      </c>
+      <c r="AR69" s="767" t="s">
+        <v>403</v>
+      </c>
+      <c r="AS69" s="730" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT69" s="767" t="s">
+        <v>399</v>
+      </c>
+      <c r="AU69" s="725"/>
+      <c r="AV69" s="726"/>
+      <c r="AW69" s="1089"/>
+      <c r="AX69" s="1090" t="s">
+        <v>437</v>
+      </c>
+      <c r="AY69" s="3"/>
     </row>
-    <row r="45" spans="1:51" ht="18" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-      <c r="N45" s="48" t="s">
+    <row r="70" spans="1:51" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A70" s="844" t="s">
+        <v>439</v>
+      </c>
+      <c r="B70" s="1039" t="s">
+        <v>398</v>
+      </c>
+      <c r="C70" s="1124">
+        <v>228</v>
+      </c>
+      <c r="D70" s="795" t="s">
+        <v>396</v>
+      </c>
+      <c r="E70" s="796" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" s="1125" t="s">
+        <v>399</v>
+      </c>
+      <c r="G70" s="1126" t="s">
+        <v>402</v>
+      </c>
+      <c r="H70" s="1126" t="s">
+        <v>403</v>
+      </c>
+      <c r="I70" s="1126" t="s">
+        <v>401</v>
+      </c>
+      <c r="J70" s="1126" t="s">
+        <v>406</v>
+      </c>
+      <c r="K70" s="1126" t="s">
+        <v>440</v>
+      </c>
+      <c r="L70" s="1039"/>
+      <c r="M70" s="1127"/>
+      <c r="N70" s="796" t="s">
         <v>13</v>
       </c>
-      <c r="O45" s="112">
-[...21 lines deleted...]
-      <c r="W45" s="48" t="s">
+      <c r="O70" s="1128" t="s">
+        <v>402</v>
+      </c>
+      <c r="P70" s="1126" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q70" s="1126" t="s">
+        <v>410</v>
+      </c>
+      <c r="R70" s="1126" t="s">
+        <v>401</v>
+      </c>
+      <c r="S70" s="1126" t="s">
+        <v>404</v>
+      </c>
+      <c r="T70" s="1126" t="s">
+        <v>415</v>
+      </c>
+      <c r="U70" s="1010"/>
+      <c r="V70" s="1127"/>
+      <c r="W70" s="796" t="s">
         <v>14</v>
       </c>
-      <c r="X45" s="166"/>
-[...7 lines deleted...]
-      <c r="AF45" s="399" t="s">
+      <c r="X70" s="1128" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y70" s="1126" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z70" s="1126" t="s">
+        <v>412</v>
+      </c>
+      <c r="AA70" s="1126" t="s">
+        <v>402</v>
+      </c>
+      <c r="AB70" s="1128" t="s">
+        <v>414</v>
+      </c>
+      <c r="AC70" s="1126" t="s">
+        <v>403</v>
+      </c>
+      <c r="AD70" s="1039"/>
+      <c r="AE70" s="1127"/>
+      <c r="AF70" s="1129" t="s">
         <v>16</v>
       </c>
-      <c r="AG45" s="115" t="s">
-[...19 lines deleted...]
-      <c r="AO45" s="48" t="s">
+      <c r="AG70" s="1130" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH70" s="1127" t="s">
+        <v>402</v>
+      </c>
+      <c r="AI70" s="1126" t="s">
+        <v>412</v>
+      </c>
+      <c r="AJ70" s="1126" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK70" s="1126" t="s">
+        <v>404</v>
+      </c>
+      <c r="AL70" s="1039"/>
+      <c r="AM70" s="1131"/>
+      <c r="AN70" s="1132"/>
+      <c r="AO70" s="796" t="s">
         <v>18</v>
       </c>
-      <c r="AP45" s="404"/>
-[...1149 lines deleted...]
-      <c r="AQ56" s="277" t="s">
+      <c r="AP70" s="1133" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ70" s="744" t="s">
+        <v>403</v>
+      </c>
+      <c r="AR70" s="1134" t="s">
+        <v>401</v>
+      </c>
+      <c r="AS70" s="1135" t="s">
+        <v>413</v>
+      </c>
+      <c r="AT70" s="1134" t="s">
         <v>399</v>
       </c>
-      <c r="AR56" s="459" t="s">
-[...1067 lines deleted...]
-      <c r="AC65" s="436" t="s">
+      <c r="AU70" s="1136"/>
+      <c r="AV70" s="1137"/>
+      <c r="AW70" s="1138"/>
+      <c r="AX70" s="1139" t="s">
         <v>439</v>
       </c>
-      <c r="AD65" s="50"/>
-[...697 lines deleted...]
-      <c r="AY70" s="536"/>
+      <c r="AY70" s="9"/>
     </row>
     <row r="71" spans="1:51" ht="15" x14ac:dyDescent="0.2">
-      <c r="A71" s="537"/>
-[...47 lines deleted...]
-      <c r="AY71" s="538"/>
+      <c r="A71" s="10"/>
+      <c r="B71" s="11"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="11"/>
+      <c r="E71" s="11"/>
+      <c r="F71" s="13"/>
+      <c r="G71" s="11"/>
+      <c r="H71" s="13"/>
+      <c r="I71" s="11"/>
+      <c r="J71" s="11"/>
+      <c r="K71" s="11"/>
+      <c r="L71" s="14"/>
+      <c r="M71" s="11"/>
+      <c r="N71" s="11"/>
+      <c r="O71" s="15"/>
+      <c r="P71" s="11"/>
+      <c r="Q71" s="11"/>
+      <c r="R71" s="11"/>
+      <c r="S71" s="11"/>
+      <c r="T71" s="15"/>
+      <c r="U71" s="15"/>
+      <c r="V71" s="11"/>
+      <c r="W71" s="11"/>
+      <c r="X71" s="15"/>
+      <c r="Y71" s="11"/>
+      <c r="Z71" s="11"/>
+      <c r="AA71" s="11"/>
+      <c r="AB71" s="15"/>
+      <c r="AC71" s="10"/>
+      <c r="AD71" s="15"/>
+      <c r="AE71" s="11"/>
+      <c r="AF71" s="11"/>
+      <c r="AG71" s="11"/>
+      <c r="AH71" s="11"/>
+      <c r="AI71" s="11"/>
+      <c r="AJ71" s="11"/>
+      <c r="AK71" s="11"/>
+      <c r="AL71" s="15"/>
+      <c r="AM71" s="10"/>
+      <c r="AN71" s="11"/>
+      <c r="AO71" s="11"/>
+      <c r="AR71" s="11"/>
+      <c r="AS71" s="11"/>
+      <c r="AT71" s="16"/>
+      <c r="AU71" s="13"/>
+      <c r="AV71" s="16"/>
+      <c r="AW71" s="11"/>
+      <c r="AX71" s="11"/>
+      <c r="AY71" s="11"/>
     </row>
     <row r="72" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A72" s="537"/>
-[...49 lines deleted...]
-      <c r="AY72" s="538"/>
+      <c r="A72" s="10"/>
+      <c r="B72" s="11"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="11"/>
+      <c r="E72" s="12"/>
+      <c r="F72" s="13"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="13"/>
+      <c r="K72" s="13"/>
+      <c r="L72" s="13"/>
+      <c r="M72" s="11"/>
+      <c r="N72" s="11"/>
+      <c r="O72" s="11"/>
+      <c r="P72" s="11"/>
+      <c r="Q72" s="11"/>
+      <c r="R72" s="11"/>
+      <c r="S72" s="11"/>
+      <c r="T72" s="11"/>
+      <c r="U72" s="11"/>
+      <c r="V72" s="11"/>
+      <c r="W72" s="11"/>
+      <c r="X72" s="11"/>
+      <c r="Y72" s="11"/>
+      <c r="Z72" s="11"/>
+      <c r="AA72" s="11"/>
+      <c r="AB72" s="11"/>
+      <c r="AC72" s="11"/>
+      <c r="AD72" s="11"/>
+      <c r="AE72" s="11"/>
+      <c r="AF72" s="11"/>
+      <c r="AG72" s="11"/>
+      <c r="AH72" s="11"/>
+      <c r="AI72" s="11"/>
+      <c r="AJ72" s="11"/>
+      <c r="AK72" s="11"/>
+      <c r="AL72" s="11"/>
+      <c r="AM72" s="11"/>
+      <c r="AN72" s="11"/>
+      <c r="AO72" s="11"/>
+      <c r="AP72" s="11"/>
+      <c r="AQ72" s="11"/>
+      <c r="AR72" s="11"/>
+      <c r="AS72" s="11"/>
+      <c r="AT72" s="17"/>
+      <c r="AU72" s="11"/>
+      <c r="AV72" s="11"/>
+      <c r="AW72" s="11"/>
+      <c r="AX72" s="11"/>
+      <c r="AY72" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="AP1:AW1"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="F1:M1"/>
     <mergeCell ref="O1:V1"/>
     <mergeCell ref="X1:AE1"/>
     <mergeCell ref="AG1:AN1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0" footer="0"/>
-  <pageSetup paperSize="9" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId1"/>
+  <pageSetup paperSize="9" fitToWidth="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:AY71"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.5703125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="15.28515625" customWidth="1"/>
     <col min="3" max="3" width="8.42578125" customWidth="1"/>
     <col min="4" max="4" width="5.85546875" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" customWidth="1"/>
     <col min="7" max="7" width="8.42578125" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" customWidth="1"/>
     <col min="10" max="10" width="11.28515625" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" customWidth="1"/>
     <col min="12" max="12" width="7.7109375" customWidth="1"/>
     <col min="13" max="14" width="8" customWidth="1"/>
     <col min="15" max="15" width="9.7109375" customWidth="1"/>
     <col min="16" max="16" width="9.42578125" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="9.7109375" customWidth="1"/>
     <col min="23" max="23" width="7.42578125" customWidth="1"/>
     <col min="24" max="24" width="10.42578125" customWidth="1"/>
     <col min="25" max="25" width="4.42578125" customWidth="1"/>
     <col min="26" max="26" width="9.42578125" customWidth="1"/>
     <col min="27" max="27" width="9.140625" customWidth="1"/>
     <col min="28" max="28" width="9.42578125" customWidth="1"/>
     <col min="30" max="30" width="9.28515625" customWidth="1"/>
     <col min="31" max="31" width="9.85546875" customWidth="1"/>
     <col min="32" max="32" width="6.28515625" customWidth="1"/>
     <col min="34" max="34" width="8.85546875" customWidth="1"/>
     <col min="35" max="35" width="9.28515625" customWidth="1"/>
     <col min="38" max="38" width="9" customWidth="1"/>
     <col min="40" max="40" width="6.42578125" customWidth="1"/>
     <col min="41" max="41" width="8.28515625" customWidth="1"/>
     <col min="49" max="49" width="7.42578125" customWidth="1"/>
     <col min="51" max="51" width="5.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="545"/>
-[...49 lines deleted...]
-      <c r="AY1" s="545"/>
+      <c r="A1" s="18"/>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
+      <c r="N1" s="18"/>
+      <c r="O1" s="18"/>
+      <c r="P1" s="18"/>
+      <c r="Q1" s="18"/>
+      <c r="R1" s="18"/>
+      <c r="S1" s="18"/>
+      <c r="T1" s="18"/>
+      <c r="U1" s="18"/>
+      <c r="V1" s="18"/>
+      <c r="W1" s="18"/>
+      <c r="X1" s="18"/>
+      <c r="Y1" s="18"/>
+      <c r="Z1" s="18"/>
+      <c r="AA1" s="18"/>
+      <c r="AB1" s="18"/>
+      <c r="AC1" s="18"/>
+      <c r="AD1" s="18"/>
+      <c r="AE1" s="18"/>
+      <c r="AF1" s="18"/>
+      <c r="AG1" s="18"/>
+      <c r="AH1" s="18"/>
+      <c r="AI1" s="18"/>
+      <c r="AJ1" s="18"/>
+      <c r="AK1" s="18"/>
+      <c r="AL1" s="18"/>
+      <c r="AM1" s="18"/>
+      <c r="AN1" s="18"/>
+      <c r="AO1" s="18"/>
+      <c r="AP1" s="18"/>
+      <c r="AQ1" s="18"/>
+      <c r="AR1" s="18"/>
+      <c r="AS1" s="18"/>
+      <c r="AT1" s="18"/>
+      <c r="AU1" s="18"/>
+      <c r="AV1" s="18"/>
+      <c r="AW1" s="18"/>
+      <c r="AX1" s="18"/>
+      <c r="AY1" s="18"/>
     </row>
     <row r="2" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="1216" t="s">
+      <c r="A2" s="1153" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="1209"/>
-[...3 lines deleted...]
-      <c r="F2" s="1217" t="s">
+      <c r="B2" s="1154"/>
+      <c r="C2" s="1154"/>
+      <c r="D2" s="1155"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="1156" t="s">
         <v>1</v>
       </c>
-      <c r="G2" s="1212"/>
-[...7 lines deleted...]
-      <c r="O2" s="1215" t="s">
+      <c r="G2" s="1157"/>
+      <c r="H2" s="1157"/>
+      <c r="I2" s="1157"/>
+      <c r="J2" s="1157"/>
+      <c r="K2" s="1157"/>
+      <c r="L2" s="1157"/>
+      <c r="M2" s="1158"/>
+      <c r="N2" s="20"/>
+      <c r="O2" s="1150" t="s">
         <v>2</v>
       </c>
-      <c r="P2" s="1206"/>
-[...7 lines deleted...]
-      <c r="X2" s="1218" t="s">
+      <c r="P2" s="1151"/>
+      <c r="Q2" s="1151"/>
+      <c r="R2" s="1151"/>
+      <c r="S2" s="1151"/>
+      <c r="T2" s="1151"/>
+      <c r="U2" s="1151"/>
+      <c r="V2" s="1152"/>
+      <c r="W2" s="21"/>
+      <c r="X2" s="1159" t="s">
         <v>3</v>
       </c>
-      <c r="Y2" s="1212"/>
-[...7 lines deleted...]
-      <c r="AG2" s="1217" t="s">
+      <c r="Y2" s="1157"/>
+      <c r="Z2" s="1157"/>
+      <c r="AA2" s="1157"/>
+      <c r="AB2" s="1157"/>
+      <c r="AC2" s="1157"/>
+      <c r="AD2" s="1157"/>
+      <c r="AE2" s="1158"/>
+      <c r="AF2" s="22"/>
+      <c r="AG2" s="1156" t="s">
         <v>4</v>
       </c>
-      <c r="AH2" s="1212"/>
-[...7 lines deleted...]
-      <c r="AP2" s="1215" t="s">
+      <c r="AH2" s="1157"/>
+      <c r="AI2" s="1157"/>
+      <c r="AJ2" s="1157"/>
+      <c r="AK2" s="1157"/>
+      <c r="AL2" s="1157"/>
+      <c r="AM2" s="1157"/>
+      <c r="AN2" s="1158"/>
+      <c r="AO2" s="21"/>
+      <c r="AP2" s="1150" t="s">
         <v>5</v>
       </c>
-      <c r="AQ2" s="1206"/>
-[...7 lines deleted...]
-      <c r="AY2" s="551"/>
+      <c r="AQ2" s="1151"/>
+      <c r="AR2" s="1151"/>
+      <c r="AS2" s="1151"/>
+      <c r="AT2" s="1151"/>
+      <c r="AU2" s="1151"/>
+      <c r="AV2" s="1151"/>
+      <c r="AW2" s="1152"/>
+      <c r="AX2" s="23"/>
+      <c r="AY2" s="24"/>
     </row>
     <row r="3" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="552" t="s">
+      <c r="A3" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="553" t="s">
+      <c r="B3" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="554" t="s">
+      <c r="C3" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="555" t="s">
+      <c r="D3" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="556"/>
-      <c r="F3" s="557">
+      <c r="E3" s="29"/>
+      <c r="F3" s="30">
         <v>1</v>
       </c>
-      <c r="G3" s="558">
+      <c r="G3" s="31">
         <v>2</v>
       </c>
-      <c r="H3" s="558">
+      <c r="H3" s="31">
         <v>3</v>
       </c>
-      <c r="I3" s="558">
+      <c r="I3" s="31">
         <v>4</v>
       </c>
-      <c r="J3" s="558">
+      <c r="J3" s="31">
         <v>5</v>
       </c>
-      <c r="K3" s="558">
+      <c r="K3" s="31">
         <v>6</v>
       </c>
-      <c r="L3" s="558">
+      <c r="L3" s="31">
         <v>7</v>
       </c>
-      <c r="M3" s="559">
+      <c r="M3" s="32">
         <v>8</v>
       </c>
-      <c r="N3" s="560"/>
-      <c r="O3" s="557">
+      <c r="N3" s="33"/>
+      <c r="O3" s="30">
         <v>1</v>
       </c>
-      <c r="P3" s="558">
+      <c r="P3" s="31">
         <v>2</v>
       </c>
-      <c r="Q3" s="558">
+      <c r="Q3" s="31">
         <v>3</v>
       </c>
-      <c r="R3" s="558">
+      <c r="R3" s="31">
         <v>4</v>
       </c>
-      <c r="S3" s="558">
+      <c r="S3" s="31">
         <v>5</v>
       </c>
-      <c r="T3" s="558">
+      <c r="T3" s="31">
         <v>6</v>
       </c>
-      <c r="U3" s="558">
+      <c r="U3" s="31">
         <v>7</v>
       </c>
-      <c r="V3" s="559">
+      <c r="V3" s="32">
         <v>8</v>
       </c>
-      <c r="W3" s="561"/>
-      <c r="X3" s="557">
+      <c r="W3" s="34"/>
+      <c r="X3" s="30">
         <v>1</v>
       </c>
-      <c r="Y3" s="558">
+      <c r="Y3" s="31">
         <v>2</v>
       </c>
-      <c r="Z3" s="558">
+      <c r="Z3" s="31">
         <v>3</v>
       </c>
-      <c r="AA3" s="558">
+      <c r="AA3" s="31">
         <v>4</v>
       </c>
-      <c r="AB3" s="558">
+      <c r="AB3" s="31">
         <v>5</v>
       </c>
-      <c r="AC3" s="558">
+      <c r="AC3" s="31">
         <v>6</v>
       </c>
-      <c r="AD3" s="558">
+      <c r="AD3" s="31">
         <v>7</v>
       </c>
-      <c r="AE3" s="562">
+      <c r="AE3" s="35">
         <v>8</v>
       </c>
-      <c r="AF3" s="549"/>
-      <c r="AG3" s="563">
+      <c r="AF3" s="22"/>
+      <c r="AG3" s="36">
         <v>1</v>
       </c>
-      <c r="AH3" s="558">
+      <c r="AH3" s="31">
         <v>2</v>
       </c>
-      <c r="AI3" s="558">
+      <c r="AI3" s="31">
         <v>3</v>
       </c>
-      <c r="AJ3" s="558">
+      <c r="AJ3" s="31">
         <v>4</v>
       </c>
-      <c r="AK3" s="558">
+      <c r="AK3" s="31">
         <v>5</v>
       </c>
-      <c r="AL3" s="558">
+      <c r="AL3" s="31">
         <v>6</v>
       </c>
-      <c r="AM3" s="558">
+      <c r="AM3" s="31">
         <v>7</v>
       </c>
-      <c r="AN3" s="564">
+      <c r="AN3" s="37">
         <v>8</v>
       </c>
-      <c r="AO3" s="560"/>
-      <c r="AP3" s="565">
+      <c r="AO3" s="33"/>
+      <c r="AP3" s="38">
         <v>1</v>
       </c>
-      <c r="AQ3" s="564">
+      <c r="AQ3" s="37">
         <v>2</v>
       </c>
-      <c r="AR3" s="564">
+      <c r="AR3" s="37">
         <v>3</v>
       </c>
-      <c r="AS3" s="564">
+      <c r="AS3" s="37">
         <v>4</v>
       </c>
-      <c r="AT3" s="564">
+      <c r="AT3" s="37">
         <v>5</v>
       </c>
-      <c r="AU3" s="564">
+      <c r="AU3" s="37">
         <v>6</v>
       </c>
-      <c r="AV3" s="564">
+      <c r="AV3" s="37">
         <v>7</v>
       </c>
-      <c r="AW3" s="562">
+      <c r="AW3" s="35">
         <v>8</v>
       </c>
-      <c r="AX3" s="566" t="s">
+      <c r="AX3" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="AY3" s="551"/>
+      <c r="AY3" s="24"/>
     </row>
     <row r="4" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="567" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="568" t="s">
+      <c r="A4" s="40" t="s">
+        <v>441</v>
+      </c>
+      <c r="B4" s="41" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="569"/>
-[...12 lines deleted...]
-      <c r="N4" s="575" t="s">
+      <c r="C4" s="42"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="45"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="46"/>
+      <c r="I4" s="46"/>
+      <c r="J4" s="46"/>
+      <c r="K4" s="46"/>
+      <c r="L4" s="46"/>
+      <c r="M4" s="47"/>
+      <c r="N4" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="O4" s="572"/>
-[...7 lines deleted...]
-      <c r="W4" s="575" t="s">
+      <c r="O4" s="45"/>
+      <c r="P4" s="46"/>
+      <c r="Q4" s="46"/>
+      <c r="R4" s="46"/>
+      <c r="S4" s="46"/>
+      <c r="T4" s="46"/>
+      <c r="U4" s="46"/>
+      <c r="V4" s="47"/>
+      <c r="W4" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="X4" s="572"/>
-[...9 lines deleted...]
-      <c r="AF4" s="578" t="s">
+      <c r="X4" s="45"/>
+      <c r="Y4" s="46"/>
+      <c r="Z4" s="46"/>
+      <c r="AA4" s="46"/>
+      <c r="AB4" s="49" t="s">
+        <v>442</v>
+      </c>
+      <c r="AC4" s="46"/>
+      <c r="AD4" s="46"/>
+      <c r="AE4" s="50"/>
+      <c r="AF4" s="51" t="s">
         <v>16</v>
       </c>
-      <c r="AG4" s="573"/>
-[...6 lines deleted...]
-      <c r="AN4" s="579">
+      <c r="AG4" s="46"/>
+      <c r="AH4" s="46"/>
+      <c r="AI4" s="46"/>
+      <c r="AJ4" s="46"/>
+      <c r="AK4" s="46"/>
+      <c r="AL4" s="46"/>
+      <c r="AM4" s="46"/>
+      <c r="AN4" s="52">
         <v>11</v>
       </c>
-      <c r="AO4" s="580" t="s">
+      <c r="AO4" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="AP4" s="581"/>
-[...10 lines deleted...]
-      <c r="AY4" s="587"/>
+      <c r="AP4" s="54"/>
+      <c r="AQ4" s="55"/>
+      <c r="AR4" s="55"/>
+      <c r="AS4" s="56"/>
+      <c r="AT4" s="57"/>
+      <c r="AU4" s="58"/>
+      <c r="AV4" s="56"/>
+      <c r="AW4" s="59"/>
+      <c r="AX4" s="40" t="s">
+        <v>443</v>
+      </c>
+      <c r="AY4" s="60"/>
     </row>
     <row r="5" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="588" t="s">
+      <c r="A5" s="61" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="589" t="s">
+      <c r="B5" s="62" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="590"/>
-      <c r="D5" s="591" t="s">
+      <c r="C5" s="63"/>
+      <c r="D5" s="64" t="s">
         <v>24</v>
       </c>
-      <c r="E5" s="571" t="s">
-[...11 lines deleted...]
-      <c r="K5" s="593" t="s">
+      <c r="E5" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="65"/>
+      <c r="G5" s="66" t="s">
+        <v>444</v>
+      </c>
+      <c r="H5" s="67"/>
+      <c r="I5" s="68" t="s">
+        <v>445</v>
+      </c>
+      <c r="J5" s="67"/>
+      <c r="K5" s="66" t="s">
         <v>27</v>
       </c>
-      <c r="L5" s="596" t="s">
-[...3 lines deleted...]
-      <c r="N5" s="575" t="s">
+      <c r="L5" s="69" t="s">
+        <v>446</v>
+      </c>
+      <c r="M5" s="70"/>
+      <c r="N5" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="598"/>
-[...7 lines deleted...]
-      <c r="W5" s="600" t="s">
+      <c r="O5" s="71"/>
+      <c r="P5" s="72"/>
+      <c r="Q5" s="72"/>
+      <c r="R5" s="72"/>
+      <c r="S5" s="72"/>
+      <c r="T5" s="72"/>
+      <c r="U5" s="72"/>
+      <c r="V5" s="72"/>
+      <c r="W5" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="X5" s="601"/>
-[...8 lines deleted...]
-      <c r="AC5" s="593" t="s">
+      <c r="X5" s="74"/>
+      <c r="Y5" s="67"/>
+      <c r="Z5" s="67"/>
+      <c r="AA5" s="75" t="s">
+        <v>447</v>
+      </c>
+      <c r="AB5" s="76">
+        <v>12</v>
+      </c>
+      <c r="AC5" s="66" t="s">
         <v>31</v>
       </c>
-      <c r="AD5" s="604" t="s">
-[...3 lines deleted...]
-      <c r="AF5" s="606" t="s">
+      <c r="AD5" s="77" t="s">
+        <v>448</v>
+      </c>
+      <c r="AE5" s="78"/>
+      <c r="AF5" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="AG5" s="607"/>
-[...9 lines deleted...]
-      <c r="AM5" s="610" t="s">
+      <c r="AG5" s="80"/>
+      <c r="AH5" s="67"/>
+      <c r="AI5" s="67"/>
+      <c r="AJ5" s="81" t="s">
+        <v>449</v>
+      </c>
+      <c r="AK5" s="82"/>
+      <c r="AL5" s="66" t="s">
+        <v>450</v>
+      </c>
+      <c r="AM5" s="83" t="s">
         <v>241</v>
       </c>
-      <c r="AN5" s="611">
+      <c r="AN5" s="84">
         <v>11</v>
       </c>
-      <c r="AO5" s="612" t="s">
+      <c r="AO5" s="85" t="s">
         <v>18</v>
       </c>
-      <c r="AP5" s="613"/>
-[...7 lines deleted...]
-      <c r="AX5" s="618" t="s">
+      <c r="AP5" s="86"/>
+      <c r="AQ5" s="87"/>
+      <c r="AR5" s="87"/>
+      <c r="AS5" s="87"/>
+      <c r="AT5" s="88"/>
+      <c r="AU5" s="87"/>
+      <c r="AV5" s="89"/>
+      <c r="AW5" s="90"/>
+      <c r="AX5" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="AY5" s="619">
+      <c r="AY5" s="92">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="567" t="s">
+      <c r="A6" s="40" t="s">
         <v>37</v>
       </c>
-      <c r="B6" s="570" t="s">
+      <c r="B6" s="43" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="620">
+      <c r="C6" s="93">
         <v>328</v>
       </c>
-      <c r="D6" s="570"/>
-[...3 lines deleted...]
-      <c r="F6" s="621" t="s">
+      <c r="D6" s="43"/>
+      <c r="E6" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="94" t="s">
         <v>39</v>
       </c>
-      <c r="G6" s="621" t="s">
+      <c r="G6" s="94" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="621" t="s">
+      <c r="H6" s="94" t="s">
         <v>41</v>
       </c>
-      <c r="I6" s="622" t="s">
+      <c r="I6" s="95" t="s">
         <v>42</v>
       </c>
-      <c r="J6" s="621" t="s">
+      <c r="J6" s="94" t="s">
         <v>43</v>
       </c>
-      <c r="K6" s="621" t="s">
+      <c r="K6" s="94" t="s">
         <v>44</v>
       </c>
-      <c r="L6" s="623"/>
-[...1 lines deleted...]
-      <c r="N6" s="575" t="s">
+      <c r="L6" s="96"/>
+      <c r="M6" s="97"/>
+      <c r="N6" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="O6" s="621" t="s">
+      <c r="O6" s="94" t="s">
         <v>39</v>
       </c>
-      <c r="P6" s="621" t="s">
+      <c r="P6" s="94" t="s">
         <v>41</v>
       </c>
-      <c r="Q6" s="625" t="s">
+      <c r="Q6" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="R6" s="621" t="s">
+      <c r="R6" s="94" t="s">
         <v>40</v>
       </c>
-      <c r="S6" s="626" t="s">
+      <c r="S6" s="99" t="s">
         <v>43</v>
       </c>
-      <c r="T6" s="626" t="s">
+      <c r="T6" s="99" t="s">
         <v>42</v>
       </c>
-      <c r="U6" s="627"/>
-[...1 lines deleted...]
-      <c r="W6" s="575" t="s">
+      <c r="U6" s="100"/>
+      <c r="V6" s="97"/>
+      <c r="W6" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="X6" s="628" t="s">
+      <c r="X6" s="101" t="s">
         <v>43</v>
       </c>
-      <c r="Y6" s="629" t="s">
+      <c r="Y6" s="102" t="s">
         <v>42</v>
       </c>
-      <c r="Z6" s="630" t="s">
+      <c r="Z6" s="103" t="s">
         <v>41</v>
       </c>
-      <c r="AA6" s="631" t="s">
+      <c r="AA6" s="104" t="s">
         <v>40</v>
       </c>
-      <c r="AB6" s="630" t="s">
+      <c r="AB6" s="103" t="s">
         <v>39</v>
       </c>
-      <c r="AC6" s="629" t="s">
+      <c r="AC6" s="102" t="s">
         <v>44</v>
       </c>
-      <c r="AD6" s="627"/>
-[...1 lines deleted...]
-      <c r="AF6" s="633" t="s">
+      <c r="AD6" s="100"/>
+      <c r="AE6" s="105"/>
+      <c r="AF6" s="106" t="s">
         <v>16</v>
       </c>
-      <c r="AG6" s="631" t="s">
+      <c r="AG6" s="104" t="s">
         <v>42</v>
       </c>
-      <c r="AH6" s="629" t="s">
+      <c r="AH6" s="102" t="s">
         <v>41</v>
       </c>
-      <c r="AI6" s="630" t="s">
+      <c r="AI6" s="103" t="s">
         <v>44</v>
       </c>
-      <c r="AJ6" s="630" t="s">
+      <c r="AJ6" s="103" t="s">
         <v>43</v>
       </c>
-      <c r="AK6" s="628" t="s">
+      <c r="AK6" s="101" t="s">
         <v>39</v>
       </c>
-      <c r="AL6" s="629" t="s">
+      <c r="AL6" s="102" t="s">
         <v>40</v>
       </c>
-      <c r="AM6" s="634"/>
-[...1 lines deleted...]
-      <c r="AO6" s="575" t="s">
+      <c r="AM6" s="107"/>
+      <c r="AN6" s="108"/>
+      <c r="AO6" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="AP6" s="628" t="s">
+      <c r="AP6" s="101" t="s">
         <v>44</v>
       </c>
-      <c r="AQ6" s="628" t="s">
+      <c r="AQ6" s="101" t="s">
         <v>40</v>
       </c>
-      <c r="AR6" s="628" t="s">
+      <c r="AR6" s="101" t="s">
         <v>42</v>
       </c>
-      <c r="AS6" s="628" t="s">
+      <c r="AS6" s="101" t="s">
         <v>39</v>
       </c>
-      <c r="AT6" s="629" t="s">
+      <c r="AT6" s="102" t="s">
         <v>43</v>
       </c>
-      <c r="AU6" s="634"/>
-[...2 lines deleted...]
-      <c r="AX6" s="567" t="s">
+      <c r="AU6" s="107"/>
+      <c r="AV6" s="109"/>
+      <c r="AW6" s="110"/>
+      <c r="AX6" s="40" t="s">
         <v>37</v>
       </c>
-      <c r="AY6" s="551"/>
+      <c r="AY6" s="24"/>
     </row>
     <row r="7" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="638" t="s">
+      <c r="A7" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B7" s="639" t="s">
+      <c r="B7" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="640">
+      <c r="C7" s="113">
         <v>301</v>
       </c>
-      <c r="D7" s="639"/>
-[...3 lines deleted...]
-      <c r="F7" s="642" t="s">
+      <c r="D7" s="112"/>
+      <c r="E7" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="115" t="s">
         <v>46</v>
       </c>
-      <c r="G7" s="642" t="s">
+      <c r="G7" s="115" t="s">
         <v>47</v>
       </c>
-      <c r="H7" s="642" t="s">
+      <c r="H7" s="115" t="s">
         <v>48</v>
       </c>
-      <c r="I7" s="642" t="s">
+      <c r="I7" s="115" t="s">
         <v>49</v>
       </c>
-      <c r="J7" s="642" t="s">
+      <c r="J7" s="115" t="s">
         <v>50</v>
       </c>
-      <c r="K7" s="642" t="s">
+      <c r="K7" s="115" t="s">
         <v>51</v>
       </c>
-      <c r="L7" s="643"/>
-[...1 lines deleted...]
-      <c r="N7" s="645" t="s">
+      <c r="L7" s="116"/>
+      <c r="M7" s="117"/>
+      <c r="N7" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O7" s="642" t="s">
+      <c r="O7" s="115" t="s">
         <v>51</v>
       </c>
-      <c r="P7" s="642" t="s">
+      <c r="P7" s="115" t="s">
         <v>46</v>
       </c>
-      <c r="Q7" s="642" t="s">
+      <c r="Q7" s="115" t="s">
         <v>48</v>
       </c>
-      <c r="R7" s="646" t="s">
+      <c r="R7" s="119" t="s">
         <v>47</v>
       </c>
-      <c r="S7" s="647" t="s">
+      <c r="S7" s="120" t="s">
         <v>49</v>
       </c>
-      <c r="T7" s="642" t="s">
+      <c r="T7" s="115" t="s">
         <v>52</v>
       </c>
-      <c r="U7" s="573"/>
-[...1 lines deleted...]
-      <c r="W7" s="645" t="s">
+      <c r="U7" s="46"/>
+      <c r="V7" s="117"/>
+      <c r="W7" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X7" s="648"/>
-      <c r="Y7" s="649" t="s">
+      <c r="X7" s="121"/>
+      <c r="Y7" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="Z7" s="642" t="s">
+      <c r="Z7" s="115" t="s">
         <v>48</v>
       </c>
-      <c r="AA7" s="642" t="s">
+      <c r="AA7" s="115" t="s">
         <v>47</v>
       </c>
-      <c r="AB7" s="642" t="s">
+      <c r="AB7" s="115" t="s">
         <v>50</v>
       </c>
-      <c r="AC7" s="642" t="s">
+      <c r="AC7" s="115" t="s">
         <v>46</v>
       </c>
-      <c r="AD7" s="573"/>
-[...1 lines deleted...]
-      <c r="AF7" s="645" t="s">
+      <c r="AD7" s="46"/>
+      <c r="AE7" s="117"/>
+      <c r="AF7" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG7" s="629" t="s">
+      <c r="AG7" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="AH7" s="649" t="s">
+      <c r="AH7" s="122" t="s">
         <v>53</v>
       </c>
-      <c r="AI7" s="642" t="s">
+      <c r="AI7" s="115" t="s">
         <v>47</v>
       </c>
-      <c r="AJ7" s="642" t="s">
+      <c r="AJ7" s="115" t="s">
         <v>49</v>
       </c>
-      <c r="AK7" s="647" t="s">
+      <c r="AK7" s="120" t="s">
         <v>46</v>
       </c>
-      <c r="AL7" s="642" t="s">
+      <c r="AL7" s="115" t="s">
         <v>50</v>
       </c>
-      <c r="AM7" s="573"/>
-[...1 lines deleted...]
-      <c r="AO7" s="645" t="s">
+      <c r="AM7" s="46"/>
+      <c r="AN7" s="123"/>
+      <c r="AO7" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP7" s="629" t="s">
+      <c r="AP7" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="AQ7" s="642" t="s">
+      <c r="AQ7" s="115" t="s">
         <v>48</v>
       </c>
-      <c r="AR7" s="642" t="s">
+      <c r="AR7" s="115" t="s">
         <v>46</v>
       </c>
-      <c r="AS7" s="642" t="s">
+      <c r="AS7" s="115" t="s">
         <v>47</v>
       </c>
-      <c r="AT7" s="642" t="s">
+      <c r="AT7" s="115" t="s">
         <v>50</v>
       </c>
-      <c r="AU7" s="573"/>
-[...2 lines deleted...]
-      <c r="AX7" s="638" t="s">
+      <c r="AU7" s="46"/>
+      <c r="AV7" s="46"/>
+      <c r="AW7" s="47"/>
+      <c r="AX7" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="AY7" s="551"/>
+      <c r="AY7" s="24"/>
     </row>
     <row r="8" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="638" t="s">
+      <c r="A8" s="111" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="639" t="s">
+      <c r="B8" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="640">
+      <c r="C8" s="113">
         <v>225</v>
       </c>
-      <c r="D8" s="639"/>
-[...3 lines deleted...]
-      <c r="F8" s="647" t="s">
+      <c r="D8" s="112"/>
+      <c r="E8" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="120" t="s">
         <v>55</v>
       </c>
-      <c r="G8" s="642" t="s">
+      <c r="G8" s="115" t="s">
         <v>56</v>
       </c>
-      <c r="H8" s="629" t="s">
+      <c r="H8" s="102" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="642" t="s">
+      <c r="I8" s="115" t="s">
         <v>58</v>
       </c>
-      <c r="J8" s="642" t="s">
+      <c r="J8" s="115" t="s">
         <v>53</v>
       </c>
-      <c r="K8" s="642" t="s">
+      <c r="K8" s="115" t="s">
         <v>59</v>
       </c>
-      <c r="L8" s="651"/>
-[...1 lines deleted...]
-      <c r="N8" s="645" t="s">
+      <c r="L8" s="124"/>
+      <c r="M8" s="117"/>
+      <c r="N8" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O8" s="642" t="s">
+      <c r="O8" s="115" t="s">
         <v>56</v>
       </c>
-      <c r="P8" s="642" t="s">
+      <c r="P8" s="115" t="s">
         <v>58</v>
       </c>
-      <c r="Q8" s="652" t="s">
+      <c r="Q8" s="125" t="s">
         <v>55</v>
       </c>
-      <c r="R8" s="642" t="s">
+      <c r="R8" s="115" t="s">
         <v>59</v>
       </c>
-      <c r="S8" s="647" t="s">
+      <c r="S8" s="120" t="s">
         <v>53</v>
       </c>
-      <c r="T8" s="628" t="s">
+      <c r="T8" s="101" t="s">
         <v>57</v>
       </c>
-      <c r="U8" s="651"/>
-[...1 lines deleted...]
-      <c r="W8" s="645" t="s">
+      <c r="U8" s="124"/>
+      <c r="V8" s="117"/>
+      <c r="W8" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X8" s="573"/>
-      <c r="Y8" s="629" t="s">
+      <c r="X8" s="46"/>
+      <c r="Y8" s="102" t="s">
         <v>53</v>
       </c>
-      <c r="Z8" s="642" t="s">
+      <c r="Z8" s="115" t="s">
         <v>57</v>
       </c>
-      <c r="AA8" s="642" t="s">
+      <c r="AA8" s="115" t="s">
         <v>56</v>
       </c>
-      <c r="AB8" s="629" t="s">
+      <c r="AB8" s="102" t="s">
         <v>55</v>
       </c>
-      <c r="AC8" s="642" t="s">
+      <c r="AC8" s="115" t="s">
         <v>60</v>
       </c>
-      <c r="AD8" s="573"/>
-[...1 lines deleted...]
-      <c r="AF8" s="645" t="s">
+      <c r="AD8" s="46"/>
+      <c r="AE8" s="117"/>
+      <c r="AF8" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG8" s="653" t="s">
+      <c r="AG8" s="126" t="s">
         <v>57</v>
       </c>
-      <c r="AH8" s="642" t="s">
+      <c r="AH8" s="115" t="s">
         <v>56</v>
       </c>
-      <c r="AI8" s="642" t="s">
+      <c r="AI8" s="115" t="s">
         <v>53</v>
       </c>
-      <c r="AJ8" s="629" t="s">
+      <c r="AJ8" s="102" t="s">
         <v>59</v>
       </c>
-      <c r="AK8" s="642" t="s">
+      <c r="AK8" s="115" t="s">
         <v>55</v>
       </c>
-      <c r="AL8" s="642" t="s">
+      <c r="AL8" s="115" t="s">
         <v>58</v>
       </c>
-      <c r="AM8" s="573"/>
-[...1 lines deleted...]
-      <c r="AO8" s="645" t="s">
+      <c r="AM8" s="46"/>
+      <c r="AN8" s="123"/>
+      <c r="AO8" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP8" s="653" t="s">
+      <c r="AP8" s="126" t="s">
         <v>56</v>
       </c>
-      <c r="AQ8" s="647" t="s">
+      <c r="AQ8" s="120" t="s">
         <v>59</v>
       </c>
-      <c r="AR8" s="642" t="s">
+      <c r="AR8" s="115" t="s">
         <v>55</v>
       </c>
-      <c r="AS8" s="642" t="s">
+      <c r="AS8" s="115" t="s">
         <v>57</v>
       </c>
-      <c r="AT8" s="629" t="s">
+      <c r="AT8" s="102" t="s">
         <v>58</v>
       </c>
-      <c r="AU8" s="573"/>
-[...2 lines deleted...]
-      <c r="AX8" s="638" t="s">
+      <c r="AU8" s="46"/>
+      <c r="AV8" s="46"/>
+      <c r="AW8" s="47"/>
+      <c r="AX8" s="111" t="s">
         <v>54</v>
       </c>
-      <c r="AY8" s="551"/>
+      <c r="AY8" s="24"/>
     </row>
     <row r="9" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="654" t="s">
+      <c r="A9" s="127" t="s">
         <v>61</v>
       </c>
-      <c r="B9" s="655" t="s">
+      <c r="B9" s="128" t="s">
         <v>38</v>
       </c>
-      <c r="C9" s="656">
+      <c r="C9" s="129">
         <v>320</v>
       </c>
-      <c r="D9" s="655"/>
-[...3 lines deleted...]
-      <c r="F9" s="658" t="s">
+      <c r="D9" s="128"/>
+      <c r="E9" s="130" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="131" t="s">
         <v>62</v>
       </c>
-      <c r="G9" s="659" t="s">
+      <c r="G9" s="132" t="s">
         <v>63</v>
       </c>
-      <c r="H9" s="660" t="s">
+      <c r="H9" s="133" t="s">
         <v>64</v>
       </c>
-      <c r="I9" s="659" t="s">
+      <c r="I9" s="132" t="s">
         <v>65</v>
       </c>
-      <c r="J9" s="659" t="s">
+      <c r="J9" s="132" t="s">
         <v>66</v>
       </c>
-      <c r="K9" s="659" t="s">
+      <c r="K9" s="132" t="s">
         <v>52</v>
       </c>
-      <c r="L9" s="661"/>
-[...1 lines deleted...]
-      <c r="N9" s="606" t="s">
+      <c r="L9" s="134"/>
+      <c r="M9" s="135"/>
+      <c r="N9" s="79" t="s">
         <v>13</v>
       </c>
-      <c r="O9" s="659" t="s">
+      <c r="O9" s="132" t="s">
         <v>66</v>
       </c>
-      <c r="P9" s="659" t="s">
+      <c r="P9" s="132" t="s">
         <v>64</v>
       </c>
-      <c r="Q9" s="658" t="s">
+      <c r="Q9" s="131" t="s">
         <v>65</v>
       </c>
-      <c r="R9" s="659" t="s">
+      <c r="R9" s="132" t="s">
         <v>62</v>
       </c>
-      <c r="S9" s="660" t="s">
+      <c r="S9" s="133" t="s">
         <v>63</v>
       </c>
-      <c r="T9" s="659" t="s">
+      <c r="T9" s="132" t="s">
         <v>50</v>
       </c>
-      <c r="U9" s="661"/>
-[...1 lines deleted...]
-      <c r="W9" s="606" t="s">
+      <c r="U9" s="134"/>
+      <c r="V9" s="135"/>
+      <c r="W9" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="X9" s="663" t="s">
+      <c r="X9" s="136" t="s">
         <v>66</v>
       </c>
-      <c r="Y9" s="659" t="s">
+      <c r="Y9" s="132" t="s">
         <v>63</v>
       </c>
-      <c r="Z9" s="659" t="s">
+      <c r="Z9" s="132" t="s">
         <v>65</v>
       </c>
-      <c r="AA9" s="659" t="s">
+      <c r="AA9" s="132" t="s">
         <v>52</v>
       </c>
-      <c r="AB9" s="659" t="s">
+      <c r="AB9" s="132" t="s">
         <v>62</v>
       </c>
-      <c r="AC9" s="658" t="s">
+      <c r="AC9" s="131" t="s">
         <v>64</v>
       </c>
-      <c r="AD9" s="661"/>
-[...1 lines deleted...]
-      <c r="AF9" s="606" t="s">
+      <c r="AD9" s="134"/>
+      <c r="AE9" s="135"/>
+      <c r="AF9" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="AG9" s="664" t="s">
+      <c r="AG9" s="137" t="s">
         <v>66</v>
       </c>
-      <c r="AH9" s="659" t="s">
+      <c r="AH9" s="132" t="s">
         <v>52</v>
       </c>
-      <c r="AI9" s="659" t="s">
+      <c r="AI9" s="132" t="s">
         <v>63</v>
       </c>
-      <c r="AJ9" s="659" t="s">
+      <c r="AJ9" s="132" t="s">
         <v>64</v>
       </c>
-      <c r="AK9" s="659" t="s">
+      <c r="AK9" s="132" t="s">
         <v>65</v>
       </c>
-      <c r="AL9" s="659" t="s">
+      <c r="AL9" s="132" t="s">
         <v>62</v>
       </c>
-      <c r="AM9" s="661"/>
-[...1 lines deleted...]
-      <c r="AO9" s="606" t="s">
+      <c r="AM9" s="134"/>
+      <c r="AN9" s="138"/>
+      <c r="AO9" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="AP9" s="659" t="s">
+      <c r="AP9" s="132" t="s">
         <v>63</v>
       </c>
-      <c r="AQ9" s="659" t="s">
+      <c r="AQ9" s="132" t="s">
         <v>64</v>
       </c>
-      <c r="AR9" s="659" t="s">
+      <c r="AR9" s="132" t="s">
         <v>62</v>
       </c>
-      <c r="AS9" s="659" t="s">
+      <c r="AS9" s="132" t="s">
         <v>66</v>
       </c>
-      <c r="AT9" s="659" t="s">
+      <c r="AT9" s="132" t="s">
         <v>52</v>
       </c>
-      <c r="AU9" s="661"/>
-[...2 lines deleted...]
-      <c r="AX9" s="667" t="s">
+      <c r="AU9" s="134"/>
+      <c r="AV9" s="139"/>
+      <c r="AW9" s="70"/>
+      <c r="AX9" s="140" t="s">
         <v>61</v>
       </c>
-      <c r="AY9" s="619">
+      <c r="AY9" s="92">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="668" t="s">
+      <c r="A10" s="141" t="s">
         <v>67</v>
       </c>
-      <c r="B10" s="669" t="s">
+      <c r="B10" s="142" t="s">
         <v>38</v>
       </c>
-      <c r="C10" s="670">
+      <c r="C10" s="143">
         <v>306</v>
       </c>
-      <c r="D10" s="671" t="s">
+      <c r="D10" s="144" t="s">
         <v>68</v>
       </c>
-      <c r="E10" s="672" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="673" t="s">
+      <c r="E10" s="145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="146" t="s">
         <v>69</v>
       </c>
-      <c r="G10" s="674" t="s">
+      <c r="G10" s="147" t="s">
         <v>69</v>
       </c>
-      <c r="H10" s="675">
+      <c r="H10" s="148">
         <v>9</v>
       </c>
-      <c r="I10" s="676" t="s">
+      <c r="I10" s="149" t="s">
         <v>70</v>
       </c>
-      <c r="J10" s="677" t="s">
+      <c r="J10" s="150" t="s">
         <v>71</v>
       </c>
-      <c r="K10" s="678">
+      <c r="K10" s="151">
         <v>11</v>
       </c>
-      <c r="L10" s="678">
+      <c r="L10" s="151">
         <v>11</v>
       </c>
-      <c r="M10" s="679"/>
-      <c r="N10" s="680" t="s">
+      <c r="M10" s="152"/>
+      <c r="N10" s="153" t="s">
         <v>13</v>
       </c>
-      <c r="O10" s="681" t="s">
+      <c r="O10" s="154" t="s">
         <v>71</v>
       </c>
-      <c r="P10" s="682" t="s">
+      <c r="P10" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="Q10" s="682" t="s">
+      <c r="Q10" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="R10" s="683" t="s">
+      <c r="R10" s="156" t="s">
         <v>70</v>
       </c>
-      <c r="S10" s="684" t="s">
+      <c r="S10" s="157" t="s">
         <v>71</v>
       </c>
-      <c r="T10" s="551"/>
-[...6 lines deleted...]
-      <c r="W10" s="680" t="s">
+      <c r="T10" s="24"/>
+      <c r="U10" s="158" t="s">
+        <v>451</v>
+      </c>
+      <c r="V10" s="159" t="s">
+        <v>452</v>
+      </c>
+      <c r="W10" s="153" t="s">
         <v>14</v>
       </c>
-      <c r="X10" s="674" t="s">
+      <c r="X10" s="147" t="s">
         <v>69</v>
       </c>
-      <c r="Y10" s="674" t="s">
+      <c r="Y10" s="147" t="s">
         <v>69</v>
       </c>
-      <c r="Z10" s="678">
+      <c r="Z10" s="151">
         <v>11</v>
       </c>
-      <c r="AA10" s="684" t="s">
+      <c r="AA10" s="157" t="s">
         <v>70</v>
       </c>
-      <c r="AB10" s="684" t="s">
+      <c r="AB10" s="157" t="s">
         <v>70</v>
       </c>
-      <c r="AC10" s="687">
+      <c r="AC10" s="160">
         <v>9</v>
       </c>
-      <c r="AD10" s="675">
+      <c r="AD10" s="148">
         <v>9</v>
       </c>
-      <c r="AE10" s="679"/>
-      <c r="AF10" s="680" t="s">
+      <c r="AE10" s="152"/>
+      <c r="AF10" s="153" t="s">
         <v>16</v>
       </c>
-      <c r="AG10" s="688" t="s">
+      <c r="AG10" s="161" t="s">
         <v>71</v>
       </c>
-      <c r="AH10" s="689" t="s">
+      <c r="AH10" s="162" t="s">
         <v>71</v>
       </c>
-      <c r="AI10" s="690" t="s">
+      <c r="AI10" s="163" t="s">
         <v>69</v>
       </c>
-      <c r="AJ10" s="684" t="s">
+      <c r="AJ10" s="157" t="s">
         <v>70</v>
       </c>
-      <c r="AK10" s="551"/>
-      <c r="AL10" s="675">
+      <c r="AK10" s="24"/>
+      <c r="AL10" s="148">
         <v>9</v>
       </c>
-      <c r="AM10" s="624"/>
-[...1 lines deleted...]
-      <c r="AO10" s="680" t="s">
+      <c r="AM10" s="97"/>
+      <c r="AN10" s="152"/>
+      <c r="AO10" s="153" t="s">
         <v>18</v>
       </c>
-      <c r="AP10" s="627"/>
-      <c r="AQ10" s="682" t="s">
+      <c r="AP10" s="100"/>
+      <c r="AQ10" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="AR10" s="678">
+      <c r="AR10" s="151">
         <v>11</v>
       </c>
-      <c r="AS10" s="682" t="s">
+      <c r="AS10" s="155" t="s">
         <v>72</v>
       </c>
-      <c r="AT10" s="551"/>
-[...7 lines deleted...]
-      <c r="AX10" s="692" t="s">
+      <c r="AT10" s="24"/>
+      <c r="AU10" s="100"/>
+      <c r="AV10" s="94" t="s">
+        <v>453</v>
+      </c>
+      <c r="AW10" s="164" t="s">
+        <v>453</v>
+      </c>
+      <c r="AX10" s="165" t="s">
         <v>67</v>
       </c>
-      <c r="AY10" s="693">
+      <c r="AY10" s="166">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="694" t="s">
+      <c r="A11" s="167" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="639" t="s">
+      <c r="B11" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="640">
+      <c r="C11" s="113">
         <v>316</v>
       </c>
-      <c r="D11" s="639"/>
-[...3 lines deleted...]
-      <c r="F11" s="696" t="s">
+      <c r="D11" s="112"/>
+      <c r="E11" s="168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="169" t="s">
         <v>76</v>
       </c>
-      <c r="G11" s="696" t="s">
+      <c r="G11" s="169" t="s">
         <v>76</v>
       </c>
-      <c r="H11" s="697" t="s">
+      <c r="H11" s="170" t="s">
         <v>77</v>
       </c>
-      <c r="I11" s="573"/>
-      <c r="J11" s="696" t="s">
+      <c r="I11" s="46"/>
+      <c r="J11" s="169" t="s">
         <v>78</v>
       </c>
-      <c r="K11" s="696" t="s">
+      <c r="K11" s="169" t="s">
         <v>79</v>
       </c>
-      <c r="L11" s="551"/>
-[...1 lines deleted...]
-      <c r="N11" s="645" t="s">
+      <c r="L11" s="24"/>
+      <c r="M11" s="171"/>
+      <c r="N11" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O11" s="699" t="s">
+      <c r="O11" s="172" t="s">
         <v>80</v>
       </c>
-      <c r="P11" s="700"/>
-      <c r="Q11" s="699" t="s">
+      <c r="P11" s="173"/>
+      <c r="Q11" s="172" t="s">
         <v>80</v>
       </c>
-      <c r="R11" s="696" t="s">
+      <c r="R11" s="169" t="s">
         <v>76</v>
       </c>
-      <c r="S11" s="696" t="s">
+      <c r="S11" s="169" t="s">
         <v>78</v>
       </c>
-      <c r="T11" s="701" t="s">
+      <c r="T11" s="174" t="s">
         <v>78</v>
       </c>
-      <c r="U11" s="696" t="s">
+      <c r="U11" s="169" t="s">
         <v>76</v>
       </c>
-      <c r="V11" s="702" t="s">
-[...2 lines deleted...]
-      <c r="W11" s="645" t="s">
+      <c r="V11" s="175" t="s">
+        <v>454</v>
+      </c>
+      <c r="W11" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X11" s="696" t="s">
+      <c r="X11" s="169" t="s">
         <v>76</v>
       </c>
-      <c r="Y11" s="699" t="s">
+      <c r="Y11" s="172" t="s">
         <v>80</v>
       </c>
-      <c r="Z11" s="696" t="s">
+      <c r="Z11" s="169" t="s">
         <v>77</v>
       </c>
-      <c r="AA11" s="696" t="s">
+      <c r="AA11" s="169" t="s">
         <v>78</v>
       </c>
-      <c r="AB11" s="573"/>
-      <c r="AC11" s="696" t="s">
+      <c r="AB11" s="46"/>
+      <c r="AC11" s="169" t="s">
         <v>78</v>
       </c>
-      <c r="AD11" s="703" t="s">
+      <c r="AD11" s="176" t="s">
         <v>79</v>
       </c>
-      <c r="AE11" s="704"/>
-      <c r="AF11" s="645" t="s">
+      <c r="AE11" s="177"/>
+      <c r="AF11" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG11" s="705"/>
-[...3 lines deleted...]
-      <c r="AK11" s="703" t="s">
+      <c r="AG11" s="178"/>
+      <c r="AH11" s="24"/>
+      <c r="AI11" s="24"/>
+      <c r="AJ11" s="24"/>
+      <c r="AK11" s="176" t="s">
         <v>79</v>
       </c>
-      <c r="AL11" s="706" t="s">
+      <c r="AL11" s="179" t="s">
         <v>77</v>
       </c>
-      <c r="AM11" s="696" t="s">
+      <c r="AM11" s="169" t="s">
         <v>77</v>
       </c>
-      <c r="AN11" s="650"/>
-      <c r="AO11" s="645" t="s">
+      <c r="AN11" s="123"/>
+      <c r="AO11" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP11" s="696" t="s">
+      <c r="AP11" s="169" t="s">
         <v>77</v>
       </c>
-      <c r="AQ11" s="551"/>
-      <c r="AR11" s="699" t="s">
+      <c r="AQ11" s="24"/>
+      <c r="AR11" s="172" t="s">
         <v>80</v>
       </c>
-      <c r="AS11" s="551"/>
-      <c r="AT11" s="696" t="s">
+      <c r="AS11" s="24"/>
+      <c r="AT11" s="169" t="s">
         <v>79</v>
       </c>
-      <c r="AU11" s="699" t="s">
+      <c r="AU11" s="172" t="s">
         <v>80</v>
       </c>
-      <c r="AV11" s="707" t="s">
+      <c r="AV11" s="180" t="s">
         <v>79</v>
       </c>
-      <c r="AW11" s="574"/>
-      <c r="AX11" s="694" t="s">
+      <c r="AW11" s="47"/>
+      <c r="AX11" s="167" t="s">
         <v>75</v>
       </c>
-      <c r="AY11" s="693">
+      <c r="AY11" s="166">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="694" t="s">
+      <c r="A12" s="167" t="s">
         <v>81</v>
       </c>
-      <c r="B12" s="639" t="s">
+      <c r="B12" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C12" s="708"/>
-[...8 lines deleted...]
-      <c r="H12" s="710">
+      <c r="C12" s="181"/>
+      <c r="D12" s="112"/>
+      <c r="E12" s="168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="173"/>
+      <c r="G12" s="182" t="s">
+        <v>455</v>
+      </c>
+      <c r="H12" s="183">
         <v>9</v>
       </c>
-      <c r="I12" s="696" t="s">
-[...6 lines deleted...]
-      <c r="N12" s="645" t="s">
+      <c r="I12" s="169" t="s">
+        <v>455</v>
+      </c>
+      <c r="J12" s="116"/>
+      <c r="K12" s="46"/>
+      <c r="L12" s="46"/>
+      <c r="M12" s="117"/>
+      <c r="N12" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O12" s="711"/>
-[...9 lines deleted...]
-      <c r="W12" s="645" t="s">
+      <c r="O12" s="184"/>
+      <c r="P12" s="46"/>
+      <c r="Q12" s="173"/>
+      <c r="R12" s="45"/>
+      <c r="S12" s="46"/>
+      <c r="T12" s="46"/>
+      <c r="U12" s="46"/>
+      <c r="V12" s="185" t="s">
+        <v>456</v>
+      </c>
+      <c r="W12" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X12" s="711"/>
-[...4 lines deleted...]
-      <c r="AC12" s="714">
+      <c r="X12" s="184"/>
+      <c r="Y12" s="116"/>
+      <c r="Z12" s="46"/>
+      <c r="AA12" s="46"/>
+      <c r="AB12" s="186"/>
+      <c r="AC12" s="187">
         <v>9</v>
       </c>
-      <c r="AD12" s="715">
+      <c r="AD12" s="188">
         <v>9</v>
       </c>
-      <c r="AE12" s="644"/>
-      <c r="AF12" s="645" t="s">
+      <c r="AE12" s="117"/>
+      <c r="AF12" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG12" s="711"/>
-[...6 lines deleted...]
-      <c r="AL12" s="715">
+      <c r="AG12" s="184"/>
+      <c r="AH12" s="116"/>
+      <c r="AI12" s="46"/>
+      <c r="AJ12" s="116"/>
+      <c r="AK12" s="174" t="s">
+        <v>455</v>
+      </c>
+      <c r="AL12" s="188">
         <v>9</v>
       </c>
-      <c r="AM12" s="643"/>
-[...1 lines deleted...]
-      <c r="AO12" s="645" t="s">
+      <c r="AM12" s="116"/>
+      <c r="AN12" s="123"/>
+      <c r="AO12" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP12" s="573"/>
-[...11 lines deleted...]
-      <c r="AX12" s="694" t="s">
+      <c r="AP12" s="46"/>
+      <c r="AQ12" s="46"/>
+      <c r="AR12" s="46"/>
+      <c r="AS12" s="46"/>
+      <c r="AT12" s="174" t="s">
+        <v>455</v>
+      </c>
+      <c r="AU12" s="169" t="s">
+        <v>455</v>
+      </c>
+      <c r="AV12" s="46"/>
+      <c r="AW12" s="47"/>
+      <c r="AX12" s="167" t="s">
         <v>81</v>
       </c>
-      <c r="AY12" s="619">
+      <c r="AY12" s="92">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="716" t="s">
+      <c r="A13" s="189" t="s">
         <v>88</v>
       </c>
-      <c r="B13" s="639" t="s">
+      <c r="B13" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C13" s="640">
+      <c r="C13" s="113">
         <v>315</v>
       </c>
-      <c r="D13" s="639"/>
-[...5 lines deleted...]
-      <c r="H13" s="710">
+      <c r="D13" s="112"/>
+      <c r="E13" s="168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="183">
         <v>9</v>
       </c>
-      <c r="I13" s="717" t="s">
+      <c r="I13" s="190" t="s">
         <v>89</v>
       </c>
-      <c r="J13" s="576">
-[...2 lines deleted...]
-      <c r="K13" s="718">
+      <c r="J13" s="49">
+        <v>12</v>
+      </c>
+      <c r="K13" s="191">
         <v>11</v>
       </c>
-      <c r="L13" s="718">
+      <c r="L13" s="191">
         <v>11</v>
       </c>
-      <c r="M13" s="704"/>
-      <c r="N13" s="645" t="s">
+      <c r="M13" s="177"/>
+      <c r="N13" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O13" s="719" t="s">
+      <c r="O13" s="192" t="s">
         <v>89</v>
       </c>
-      <c r="P13" s="682" t="s">
+      <c r="P13" s="155" t="s">
         <v>90</v>
       </c>
-      <c r="Q13" s="682" t="s">
+      <c r="Q13" s="155" t="s">
         <v>90</v>
       </c>
-      <c r="R13" s="576">
-[...12 lines deleted...]
-      <c r="W13" s="645" t="s">
+      <c r="R13" s="49">
+        <v>12</v>
+      </c>
+      <c r="S13" s="49">
+        <v>12</v>
+      </c>
+      <c r="T13" s="49">
+        <v>12</v>
+      </c>
+      <c r="U13" s="46"/>
+      <c r="V13" s="185" t="s">
+        <v>457</v>
+      </c>
+      <c r="W13" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X13" s="682" t="s">
+      <c r="X13" s="155" t="s">
         <v>91</v>
       </c>
-      <c r="Y13" s="682" t="s">
+      <c r="Y13" s="155" t="s">
         <v>91</v>
       </c>
-      <c r="Z13" s="720">
+      <c r="Z13" s="193">
         <v>11</v>
       </c>
-      <c r="AA13" s="721"/>
-      <c r="AB13" s="722" t="s">
+      <c r="AA13" s="194"/>
+      <c r="AB13" s="195" t="s">
         <v>89</v>
       </c>
-      <c r="AC13" s="714">
+      <c r="AC13" s="187">
         <v>9</v>
       </c>
-      <c r="AD13" s="715">
+      <c r="AD13" s="188">
         <v>9</v>
       </c>
-      <c r="AE13" s="704"/>
-      <c r="AF13" s="645" t="s">
+      <c r="AE13" s="177"/>
+      <c r="AF13" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG13" s="711"/>
-      <c r="AH13" s="699" t="s">
+      <c r="AG13" s="184"/>
+      <c r="AH13" s="172" t="s">
         <v>89</v>
       </c>
-      <c r="AI13" s="699" t="s">
+      <c r="AI13" s="172" t="s">
         <v>89</v>
       </c>
-      <c r="AJ13" s="551"/>
-      <c r="AK13" s="682" t="s">
+      <c r="AJ13" s="24"/>
+      <c r="AK13" s="155" t="s">
         <v>91</v>
       </c>
-      <c r="AL13" s="715">
+      <c r="AL13" s="188">
         <v>9</v>
       </c>
-      <c r="AM13" s="573"/>
-[...1 lines deleted...]
-      <c r="AO13" s="645" t="s">
+      <c r="AM13" s="46"/>
+      <c r="AN13" s="177"/>
+      <c r="AO13" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP13" s="573"/>
-      <c r="AQ13" s="682" t="s">
+      <c r="AP13" s="46"/>
+      <c r="AQ13" s="155" t="s">
         <v>90</v>
       </c>
-      <c r="AR13" s="720">
+      <c r="AR13" s="193">
         <v>11</v>
       </c>
-      <c r="AS13" s="723" t="s">
+      <c r="AS13" s="196" t="s">
         <v>90</v>
       </c>
-      <c r="AT13" s="576">
-[...2 lines deleted...]
-      <c r="AU13" s="682" t="s">
+      <c r="AT13" s="49">
+        <v>12</v>
+      </c>
+      <c r="AU13" s="155" t="s">
         <v>91</v>
       </c>
-      <c r="AV13" s="573"/>
-[...1 lines deleted...]
-      <c r="AX13" s="638" t="s">
+      <c r="AV13" s="46"/>
+      <c r="AW13" s="186"/>
+      <c r="AX13" s="111" t="s">
         <v>88</v>
       </c>
-      <c r="AY13" s="619">
+      <c r="AY13" s="92">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="724" t="s">
+      <c r="A14" s="197" t="s">
         <v>92</v>
       </c>
-      <c r="B14" s="639" t="s">
+      <c r="B14" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C14" s="640">
+      <c r="C14" s="113">
         <v>329</v>
       </c>
-      <c r="D14" s="639"/>
-[...4 lines deleted...]
-      <c r="G14" s="725" t="s">
+      <c r="D14" s="112"/>
+      <c r="E14" s="168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="173"/>
+      <c r="G14" s="198" t="s">
         <v>93</v>
       </c>
-      <c r="H14" s="726">
+      <c r="H14" s="199">
         <v>9</v>
       </c>
-      <c r="I14" s="673" t="s">
+      <c r="I14" s="146" t="s">
         <v>94</v>
       </c>
-      <c r="J14" s="727" t="s">
+      <c r="J14" s="200" t="s">
         <v>95</v>
       </c>
-      <c r="K14" s="718">
+      <c r="K14" s="191">
         <v>11</v>
       </c>
-      <c r="L14" s="718">
+      <c r="L14" s="191">
         <v>11</v>
       </c>
-      <c r="M14" s="698"/>
-      <c r="N14" s="645" t="s">
+      <c r="M14" s="171"/>
+      <c r="N14" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O14" s="551"/>
-      <c r="P14" s="682" t="s">
+      <c r="O14" s="24"/>
+      <c r="P14" s="155" t="s">
         <v>96</v>
       </c>
-      <c r="Q14" s="682" t="s">
+      <c r="Q14" s="155" t="s">
         <v>96</v>
       </c>
-      <c r="R14" s="728" t="s">
+      <c r="R14" s="201" t="s">
         <v>94</v>
       </c>
-      <c r="S14" s="729" t="s">
+      <c r="S14" s="202" t="s">
         <v>95</v>
       </c>
-      <c r="T14" s="551"/>
-      <c r="U14" s="730" t="s">
+      <c r="T14" s="24"/>
+      <c r="U14" s="203" t="s">
         <v>93</v>
       </c>
-      <c r="V14" s="712" t="s">
-[...2 lines deleted...]
-      <c r="W14" s="645" t="s">
+      <c r="V14" s="185" t="s">
+        <v>458</v>
+      </c>
+      <c r="W14" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X14" s="731" t="s">
+      <c r="X14" s="204" t="s">
         <v>96</v>
       </c>
-      <c r="Y14" s="573"/>
-      <c r="Z14" s="732">
+      <c r="Y14" s="46"/>
+      <c r="Z14" s="205">
         <v>11</v>
       </c>
-      <c r="AA14" s="733" t="s">
+      <c r="AA14" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="AB14" s="733" t="s">
+      <c r="AB14" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="AC14" s="714">
+      <c r="AC14" s="187">
         <v>9</v>
       </c>
-      <c r="AD14" s="734">
+      <c r="AD14" s="207">
         <v>9</v>
       </c>
-      <c r="AE14" s="712" t="s">
-[...2 lines deleted...]
-      <c r="AF14" s="645" t="s">
+      <c r="AE14" s="185" t="s">
+        <v>459</v>
+      </c>
+      <c r="AF14" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG14" s="735" t="s">
+      <c r="AG14" s="208" t="s">
         <v>93</v>
       </c>
-      <c r="AH14" s="733" t="s">
+      <c r="AH14" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="AI14" s="736" t="s">
+      <c r="AI14" s="209" t="s">
         <v>93</v>
       </c>
-      <c r="AJ14" s="700"/>
-      <c r="AK14" s="728" t="s">
+      <c r="AJ14" s="173"/>
+      <c r="AK14" s="201" t="s">
         <v>94</v>
       </c>
-      <c r="AL14" s="714">
+      <c r="AL14" s="187">
         <v>9</v>
       </c>
-      <c r="AM14" s="572"/>
-[...1 lines deleted...]
-      <c r="AO14" s="645" t="s">
+      <c r="AM14" s="45"/>
+      <c r="AN14" s="124"/>
+      <c r="AO14" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP14" s="674" t="s">
+      <c r="AP14" s="147" t="s">
         <v>94</v>
       </c>
-      <c r="AQ14" s="627"/>
-      <c r="AR14" s="732">
+      <c r="AQ14" s="100"/>
+      <c r="AR14" s="205">
         <v>11</v>
       </c>
-      <c r="AS14" s="682" t="s">
+      <c r="AS14" s="155" t="s">
         <v>96</v>
       </c>
-      <c r="AT14" s="573"/>
-      <c r="AU14" s="674" t="s">
+      <c r="AT14" s="46"/>
+      <c r="AU14" s="147" t="s">
         <v>94</v>
       </c>
-      <c r="AV14" s="733" t="s">
+      <c r="AV14" s="206" t="s">
         <v>93</v>
       </c>
-      <c r="AW14" s="574"/>
-      <c r="AX14" s="724" t="s">
+      <c r="AW14" s="47"/>
+      <c r="AX14" s="197" t="s">
         <v>92</v>
       </c>
-      <c r="AY14" s="693">
+      <c r="AY14" s="166">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="716" t="s">
+      <c r="A15" s="189" t="s">
         <v>97</v>
       </c>
-      <c r="B15" s="639" t="s">
+      <c r="B15" s="112" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="708"/>
-[...11 lines deleted...]
-      <c r="K15" s="718">
+      <c r="C15" s="181"/>
+      <c r="D15" s="112"/>
+      <c r="E15" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="210"/>
+      <c r="G15" s="46"/>
+      <c r="H15" s="46"/>
+      <c r="I15" s="116"/>
+      <c r="J15" s="49">
+        <v>12</v>
+      </c>
+      <c r="K15" s="191">
         <v>11</v>
       </c>
-      <c r="L15" s="718">
+      <c r="L15" s="191">
         <v>11</v>
       </c>
-      <c r="M15" s="704"/>
-      <c r="N15" s="645" t="s">
+      <c r="M15" s="177"/>
+      <c r="N15" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O15" s="711"/>
-[...15 lines deleted...]
-      <c r="W15" s="645" t="s">
+      <c r="O15" s="184"/>
+      <c r="P15" s="116"/>
+      <c r="Q15" s="211"/>
+      <c r="R15" s="212">
+        <v>12</v>
+      </c>
+      <c r="S15" s="49">
+        <v>12</v>
+      </c>
+      <c r="T15" s="49">
+        <v>12</v>
+      </c>
+      <c r="U15" s="46"/>
+      <c r="V15" s="122" t="s">
+        <v>460</v>
+      </c>
+      <c r="W15" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X15" s="573"/>
-[...1 lines deleted...]
-      <c r="Z15" s="720">
+      <c r="X15" s="46"/>
+      <c r="Y15" s="46"/>
+      <c r="Z15" s="193">
         <v>11</v>
       </c>
-      <c r="AA15" s="740"/>
-[...4 lines deleted...]
-      <c r="AF15" s="645" t="s">
+      <c r="AA15" s="213"/>
+      <c r="AB15" s="100"/>
+      <c r="AC15" s="46"/>
+      <c r="AD15" s="45"/>
+      <c r="AE15" s="177"/>
+      <c r="AF15" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG15" s="741"/>
-[...8 lines deleted...]
-      <c r="AN15" s="745" t="s">
+      <c r="AG15" s="214"/>
+      <c r="AH15" s="215"/>
+      <c r="AI15" s="72"/>
+      <c r="AJ15" s="216"/>
+      <c r="AK15" s="217"/>
+      <c r="AL15" s="72"/>
+      <c r="AM15" s="218" t="s">
+        <v>461</v>
+      </c>
+      <c r="AN15" s="218" t="s">
         <v>100</v>
       </c>
-      <c r="AO15" s="645" t="s">
+      <c r="AO15" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP15" s="651"/>
-[...1 lines deleted...]
-      <c r="AR15" s="720">
+      <c r="AP15" s="124"/>
+      <c r="AQ15" s="219"/>
+      <c r="AR15" s="193">
         <v>11</v>
       </c>
-      <c r="AS15" s="746"/>
-[...6 lines deleted...]
-      <c r="AX15" s="638" t="s">
+      <c r="AS15" s="219"/>
+      <c r="AT15" s="220">
+        <v>12</v>
+      </c>
+      <c r="AU15" s="124"/>
+      <c r="AV15" s="46"/>
+      <c r="AW15" s="186"/>
+      <c r="AX15" s="111" t="s">
         <v>103</v>
       </c>
-      <c r="AY15" s="619">
+      <c r="AY15" s="92">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="748" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="547" t="s">
+      <c r="A16" s="221" t="s">
+        <v>462</v>
+      </c>
+      <c r="B16" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="749">
+      <c r="C16" s="222">
         <v>305</v>
       </c>
-      <c r="D16" s="750" t="s">
+      <c r="D16" s="223" t="s">
         <v>105</v>
       </c>
-      <c r="E16" s="751" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="696" t="s">
+      <c r="E16" s="224" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="169" t="s">
         <v>163</v>
       </c>
-      <c r="G16" s="752" t="s">
+      <c r="G16" s="225" t="s">
         <v>106</v>
       </c>
-      <c r="H16" s="714">
+      <c r="H16" s="187">
         <v>9</v>
       </c>
-      <c r="I16" s="573"/>
-[...3 lines deleted...]
-      <c r="K16" s="725" t="s">
+      <c r="I16" s="46"/>
+      <c r="J16" s="49">
+        <v>12</v>
+      </c>
+      <c r="K16" s="198" t="s">
         <v>106</v>
       </c>
-      <c r="L16" s="573"/>
-[...1 lines deleted...]
-      <c r="N16" s="645" t="s">
+      <c r="L16" s="46"/>
+      <c r="M16" s="171"/>
+      <c r="N16" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O16" s="753" t="s">
+      <c r="O16" s="226" t="s">
         <v>107</v>
       </c>
-      <c r="P16" s="551"/>
-      <c r="Q16" s="673" t="s">
+      <c r="P16" s="24"/>
+      <c r="Q16" s="146" t="s">
         <v>108</v>
       </c>
-      <c r="R16" s="576">
-[...5 lines deleted...]
-      <c r="T16" s="725" t="s">
+      <c r="R16" s="49">
+        <v>12</v>
+      </c>
+      <c r="S16" s="49">
+        <v>12</v>
+      </c>
+      <c r="T16" s="198" t="s">
         <v>106</v>
       </c>
-      <c r="U16" s="551"/>
-[...3 lines deleted...]
-      <c r="W16" s="645" t="s">
+      <c r="U16" s="24"/>
+      <c r="V16" s="185" t="s">
+        <v>463</v>
+      </c>
+      <c r="W16" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X16" s="723" t="s">
+      <c r="X16" s="196" t="s">
         <v>109</v>
       </c>
-      <c r="Y16" s="754" t="s">
+      <c r="Y16" s="227" t="s">
         <v>109</v>
       </c>
-      <c r="Z16" s="733" t="s">
+      <c r="Z16" s="206" t="s">
         <v>107</v>
       </c>
-      <c r="AA16" s="573"/>
-      <c r="AB16" s="755" t="s">
+      <c r="AA16" s="46"/>
+      <c r="AB16" s="228" t="s">
         <v>108</v>
       </c>
-      <c r="AC16" s="714">
+      <c r="AC16" s="187">
         <v>9</v>
       </c>
-      <c r="AD16" s="715">
+      <c r="AD16" s="188">
         <v>9</v>
       </c>
-      <c r="AE16" s="712" t="s">
-[...2 lines deleted...]
-      <c r="AF16" s="645" t="s">
+      <c r="AE16" s="185" t="s">
+        <v>464</v>
+      </c>
+      <c r="AF16" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG16" s="733" t="s">
+      <c r="AG16" s="206" t="s">
         <v>106</v>
       </c>
-      <c r="AH16" s="756" t="s">
+      <c r="AH16" s="229" t="s">
         <v>107</v>
       </c>
-      <c r="AI16" s="756" t="s">
+      <c r="AI16" s="229" t="s">
         <v>107</v>
       </c>
-      <c r="AJ16" s="733" t="s">
+      <c r="AJ16" s="206" t="s">
         <v>106</v>
       </c>
-      <c r="AK16" s="682" t="s">
+      <c r="AK16" s="155" t="s">
         <v>109</v>
       </c>
-      <c r="AL16" s="715">
+      <c r="AL16" s="188">
         <v>9</v>
       </c>
-      <c r="AM16" s="757" t="s">
+      <c r="AM16" s="230" t="s">
         <v>108</v>
       </c>
-      <c r="AN16" s="651"/>
-      <c r="AO16" s="645" t="s">
+      <c r="AN16" s="124"/>
+      <c r="AO16" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP16" s="733" t="s">
+      <c r="AP16" s="206" t="s">
         <v>107</v>
       </c>
-      <c r="AQ16" s="673" t="s">
+      <c r="AQ16" s="146" t="s">
         <v>110</v>
       </c>
-      <c r="AR16" s="573"/>
-      <c r="AS16" s="758" t="s">
+      <c r="AR16" s="46"/>
+      <c r="AS16" s="231" t="s">
         <v>108</v>
       </c>
-      <c r="AT16" s="576">
-[...2 lines deleted...]
-      <c r="AU16" s="682" t="s">
+      <c r="AT16" s="49">
+        <v>12</v>
+      </c>
+      <c r="AU16" s="155" t="s">
         <v>109</v>
       </c>
-      <c r="AV16" s="573"/>
-[...1 lines deleted...]
-      <c r="AX16" s="760" t="s">
+      <c r="AV16" s="46"/>
+      <c r="AW16" s="232"/>
+      <c r="AX16" s="233" t="s">
         <v>111</v>
       </c>
-      <c r="AY16" s="693">
+      <c r="AY16" s="166">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="761" t="s">
+      <c r="A17" s="234" t="s">
         <v>112</v>
       </c>
-      <c r="B17" s="655" t="s">
+      <c r="B17" s="128" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="656">
+      <c r="C17" s="129">
         <v>218</v>
       </c>
-      <c r="D17" s="655"/>
-[...3 lines deleted...]
-      <c r="F17" s="699" t="s">
+      <c r="D17" s="128"/>
+      <c r="E17" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="G17" s="709" t="s">
+      <c r="G17" s="182" t="s">
         <v>114</v>
       </c>
-      <c r="H17" s="763" t="s">
+      <c r="H17" s="236" t="s">
         <v>114</v>
       </c>
-      <c r="I17" s="764" t="s">
+      <c r="I17" s="237" t="s">
         <v>115</v>
       </c>
-      <c r="J17" s="765" t="s">
+      <c r="J17" s="238" t="s">
         <v>114</v>
       </c>
-      <c r="K17" s="766" t="s">
+      <c r="K17" s="239" t="s">
         <v>116</v>
       </c>
-      <c r="L17" s="722" t="s">
+      <c r="L17" s="195" t="s">
         <v>115</v>
       </c>
-      <c r="M17" s="767"/>
-      <c r="N17" s="768" t="s">
+      <c r="M17" s="240"/>
+      <c r="N17" s="241" t="s">
         <v>13</v>
       </c>
-      <c r="O17" s="602" t="s">
+      <c r="O17" s="75" t="s">
         <v>117</v>
       </c>
-      <c r="P17" s="769" t="s">
+      <c r="P17" s="242" t="s">
         <v>115</v>
       </c>
-      <c r="Q17" s="770" t="s">
+      <c r="Q17" s="243" t="s">
         <v>117</v>
       </c>
-      <c r="R17" s="771"/>
-      <c r="S17" s="766" t="s">
+      <c r="R17" s="244"/>
+      <c r="S17" s="239" t="s">
         <v>116</v>
       </c>
-      <c r="T17" s="551"/>
-[...4 lines deleted...]
-      <c r="W17" s="606" t="s">
+      <c r="T17" s="24"/>
+      <c r="U17" s="134"/>
+      <c r="V17" s="245" t="s">
+        <v>465</v>
+      </c>
+      <c r="W17" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="X17" s="773" t="s">
+      <c r="X17" s="246" t="s">
         <v>113</v>
       </c>
-      <c r="Y17" s="699" t="s">
+      <c r="Y17" s="172" t="s">
         <v>115</v>
       </c>
-      <c r="Z17" s="602" t="s">
+      <c r="Z17" s="75" t="s">
         <v>113</v>
       </c>
-      <c r="AA17" s="766" t="s">
+      <c r="AA17" s="239" t="s">
         <v>116</v>
       </c>
-      <c r="AB17" s="763" t="s">
+      <c r="AB17" s="236" t="s">
         <v>114</v>
       </c>
-      <c r="AC17" s="774" t="s">
+      <c r="AC17" s="247" t="s">
         <v>117</v>
       </c>
-      <c r="AD17" s="775"/>
-[...3 lines deleted...]
-      <c r="AF17" s="768" t="s">
+      <c r="AD17" s="248"/>
+      <c r="AE17" s="102" t="s">
+        <v>466</v>
+      </c>
+      <c r="AF17" s="241" t="s">
         <v>16</v>
       </c>
-      <c r="AG17" s="551"/>
-      <c r="AH17" s="602" t="s">
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="75" t="s">
         <v>115</v>
       </c>
-      <c r="AI17" s="602" t="s">
+      <c r="AI17" s="75" t="s">
         <v>113</v>
       </c>
-      <c r="AJ17" s="551"/>
-      <c r="AK17" s="776" t="s">
+      <c r="AJ17" s="24"/>
+      <c r="AK17" s="249" t="s">
         <v>117</v>
       </c>
-      <c r="AL17" s="777" t="s">
+      <c r="AL17" s="250" t="s">
         <v>116</v>
       </c>
-      <c r="AM17" s="778" t="s">
+      <c r="AM17" s="251" t="s">
         <v>114</v>
       </c>
-      <c r="AN17" s="779"/>
-      <c r="AO17" s="606" t="s">
+      <c r="AN17" s="252"/>
+      <c r="AO17" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="AP17" s="585"/>
-      <c r="AQ17" s="722" t="s">
+      <c r="AP17" s="58"/>
+      <c r="AQ17" s="195" t="s">
         <v>113</v>
       </c>
-      <c r="AR17" s="777" t="s">
+      <c r="AR17" s="250" t="s">
         <v>116</v>
       </c>
-      <c r="AS17" s="722" t="s">
+      <c r="AS17" s="195" t="s">
         <v>117</v>
       </c>
-      <c r="AT17" s="551"/>
-[...3 lines deleted...]
-      <c r="AX17" s="781" t="s">
+      <c r="AT17" s="24"/>
+      <c r="AU17" s="24"/>
+      <c r="AV17" s="194"/>
+      <c r="AW17" s="253"/>
+      <c r="AX17" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="AY17" s="693">
+      <c r="AY17" s="166">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="782" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="783" t="s">
+      <c r="A18" s="255" t="s">
+        <v>467</v>
+      </c>
+      <c r="B18" s="256" t="s">
         <v>119</v>
       </c>
-      <c r="C18" s="784">
+      <c r="C18" s="257">
         <v>207</v>
       </c>
-      <c r="D18" s="785" t="s">
+      <c r="D18" s="258" t="s">
         <v>120</v>
       </c>
-      <c r="E18" s="786" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="787" t="s">
+      <c r="E18" s="259" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="260" t="s">
         <v>121</v>
       </c>
-      <c r="G18" s="788" t="s">
+      <c r="G18" s="261" t="s">
         <v>122</v>
       </c>
-      <c r="H18" s="789" t="s">
+      <c r="H18" s="262" t="s">
         <v>123</v>
       </c>
-      <c r="I18" s="696" t="s">
+      <c r="I18" s="169" t="s">
         <v>122</v>
       </c>
-      <c r="J18" s="790" t="s">
+      <c r="J18" s="263" t="s">
         <v>124</v>
       </c>
-      <c r="K18" s="551"/>
-[...2 lines deleted...]
-      <c r="N18" s="575" t="s">
+      <c r="K18" s="24"/>
+      <c r="L18" s="107"/>
+      <c r="M18" s="152"/>
+      <c r="N18" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="O18" s="791" t="s">
+      <c r="O18" s="264" t="s">
         <v>121</v>
       </c>
-      <c r="P18" s="787" t="s">
+      <c r="P18" s="260" t="s">
         <v>121</v>
       </c>
-      <c r="Q18" s="792"/>
-      <c r="R18" s="793" t="s">
+      <c r="Q18" s="265"/>
+      <c r="R18" s="266" t="s">
         <v>125</v>
       </c>
-      <c r="S18" s="583"/>
-[...5 lines deleted...]
-      <c r="W18" s="796" t="s">
+      <c r="S18" s="56"/>
+      <c r="T18" s="267"/>
+      <c r="U18" s="56"/>
+      <c r="V18" s="268" t="s">
+        <v>468</v>
+      </c>
+      <c r="W18" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X18" s="787" t="s">
+      <c r="X18" s="260" t="s">
         <v>121</v>
       </c>
-      <c r="Y18" s="676" t="s">
+      <c r="Y18" s="149" t="s">
         <v>125</v>
       </c>
-      <c r="Z18" s="797" t="s">
+      <c r="Z18" s="270" t="s">
         <v>123</v>
       </c>
-      <c r="AA18" s="793" t="s">
+      <c r="AA18" s="266" t="s">
         <v>124</v>
       </c>
-      <c r="AB18" s="798" t="s">
+      <c r="AB18" s="271" t="s">
         <v>124</v>
       </c>
-      <c r="AC18" s="799"/>
-      <c r="AD18" s="790" t="s">
+      <c r="AC18" s="272"/>
+      <c r="AD18" s="263" t="s">
         <v>126</v>
       </c>
-      <c r="AE18" s="800" t="s">
-[...2 lines deleted...]
-      <c r="AF18" s="575" t="s">
+      <c r="AE18" s="273" t="s">
+        <v>469</v>
+      </c>
+      <c r="AF18" s="48" t="s">
         <v>16</v>
       </c>
-      <c r="AG18" s="753" t="s">
+      <c r="AG18" s="226" t="s">
         <v>125</v>
       </c>
-      <c r="AH18" s="790" t="s">
+      <c r="AH18" s="263" t="s">
         <v>121</v>
       </c>
-      <c r="AI18" s="801" t="s">
+      <c r="AI18" s="274" t="s">
         <v>125</v>
       </c>
-      <c r="AJ18" s="802"/>
-      <c r="AK18" s="789" t="s">
+      <c r="AJ18" s="275"/>
+      <c r="AK18" s="262" t="s">
         <v>122</v>
       </c>
-      <c r="AL18" s="788" t="s">
+      <c r="AL18" s="261" t="s">
         <v>123</v>
       </c>
-      <c r="AM18" s="797" t="s">
+      <c r="AM18" s="270" t="s">
         <v>123</v>
       </c>
-      <c r="AN18" s="803"/>
-      <c r="AO18" s="578" t="s">
+      <c r="AN18" s="276"/>
+      <c r="AO18" s="51" t="s">
         <v>18</v>
       </c>
-      <c r="AP18" s="789" t="s">
+      <c r="AP18" s="262" t="s">
         <v>123</v>
       </c>
-      <c r="AQ18" s="793" t="s">
+      <c r="AQ18" s="266" t="s">
         <v>124</v>
       </c>
-      <c r="AR18" s="793" t="s">
+      <c r="AR18" s="266" t="s">
         <v>124</v>
       </c>
-      <c r="AS18" s="551"/>
-      <c r="AT18" s="789" t="s">
+      <c r="AS18" s="24"/>
+      <c r="AT18" s="262" t="s">
         <v>122</v>
       </c>
-      <c r="AU18" s="789" t="s">
+      <c r="AU18" s="262" t="s">
         <v>122</v>
       </c>
-      <c r="AV18" s="793" t="s">
+      <c r="AV18" s="266" t="s">
         <v>125</v>
       </c>
-      <c r="AW18" s="803"/>
-      <c r="AX18" s="781" t="s">
+      <c r="AW18" s="276"/>
+      <c r="AX18" s="254" t="s">
         <v>127</v>
       </c>
-      <c r="AY18" s="804" t="s">
-        <v>479</v>
+      <c r="AY18" s="277" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="19" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="716" t="s">
+      <c r="A19" s="189" t="s">
         <v>128</v>
       </c>
-      <c r="B19" s="805" t="s">
+      <c r="B19" s="278" t="s">
         <v>119</v>
       </c>
-      <c r="C19" s="806">
+      <c r="C19" s="279">
         <v>208</v>
       </c>
-      <c r="D19" s="807"/>
-[...3 lines deleted...]
-      <c r="F19" s="725" t="s">
+      <c r="D19" s="280"/>
+      <c r="E19" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="198" t="s">
         <v>129</v>
       </c>
-      <c r="G19" s="735" t="s">
+      <c r="G19" s="208" t="s">
         <v>129</v>
       </c>
-      <c r="H19" s="682" t="s">
+      <c r="H19" s="155" t="s">
         <v>130</v>
       </c>
-      <c r="I19" s="551"/>
-      <c r="J19" s="714">
+      <c r="I19" s="24"/>
+      <c r="J19" s="187">
         <v>9</v>
       </c>
-      <c r="K19" s="576">
-[...6 lines deleted...]
-      <c r="N19" s="645" t="s">
+      <c r="K19" s="49">
+        <v>12</v>
+      </c>
+      <c r="L19" s="49">
+        <v>12</v>
+      </c>
+      <c r="M19" s="177"/>
+      <c r="N19" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O19" s="573"/>
-      <c r="P19" s="725" t="s">
+      <c r="O19" s="46"/>
+      <c r="P19" s="198" t="s">
         <v>129</v>
       </c>
-      <c r="Q19" s="573"/>
-      <c r="R19" s="718">
+      <c r="Q19" s="46"/>
+      <c r="R19" s="191">
         <v>11</v>
       </c>
-      <c r="S19" s="718">
+      <c r="S19" s="191">
         <v>11</v>
       </c>
-      <c r="T19" s="714">
+      <c r="T19" s="187">
         <v>9</v>
       </c>
-      <c r="U19" s="573"/>
-[...3 lines deleted...]
-      <c r="W19" s="796" t="s">
+      <c r="U19" s="46"/>
+      <c r="V19" s="281" t="s">
+        <v>471</v>
+      </c>
+      <c r="W19" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="725" t="s">
+      <c r="X19" s="198" t="s">
         <v>129</v>
       </c>
-      <c r="Y19" s="682" t="s">
+      <c r="Y19" s="155" t="s">
         <v>130</v>
       </c>
-      <c r="Z19" s="576">
-[...6 lines deleted...]
-      <c r="AC19" s="809">
+      <c r="Z19" s="49">
+        <v>12</v>
+      </c>
+      <c r="AA19" s="49">
+        <v>12</v>
+      </c>
+      <c r="AB19" s="46"/>
+      <c r="AC19" s="282">
         <v>11</v>
       </c>
-      <c r="AD19" s="725" t="s">
+      <c r="AD19" s="198" t="s">
         <v>131</v>
       </c>
-      <c r="AE19" s="704"/>
-      <c r="AF19" s="645" t="s">
+      <c r="AE19" s="177"/>
+      <c r="AF19" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG19" s="733" t="s">
+      <c r="AG19" s="206" t="s">
         <v>129</v>
       </c>
-      <c r="AH19" s="714">
+      <c r="AH19" s="187">
         <v>9</v>
       </c>
-      <c r="AI19" s="682" t="s">
+      <c r="AI19" s="155" t="s">
         <v>130</v>
       </c>
-      <c r="AJ19" s="718">
+      <c r="AJ19" s="191">
         <v>11</v>
       </c>
-      <c r="AK19" s="682" t="s">
+      <c r="AK19" s="155" t="s">
         <v>130</v>
       </c>
-      <c r="AL19" s="700"/>
-[...2 lines deleted...]
-      <c r="AO19" s="810" t="s">
+      <c r="AL19" s="173"/>
+      <c r="AM19" s="46"/>
+      <c r="AN19" s="46"/>
+      <c r="AO19" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="AP19" s="718">
+      <c r="AP19" s="191">
         <v>11</v>
       </c>
-      <c r="AQ19" s="718">
+      <c r="AQ19" s="191">
         <v>11</v>
       </c>
-      <c r="AR19" s="576">
-[...5 lines deleted...]
-      <c r="AT19" s="714">
+      <c r="AR19" s="49">
+        <v>12</v>
+      </c>
+      <c r="AS19" s="49">
+        <v>12</v>
+      </c>
+      <c r="AT19" s="187">
         <v>9</v>
       </c>
-      <c r="AU19" s="682" t="s">
+      <c r="AU19" s="155" t="s">
         <v>130</v>
       </c>
-      <c r="AV19" s="573"/>
-[...1 lines deleted...]
-      <c r="AX19" s="638" t="s">
+      <c r="AV19" s="46"/>
+      <c r="AW19" s="177"/>
+      <c r="AX19" s="111" t="s">
         <v>128</v>
       </c>
-      <c r="AY19" s="804" t="s">
-        <v>481</v>
+      <c r="AY19" s="277" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="20" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="716" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="805" t="s">
+      <c r="A20" s="189" t="s">
+        <v>473</v>
+      </c>
+      <c r="B20" s="278" t="s">
         <v>133</v>
       </c>
-      <c r="C20" s="806">
+      <c r="C20" s="279">
         <v>210</v>
       </c>
-      <c r="D20" s="811" t="s">
+      <c r="D20" s="284" t="s">
         <v>134</v>
       </c>
-      <c r="E20" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="812" t="s">
+      <c r="E20" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="285" t="s">
         <v>135</v>
       </c>
-      <c r="G20" s="725" t="s">
+      <c r="G20" s="198" t="s">
         <v>136</v>
       </c>
-      <c r="H20" s="682" t="s">
+      <c r="H20" s="155" t="s">
         <v>137</v>
       </c>
-      <c r="I20" s="725" t="s">
+      <c r="I20" s="198" t="s">
         <v>136</v>
       </c>
-      <c r="J20" s="573"/>
-      <c r="K20" s="725" t="s">
+      <c r="J20" s="46"/>
+      <c r="K20" s="198" t="s">
         <v>138</v>
       </c>
-      <c r="L20" s="813"/>
-[...1 lines deleted...]
-      <c r="N20" s="645" t="s">
+      <c r="L20" s="286"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O20" s="725" t="s">
+      <c r="O20" s="198" t="s">
         <v>138</v>
       </c>
-      <c r="P20" s="682" t="s">
+      <c r="P20" s="155" t="s">
         <v>137</v>
       </c>
-      <c r="Q20" s="682" t="s">
+      <c r="Q20" s="155" t="s">
         <v>137</v>
       </c>
-      <c r="R20" s="718">
+      <c r="R20" s="191">
         <v>11</v>
       </c>
-      <c r="S20" s="718">
+      <c r="S20" s="191">
         <v>11</v>
       </c>
-      <c r="T20" s="814" t="s">
+      <c r="T20" s="287" t="s">
         <v>136</v>
       </c>
-      <c r="U20" s="573"/>
-[...3 lines deleted...]
-      <c r="W20" s="796" t="s">
+      <c r="U20" s="46"/>
+      <c r="V20" s="185" t="s">
+        <v>474</v>
+      </c>
+      <c r="W20" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="551"/>
-      <c r="Y20" s="682" t="s">
+      <c r="X20" s="24"/>
+      <c r="Y20" s="155" t="s">
         <v>135</v>
       </c>
-      <c r="Z20" s="733" t="s">
+      <c r="Z20" s="206" t="s">
         <v>138</v>
       </c>
-      <c r="AA20" s="725" t="s">
+      <c r="AA20" s="198" t="s">
         <v>136</v>
       </c>
-      <c r="AB20" s="725" t="s">
+      <c r="AB20" s="198" t="s">
         <v>136</v>
       </c>
-      <c r="AC20" s="809">
+      <c r="AC20" s="282">
         <v>11</v>
       </c>
-      <c r="AD20" s="725" t="s">
+      <c r="AD20" s="198" t="s">
         <v>139</v>
       </c>
-      <c r="AE20" s="704"/>
-      <c r="AF20" s="645" t="s">
+      <c r="AE20" s="177"/>
+      <c r="AF20" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG20" s="815" t="s">
+      <c r="AG20" s="288" t="s">
         <v>138</v>
       </c>
-      <c r="AH20" s="733" t="s">
+      <c r="AH20" s="206" t="s">
         <v>138</v>
       </c>
-      <c r="AI20" s="682" t="s">
+      <c r="AI20" s="155" t="s">
         <v>137</v>
       </c>
-      <c r="AJ20" s="718">
+      <c r="AJ20" s="191">
         <v>11</v>
       </c>
-      <c r="AK20" s="682" t="s">
+      <c r="AK20" s="155" t="s">
         <v>135</v>
       </c>
-      <c r="AL20" s="700"/>
-[...2 lines deleted...]
-      <c r="AO20" s="810" t="s">
+      <c r="AL20" s="173"/>
+      <c r="AM20" s="46"/>
+      <c r="AN20" s="177"/>
+      <c r="AO20" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="AP20" s="718">
+      <c r="AP20" s="191">
         <v>11</v>
       </c>
-      <c r="AQ20" s="718">
+      <c r="AQ20" s="191">
         <v>11</v>
       </c>
-      <c r="AR20" s="682" t="s">
+      <c r="AR20" s="155" t="s">
         <v>135</v>
       </c>
-      <c r="AS20" s="682" t="s">
+      <c r="AS20" s="155" t="s">
         <v>137</v>
       </c>
-      <c r="AT20" s="551"/>
-      <c r="AU20" s="682" t="s">
+      <c r="AT20" s="24"/>
+      <c r="AU20" s="155" t="s">
         <v>135</v>
       </c>
-      <c r="AV20" s="573"/>
-[...1 lines deleted...]
-      <c r="AX20" s="816" t="s">
+      <c r="AV20" s="46"/>
+      <c r="AW20" s="177"/>
+      <c r="AX20" s="289" t="s">
         <v>140</v>
       </c>
-      <c r="AY20" s="804" t="s">
-        <v>484</v>
+      <c r="AY20" s="277" t="s">
+        <v>475</v>
       </c>
     </row>
     <row r="21" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="817" t="s">
+      <c r="A21" s="290" t="s">
         <v>141</v>
       </c>
-      <c r="B21" s="805" t="s">
+      <c r="B21" s="278" t="s">
         <v>119</v>
       </c>
-      <c r="C21" s="806">
+      <c r="C21" s="279">
         <v>117</v>
       </c>
-      <c r="D21" s="807"/>
-[...3 lines deleted...]
-      <c r="F21" s="699" t="s">
+      <c r="D21" s="280"/>
+      <c r="E21" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="172" t="s">
         <v>142</v>
       </c>
-      <c r="G21" s="699" t="s">
+      <c r="G21" s="172" t="s">
         <v>142</v>
       </c>
-      <c r="H21" s="792"/>
-[...3 lines deleted...]
-      <c r="J21" s="714">
+      <c r="H21" s="265"/>
+      <c r="I21" s="187" t="s">
+        <v>476</v>
+      </c>
+      <c r="J21" s="187">
         <v>9</v>
       </c>
-      <c r="K21" s="576">
-[...6 lines deleted...]
-      <c r="N21" s="645" t="s">
+      <c r="K21" s="49">
+        <v>12</v>
+      </c>
+      <c r="L21" s="49">
+        <v>12</v>
+      </c>
+      <c r="M21" s="177"/>
+      <c r="N21" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O21" s="574"/>
-      <c r="P21" s="699" t="s">
+      <c r="O21" s="47"/>
+      <c r="P21" s="172" t="s">
         <v>144</v>
       </c>
-      <c r="Q21" s="699" t="s">
+      <c r="Q21" s="172" t="s">
         <v>144</v>
       </c>
-      <c r="R21" s="718">
+      <c r="R21" s="191">
         <v>11</v>
       </c>
-      <c r="S21" s="718">
+      <c r="S21" s="191">
         <v>11</v>
       </c>
-      <c r="T21" s="714">
+      <c r="T21" s="187">
         <v>9</v>
       </c>
-      <c r="U21" s="551"/>
-[...3 lines deleted...]
-      <c r="W21" s="796" t="s">
+      <c r="U21" s="24"/>
+      <c r="V21" s="291" t="s">
+        <v>477</v>
+      </c>
+      <c r="W21" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X21" s="719" t="s">
+      <c r="X21" s="192" t="s">
         <v>144</v>
       </c>
-      <c r="Y21" s="699" t="s">
+      <c r="Y21" s="172" t="s">
         <v>144</v>
       </c>
-      <c r="Z21" s="576">
-[...5 lines deleted...]
-      <c r="AB21" s="699" t="s">
+      <c r="Z21" s="49">
+        <v>12</v>
+      </c>
+      <c r="AA21" s="49">
+        <v>12</v>
+      </c>
+      <c r="AB21" s="172" t="s">
         <v>142</v>
       </c>
-      <c r="AC21" s="809">
+      <c r="AC21" s="282">
         <v>11</v>
       </c>
-      <c r="AD21" s="573"/>
-[...3 lines deleted...]
-      <c r="AF21" s="645" t="s">
+      <c r="AD21" s="46"/>
+      <c r="AE21" s="292" t="s">
+        <v>478</v>
+      </c>
+      <c r="AF21" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG21" s="820" t="s">
+      <c r="AG21" s="293" t="s">
         <v>144</v>
       </c>
-      <c r="AH21" s="714">
+      <c r="AH21" s="187">
         <v>9</v>
       </c>
-      <c r="AI21" s="699" t="s">
+      <c r="AI21" s="172" t="s">
         <v>142</v>
       </c>
-      <c r="AJ21" s="718">
+      <c r="AJ21" s="191">
         <v>11</v>
       </c>
-      <c r="AK21" s="699" t="s">
+      <c r="AK21" s="172" t="s">
         <v>142</v>
       </c>
-      <c r="AL21" s="700"/>
-[...2 lines deleted...]
-      <c r="AO21" s="810" t="s">
+      <c r="AL21" s="173"/>
+      <c r="AM21" s="46"/>
+      <c r="AN21" s="46"/>
+      <c r="AO21" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="AP21" s="718">
+      <c r="AP21" s="191">
         <v>11</v>
       </c>
-      <c r="AQ21" s="718">
+      <c r="AQ21" s="191">
         <v>11</v>
       </c>
-      <c r="AR21" s="576">
-[...5 lines deleted...]
-      <c r="AT21" s="714">
+      <c r="AR21" s="49">
+        <v>12</v>
+      </c>
+      <c r="AS21" s="49">
+        <v>12</v>
+      </c>
+      <c r="AT21" s="187">
         <v>9</v>
       </c>
-      <c r="AU21" s="551"/>
-[...2 lines deleted...]
-      <c r="AX21" s="817" t="s">
+      <c r="AU21" s="24"/>
+      <c r="AV21" s="46"/>
+      <c r="AW21" s="177"/>
+      <c r="AX21" s="290" t="s">
         <v>141</v>
       </c>
-      <c r="AY21" s="619">
+      <c r="AY21" s="92">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="668" t="s">
+      <c r="A22" s="141" t="s">
         <v>145</v>
       </c>
-      <c r="B22" s="805" t="s">
+      <c r="B22" s="278" t="s">
         <v>146</v>
       </c>
-      <c r="C22" s="821">
+      <c r="C22" s="294">
         <v>206</v>
       </c>
-      <c r="D22" s="591" t="s">
+      <c r="D22" s="64" t="s">
         <v>147</v>
       </c>
-      <c r="E22" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="673" t="s">
+      <c r="E22" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="146" t="s">
         <v>148</v>
       </c>
-      <c r="G22" s="673" t="s">
+      <c r="G22" s="146" t="s">
         <v>148</v>
       </c>
-      <c r="H22" s="573"/>
-      <c r="I22" s="673" t="s">
+      <c r="H22" s="46"/>
+      <c r="I22" s="146" t="s">
         <v>149</v>
       </c>
-      <c r="J22" s="710">
+      <c r="J22" s="183">
         <v>9</v>
       </c>
-      <c r="K22" s="822" t="s">
+      <c r="K22" s="295" t="s">
         <v>150</v>
       </c>
-      <c r="L22" s="696" t="s">
-[...3 lines deleted...]
-      <c r="N22" s="645" t="s">
+      <c r="L22" s="169" t="s">
+        <v>479</v>
+      </c>
+      <c r="M22" s="152"/>
+      <c r="N22" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O22" s="551"/>
-[...1 lines deleted...]
-      <c r="Q22" s="777" t="s">
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="250" t="s">
         <v>152</v>
       </c>
-      <c r="R22" s="777" t="s">
+      <c r="R22" s="250" t="s">
         <v>149</v>
       </c>
-      <c r="S22" s="777" t="s">
+      <c r="S22" s="250" t="s">
         <v>150</v>
       </c>
-      <c r="T22" s="823">
+      <c r="T22" s="296">
         <v>9</v>
       </c>
-      <c r="U22" s="551"/>
-[...3 lines deleted...]
-      <c r="W22" s="796" t="s">
+      <c r="U22" s="24"/>
+      <c r="V22" s="281" t="s">
+        <v>480</v>
+      </c>
+      <c r="W22" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X22" s="824" t="s">
+      <c r="X22" s="297" t="s">
         <v>148</v>
       </c>
-      <c r="Y22" s="825" t="s">
+      <c r="Y22" s="298" t="s">
         <v>148</v>
       </c>
-      <c r="Z22" s="573"/>
-      <c r="AA22" s="673" t="s">
+      <c r="Z22" s="46"/>
+      <c r="AA22" s="146" t="s">
         <v>150</v>
       </c>
-      <c r="AB22" s="673" t="s">
+      <c r="AB22" s="146" t="s">
         <v>152</v>
       </c>
-      <c r="AC22" s="573"/>
-[...4 lines deleted...]
-      <c r="AF22" s="645" t="s">
+      <c r="AC22" s="46"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="185" t="s">
+        <v>481</v>
+      </c>
+      <c r="AF22" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG22" s="551"/>
-      <c r="AH22" s="714">
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="187">
         <v>9</v>
       </c>
-      <c r="AI22" s="826" t="s">
+      <c r="AI22" s="299" t="s">
         <v>148</v>
       </c>
-      <c r="AJ22" s="673" t="s">
-[...2 lines deleted...]
-      <c r="AK22" s="824" t="s">
+      <c r="AJ22" s="146" t="s">
+        <v>482</v>
+      </c>
+      <c r="AK22" s="297" t="s">
         <v>149</v>
       </c>
-      <c r="AL22" s="673" t="s">
+      <c r="AL22" s="146" t="s">
         <v>150</v>
       </c>
-      <c r="AM22" s="777" t="s">
+      <c r="AM22" s="250" t="s">
         <v>152</v>
       </c>
-      <c r="AN22" s="827"/>
-      <c r="AO22" s="810" t="s">
+      <c r="AN22" s="300"/>
+      <c r="AO22" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="AP22" s="673" t="s">
+      <c r="AP22" s="146" t="s">
         <v>149</v>
       </c>
-      <c r="AQ22" s="673" t="s">
+      <c r="AQ22" s="146" t="s">
         <v>152</v>
       </c>
-      <c r="AR22" s="673" t="s">
+      <c r="AR22" s="146" t="s">
         <v>150</v>
       </c>
-      <c r="AS22" s="673" t="s">
+      <c r="AS22" s="146" t="s">
         <v>152</v>
       </c>
-      <c r="AT22" s="710">
+      <c r="AT22" s="183">
         <v>9</v>
       </c>
-      <c r="AU22" s="673" t="s">
+      <c r="AU22" s="146" t="s">
         <v>149</v>
       </c>
-      <c r="AV22" s="721"/>
-[...1 lines deleted...]
-      <c r="AX22" s="828" t="s">
+      <c r="AV22" s="194"/>
+      <c r="AW22" s="177"/>
+      <c r="AX22" s="301" t="s">
         <v>145</v>
       </c>
-      <c r="AY22" s="551" t="s">
-        <v>492</v>
+      <c r="AY22" s="24" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="23" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="782" t="s">
+      <c r="A23" s="255" t="s">
         <v>154</v>
       </c>
-      <c r="B23" s="805" t="s">
+      <c r="B23" s="278" t="s">
         <v>119</v>
       </c>
-      <c r="C23" s="821">
+      <c r="C23" s="294">
         <v>110</v>
       </c>
-      <c r="D23" s="548"/>
-[...3 lines deleted...]
-      <c r="F23" s="829" t="s">
+      <c r="D23" s="21"/>
+      <c r="E23" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="302" t="s">
         <v>155</v>
       </c>
-      <c r="G23" s="830"/>
-      <c r="H23" s="682" t="s">
+      <c r="G23" s="303"/>
+      <c r="H23" s="155" t="s">
         <v>156</v>
       </c>
-      <c r="I23" s="714" t="s">
+      <c r="I23" s="187" t="s">
         <v>157</v>
       </c>
-      <c r="J23" s="831">
+      <c r="J23" s="304">
         <v>9</v>
       </c>
-      <c r="K23" s="763" t="s">
+      <c r="K23" s="236" t="s">
         <v>158</v>
       </c>
-      <c r="L23" s="696" t="s">
-[...3 lines deleted...]
-      <c r="N23" s="645" t="s">
+      <c r="L23" s="169" t="s">
+        <v>484</v>
+      </c>
+      <c r="M23" s="152"/>
+      <c r="N23" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O23" s="832" t="s">
+      <c r="O23" s="305" t="s">
         <v>160</v>
       </c>
-      <c r="P23" s="833" t="s">
+      <c r="P23" s="306" t="s">
         <v>155</v>
       </c>
-      <c r="Q23" s="682" t="s">
+      <c r="Q23" s="155" t="s">
         <v>155</v>
       </c>
-      <c r="R23" s="700"/>
-      <c r="S23" s="696" t="s">
+      <c r="R23" s="173"/>
+      <c r="S23" s="169" t="s">
         <v>158</v>
       </c>
-      <c r="T23" s="834">
+      <c r="T23" s="307">
         <v>9</v>
       </c>
-      <c r="U23" s="573"/>
-[...3 lines deleted...]
-      <c r="W23" s="796" t="s">
+      <c r="U23" s="46"/>
+      <c r="V23" s="281" t="s">
+        <v>485</v>
+      </c>
+      <c r="W23" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X23" s="835" t="s">
+      <c r="X23" s="308" t="s">
         <v>158</v>
       </c>
-      <c r="Y23" s="682" t="s">
+      <c r="Y23" s="155" t="s">
         <v>156</v>
       </c>
-      <c r="Z23" s="643"/>
-      <c r="AA23" s="696" t="s">
+      <c r="Z23" s="116"/>
+      <c r="AA23" s="169" t="s">
         <v>160</v>
       </c>
-      <c r="AB23" s="721"/>
-[...1 lines deleted...]
-      <c r="AD23" s="836" t="s">
+      <c r="AB23" s="194"/>
+      <c r="AC23" s="117"/>
+      <c r="AD23" s="309" t="s">
         <v>160</v>
       </c>
-      <c r="AE23" s="704"/>
-      <c r="AF23" s="645" t="s">
+      <c r="AE23" s="177"/>
+      <c r="AF23" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG23" s="696" t="s">
+      <c r="AG23" s="169" t="s">
         <v>158</v>
       </c>
-      <c r="AH23" s="837">
+      <c r="AH23" s="310">
         <v>9</v>
       </c>
-      <c r="AI23" s="829" t="s">
+      <c r="AI23" s="302" t="s">
         <v>156</v>
       </c>
-      <c r="AJ23" s="551"/>
-      <c r="AK23" s="829" t="s">
+      <c r="AJ23" s="24"/>
+      <c r="AK23" s="302" t="s">
         <v>156</v>
       </c>
-      <c r="AL23" s="832" t="s">
+      <c r="AL23" s="305" t="s">
         <v>160</v>
       </c>
-      <c r="AM23" s="682" t="s">
-[...3 lines deleted...]
-      <c r="AO23" s="810" t="s">
+      <c r="AM23" s="155" t="s">
+        <v>486</v>
+      </c>
+      <c r="AN23" s="311"/>
+      <c r="AO23" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="AP23" s="706" t="s">
+      <c r="AP23" s="179" t="s">
         <v>158</v>
       </c>
-      <c r="AQ23" s="573"/>
-      <c r="AR23" s="682" t="s">
+      <c r="AQ23" s="46"/>
+      <c r="AR23" s="155" t="s">
         <v>155</v>
       </c>
-      <c r="AS23" s="682" t="s">
+      <c r="AS23" s="155" t="s">
         <v>155</v>
       </c>
-      <c r="AT23" s="831">
+      <c r="AT23" s="304">
         <v>9</v>
       </c>
-      <c r="AU23" s="682" t="s">
+      <c r="AU23" s="155" t="s">
         <v>156</v>
       </c>
-      <c r="AV23" s="835" t="s">
+      <c r="AV23" s="308" t="s">
         <v>160</v>
       </c>
-      <c r="AW23" s="704"/>
-      <c r="AX23" s="839" t="s">
+      <c r="AW23" s="177"/>
+      <c r="AX23" s="312" t="s">
         <v>154</v>
       </c>
-      <c r="AY23" s="619">
+      <c r="AY23" s="92">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="840" t="s">
+      <c r="A24" s="313" t="s">
         <v>162</v>
       </c>
-      <c r="B24" s="805" t="s">
+      <c r="B24" s="278" t="s">
         <v>119</v>
       </c>
-      <c r="C24" s="841">
+      <c r="C24" s="314">
         <v>205</v>
       </c>
-      <c r="D24" s="842" t="s">
+      <c r="D24" s="315" t="s">
         <v>113</v>
       </c>
-      <c r="E24" s="843" t="s">
-[...3 lines deleted...]
-      <c r="G24" s="719" t="s">
+      <c r="E24" s="316" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" s="24"/>
+      <c r="G24" s="192" t="s">
         <v>113</v>
       </c>
-      <c r="H24" s="844" t="s">
+      <c r="H24" s="317" t="s">
         <v>164</v>
       </c>
-      <c r="I24" s="845" t="s">
+      <c r="I24" s="318" t="s">
         <v>113</v>
       </c>
-      <c r="J24" s="845" t="s">
+      <c r="J24" s="318" t="s">
         <v>165</v>
       </c>
-      <c r="K24" s="722" t="s">
+      <c r="K24" s="195" t="s">
         <v>164</v>
       </c>
-      <c r="L24" s="696" t="s">
-[...3 lines deleted...]
-      <c r="N24" s="645" t="s">
+      <c r="L24" s="169" t="s">
+        <v>487</v>
+      </c>
+      <c r="M24" s="152"/>
+      <c r="N24" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O24" s="846" t="s">
+      <c r="O24" s="319" t="s">
         <v>163</v>
       </c>
-      <c r="P24" s="847" t="s">
+      <c r="P24" s="320" t="s">
         <v>113</v>
       </c>
-      <c r="Q24" s="700"/>
-[...1 lines deleted...]
-      <c r="S24" s="696" t="s">
+      <c r="Q24" s="173"/>
+      <c r="R24" s="173"/>
+      <c r="S24" s="169" t="s">
         <v>167</v>
       </c>
-      <c r="T24" s="848" t="s">
+      <c r="T24" s="321" t="s">
         <v>165</v>
       </c>
-      <c r="U24" s="573"/>
-[...3 lines deleted...]
-      <c r="W24" s="796" t="s">
+      <c r="U24" s="46"/>
+      <c r="V24" s="291" t="s">
+        <v>488</v>
+      </c>
+      <c r="W24" s="269" t="s">
         <v>14</v>
       </c>
-      <c r="X24" s="706" t="s">
+      <c r="X24" s="179" t="s">
         <v>167</v>
       </c>
-      <c r="Y24" s="699" t="s">
+      <c r="Y24" s="172" t="s">
         <v>165</v>
       </c>
-      <c r="Z24" s="699" t="s">
+      <c r="Z24" s="172" t="s">
         <v>164</v>
       </c>
-      <c r="AA24" s="845" t="s">
-[...2 lines deleted...]
-      <c r="AB24" s="706" t="s">
+      <c r="AA24" s="318" t="s">
+        <v>489</v>
+      </c>
+      <c r="AB24" s="179" t="s">
         <v>167</v>
       </c>
-      <c r="AC24" s="699" t="s">
+      <c r="AC24" s="172" t="s">
         <v>164</v>
       </c>
-      <c r="AD24" s="696" t="s">
+      <c r="AD24" s="169" t="s">
         <v>163</v>
       </c>
-      <c r="AE24" s="849" t="s">
-[...2 lines deleted...]
-      <c r="AF24" s="810" t="s">
+      <c r="AE24" s="322" t="s">
+        <v>490</v>
+      </c>
+      <c r="AF24" s="283" t="s">
         <v>16</v>
       </c>
-      <c r="AG24" s="696" t="s">
+      <c r="AG24" s="169" t="s">
         <v>167</v>
       </c>
-      <c r="AH24" s="699" t="s">
+      <c r="AH24" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="AI24" s="699" t="s">
+      <c r="AI24" s="172" t="s">
         <v>165</v>
       </c>
-      <c r="AJ24" s="551"/>
-      <c r="AK24" s="699" t="s">
+      <c r="AJ24" s="24"/>
+      <c r="AK24" s="172" t="s">
         <v>164</v>
       </c>
-      <c r="AL24" s="846" t="s">
+      <c r="AL24" s="319" t="s">
         <v>163</v>
       </c>
-      <c r="AM24" s="573"/>
-[...1 lines deleted...]
-      <c r="AO24" s="850" t="s">
+      <c r="AM24" s="46"/>
+      <c r="AN24" s="177"/>
+      <c r="AO24" s="323" t="s">
         <v>18</v>
       </c>
-      <c r="AP24" s="706" t="s">
+      <c r="AP24" s="179" t="s">
         <v>167</v>
       </c>
-      <c r="AQ24" s="551"/>
-      <c r="AR24" s="699" t="s">
+      <c r="AQ24" s="24"/>
+      <c r="AR24" s="172" t="s">
         <v>165</v>
       </c>
-      <c r="AS24" s="551"/>
-[...1 lines deleted...]
-      <c r="AU24" s="699" t="s">
+      <c r="AS24" s="24"/>
+      <c r="AT24" s="46"/>
+      <c r="AU24" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="AV24" s="696" t="s">
+      <c r="AV24" s="169" t="s">
         <v>163</v>
       </c>
-      <c r="AW24" s="704"/>
-      <c r="AX24" s="839" t="s">
+      <c r="AW24" s="177"/>
+      <c r="AX24" s="312" t="s">
         <v>162</v>
       </c>
-      <c r="AY24" s="851">
+      <c r="AY24" s="324">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="852" t="s">
+      <c r="A25" s="325" t="s">
         <v>169</v>
       </c>
-      <c r="B25" s="853" t="s">
+      <c r="B25" s="326" t="s">
         <v>170</v>
       </c>
-      <c r="C25" s="854">
+      <c r="C25" s="327">
         <v>125</v>
       </c>
-      <c r="D25" s="570"/>
-[...3 lines deleted...]
-      <c r="F25" s="855" t="s">
+      <c r="D25" s="43"/>
+      <c r="E25" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="328" t="s">
         <v>171</v>
       </c>
-      <c r="G25" s="573"/>
-      <c r="H25" s="856" t="s">
+      <c r="G25" s="46"/>
+      <c r="H25" s="329" t="s">
         <v>173</v>
       </c>
-      <c r="I25" s="857" t="s">
+      <c r="I25" s="330" t="s">
         <v>174</v>
       </c>
-      <c r="J25" s="857" t="s">
+      <c r="J25" s="330" t="s">
         <v>175</v>
       </c>
-      <c r="K25" s="856" t="s">
+      <c r="K25" s="329" t="s">
         <v>176</v>
       </c>
-      <c r="L25" s="627"/>
-[...1 lines deleted...]
-      <c r="N25" s="645" t="s">
+      <c r="L25" s="100"/>
+      <c r="M25" s="276"/>
+      <c r="N25" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O25" s="858" t="s">
+      <c r="O25" s="331" t="s">
         <v>177</v>
       </c>
-      <c r="P25" s="859" t="s">
+      <c r="P25" s="332" t="s">
         <v>178</v>
       </c>
-      <c r="Q25" s="859" t="s">
+      <c r="Q25" s="332" t="s">
         <v>179</v>
       </c>
-      <c r="R25" s="859" t="s">
+      <c r="R25" s="332" t="s">
         <v>180</v>
       </c>
-      <c r="S25" s="678" t="s">
+      <c r="S25" s="151" t="s">
         <v>181</v>
       </c>
-      <c r="T25" s="859" t="s">
+      <c r="T25" s="332" t="s">
         <v>182</v>
       </c>
-      <c r="U25" s="627"/>
-[...3 lines deleted...]
-      <c r="W25" s="633" t="s">
+      <c r="U25" s="100"/>
+      <c r="V25" s="164" t="s">
+        <v>491</v>
+      </c>
+      <c r="W25" s="106" t="s">
         <v>14</v>
       </c>
-      <c r="X25" s="860" t="s">
+      <c r="X25" s="333" t="s">
         <v>183</v>
       </c>
-      <c r="Y25" s="861" t="s">
+      <c r="Y25" s="334" t="s">
         <v>184</v>
       </c>
-      <c r="Z25" s="861" t="s">
+      <c r="Z25" s="334" t="s">
         <v>173</v>
       </c>
-      <c r="AA25" s="861" t="s">
+      <c r="AA25" s="334" t="s">
         <v>171</v>
       </c>
-      <c r="AB25" s="861" t="s">
+      <c r="AB25" s="334" t="s">
         <v>174</v>
       </c>
-      <c r="AC25" s="861" t="s">
+      <c r="AC25" s="334" t="s">
         <v>172</v>
       </c>
-      <c r="AD25" s="634"/>
-[...1 lines deleted...]
-      <c r="AF25" s="810" t="s">
+      <c r="AD25" s="107"/>
+      <c r="AE25" s="276"/>
+      <c r="AF25" s="283" t="s">
         <v>16</v>
       </c>
-      <c r="AG25" s="862" t="s">
+      <c r="AG25" s="335" t="s">
         <v>175</v>
       </c>
-      <c r="AH25" s="630" t="s">
+      <c r="AH25" s="103" t="s">
         <v>176</v>
       </c>
-      <c r="AI25" s="630" t="s">
+      <c r="AI25" s="103" t="s">
         <v>179</v>
       </c>
-      <c r="AJ25" s="630" t="s">
+      <c r="AJ25" s="103" t="s">
         <v>182</v>
       </c>
-      <c r="AK25" s="630" t="s">
+      <c r="AK25" s="103" t="s">
         <v>180</v>
       </c>
-      <c r="AL25" s="630" t="s">
+      <c r="AL25" s="103" t="s">
         <v>178</v>
       </c>
-      <c r="AM25" s="634"/>
-[...1 lines deleted...]
-      <c r="AO25" s="600" t="s">
+      <c r="AM25" s="107"/>
+      <c r="AN25" s="276"/>
+      <c r="AO25" s="73" t="s">
         <v>18</v>
       </c>
-      <c r="AP25" s="862" t="s">
+      <c r="AP25" s="335" t="s">
         <v>181</v>
       </c>
-      <c r="AQ25" s="863" t="s">
+      <c r="AQ25" s="336" t="s">
         <v>183</v>
       </c>
-      <c r="AR25" s="630" t="s">
+      <c r="AR25" s="103" t="s">
         <v>177</v>
       </c>
-      <c r="AS25" s="630" t="s">
+      <c r="AS25" s="103" t="s">
         <v>184</v>
       </c>
-      <c r="AT25" s="634"/>
-[...3 lines deleted...]
-      <c r="AX25" s="567" t="s">
+      <c r="AT25" s="107"/>
+      <c r="AU25" s="107"/>
+      <c r="AV25" s="107"/>
+      <c r="AW25" s="108"/>
+      <c r="AX25" s="40" t="s">
         <v>169</v>
       </c>
-      <c r="AY25" s="551"/>
+      <c r="AY25" s="24"/>
     </row>
     <row r="26" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A26" s="724" t="s">
+      <c r="A26" s="197" t="s">
         <v>185</v>
       </c>
-      <c r="B26" s="864" t="s">
+      <c r="B26" s="337" t="s">
         <v>170</v>
       </c>
-      <c r="C26" s="806">
+      <c r="C26" s="279">
         <v>233</v>
       </c>
-      <c r="D26" s="811" t="s">
+      <c r="D26" s="284" t="s">
         <v>186</v>
       </c>
-      <c r="E26" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="812" t="s">
+      <c r="E26" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="285" t="s">
         <v>187</v>
       </c>
-      <c r="G26" s="551"/>
-      <c r="H26" s="865" t="s">
+      <c r="G26" s="24"/>
+      <c r="H26" s="338" t="s">
         <v>189</v>
       </c>
-      <c r="I26" s="866">
+      <c r="I26" s="339">
         <v>11</v>
       </c>
-      <c r="J26" s="755" t="s">
+      <c r="J26" s="228" t="s">
         <v>190</v>
       </c>
-      <c r="K26" s="725" t="s">
+      <c r="K26" s="198" t="s">
         <v>191</v>
       </c>
-      <c r="L26" s="551"/>
-[...1 lines deleted...]
-      <c r="N26" s="645" t="s">
+      <c r="L26" s="24"/>
+      <c r="M26" s="340"/>
+      <c r="N26" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O26" s="673" t="s">
+      <c r="O26" s="146" t="s">
         <v>190</v>
       </c>
-      <c r="P26" s="576">
-[...2 lines deleted...]
-      <c r="Q26" s="835" t="s">
+      <c r="P26" s="49">
+        <v>12</v>
+      </c>
+      <c r="Q26" s="308" t="s">
         <v>193</v>
       </c>
-      <c r="R26" s="696" t="s">
+      <c r="R26" s="169" t="s">
         <v>193</v>
       </c>
-      <c r="S26" s="868" t="s">
+      <c r="S26" s="341" t="s">
         <v>188</v>
       </c>
-      <c r="T26" s="735" t="s">
+      <c r="T26" s="208" t="s">
         <v>188</v>
       </c>
-      <c r="U26" s="869" t="s">
-[...5 lines deleted...]
-      <c r="W26" s="633" t="s">
+      <c r="U26" s="342" t="s">
+        <v>492</v>
+      </c>
+      <c r="V26" s="343" t="s">
+        <v>493</v>
+      </c>
+      <c r="W26" s="106" t="s">
         <v>14</v>
       </c>
-      <c r="X26" s="682" t="s">
+      <c r="X26" s="155" t="s">
         <v>187</v>
       </c>
-      <c r="Y26" s="758" t="s">
+      <c r="Y26" s="231" t="s">
         <v>190</v>
       </c>
-      <c r="Z26" s="868" t="s">
+      <c r="Z26" s="341" t="s">
         <v>191</v>
       </c>
-      <c r="AA26" s="714">
+      <c r="AA26" s="187">
         <v>9</v>
       </c>
-      <c r="AB26" s="714">
+      <c r="AB26" s="187">
         <v>9</v>
       </c>
-      <c r="AC26" s="755" t="s">
+      <c r="AC26" s="228" t="s">
         <v>194</v>
       </c>
-      <c r="AD26" s="673" t="s">
+      <c r="AD26" s="146" t="s">
         <v>194</v>
       </c>
-      <c r="AE26" s="698"/>
-      <c r="AF26" s="810" t="s">
+      <c r="AE26" s="171"/>
+      <c r="AF26" s="283" t="s">
         <v>16</v>
       </c>
-      <c r="AG26" s="696" t="s">
+      <c r="AG26" s="169" t="s">
         <v>193</v>
       </c>
-      <c r="AH26" s="573"/>
-      <c r="AI26" s="682" t="s">
+      <c r="AH26" s="46"/>
+      <c r="AI26" s="155" t="s">
         <v>189</v>
       </c>
-      <c r="AJ26" s="733" t="s">
+      <c r="AJ26" s="206" t="s">
         <v>191</v>
       </c>
-      <c r="AK26" s="551"/>
-[...7 lines deleted...]
-      <c r="AO26" s="871" t="s">
+      <c r="AK26" s="24"/>
+      <c r="AL26" s="49">
+        <v>12</v>
+      </c>
+      <c r="AM26" s="49">
+        <v>12</v>
+      </c>
+      <c r="AN26" s="177"/>
+      <c r="AO26" s="344" t="s">
         <v>18</v>
       </c>
-      <c r="AP26" s="673" t="s">
+      <c r="AP26" s="146" t="s">
         <v>194</v>
       </c>
-      <c r="AQ26" s="682" t="s">
+      <c r="AQ26" s="155" t="s">
         <v>189</v>
       </c>
-      <c r="AR26" s="682" t="s">
+      <c r="AR26" s="155" t="s">
         <v>187</v>
       </c>
-      <c r="AS26" s="866">
+      <c r="AS26" s="339">
         <v>11</v>
       </c>
-      <c r="AT26" s="866">
+      <c r="AT26" s="339">
         <v>11</v>
       </c>
-      <c r="AU26" s="714">
+      <c r="AU26" s="187">
         <v>9</v>
       </c>
-      <c r="AV26" s="585"/>
-[...1 lines deleted...]
-      <c r="AX26" s="694" t="s">
+      <c r="AV26" s="58"/>
+      <c r="AW26" s="177"/>
+      <c r="AX26" s="167" t="s">
         <v>185</v>
       </c>
-      <c r="AY26" s="619">
+      <c r="AY26" s="92">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A27" s="872" t="s">
+      <c r="A27" s="345" t="s">
         <v>195</v>
       </c>
-      <c r="B27" s="864" t="s">
+      <c r="B27" s="337" t="s">
         <v>196</v>
       </c>
-      <c r="C27" s="806">
+      <c r="C27" s="279">
         <v>105</v>
       </c>
-      <c r="D27" s="811" t="s">
+      <c r="D27" s="284" t="s">
         <v>197</v>
       </c>
-      <c r="E27" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="682" t="s">
+      <c r="E27" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" s="155" t="s">
         <v>198</v>
       </c>
-      <c r="G27" s="551"/>
-      <c r="H27" s="682" t="s">
+      <c r="G27" s="24"/>
+      <c r="H27" s="155" t="s">
         <v>199</v>
       </c>
-      <c r="I27" s="718">
+      <c r="I27" s="191">
         <v>11</v>
       </c>
-      <c r="J27" s="873" t="s">
+      <c r="J27" s="346" t="s">
         <v>200</v>
       </c>
-      <c r="K27" s="700"/>
-[...2 lines deleted...]
-      <c r="N27" s="645" t="s">
+      <c r="K27" s="173"/>
+      <c r="L27" s="46"/>
+      <c r="M27" s="123"/>
+      <c r="N27" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O27" s="826" t="s">
+      <c r="O27" s="299" t="s">
         <v>200</v>
       </c>
-      <c r="P27" s="874">
-[...2 lines deleted...]
-      <c r="Q27" s="875" t="s">
+      <c r="P27" s="347">
+        <v>12</v>
+      </c>
+      <c r="Q27" s="348" t="s">
         <v>201</v>
       </c>
-      <c r="R27" s="875" t="s">
+      <c r="R27" s="348" t="s">
         <v>202</v>
       </c>
-      <c r="S27" s="875" t="s">
+      <c r="S27" s="348" t="s">
         <v>203</v>
       </c>
-      <c r="T27" s="875" t="s">
+      <c r="T27" s="348" t="s">
         <v>204</v>
       </c>
-      <c r="U27" s="572"/>
-[...3 lines deleted...]
-      <c r="W27" s="633" t="s">
+      <c r="U27" s="45"/>
+      <c r="V27" s="185" t="s">
+        <v>494</v>
+      </c>
+      <c r="W27" s="106" t="s">
         <v>14</v>
       </c>
-      <c r="X27" s="876" t="s">
+      <c r="X27" s="349" t="s">
         <v>199</v>
       </c>
-      <c r="Y27" s="826" t="s">
+      <c r="Y27" s="299" t="s">
         <v>200</v>
       </c>
-      <c r="Z27" s="573"/>
-      <c r="AA27" s="715">
+      <c r="Z27" s="46"/>
+      <c r="AA27" s="188">
         <v>9</v>
       </c>
-      <c r="AB27" s="714">
+      <c r="AB27" s="187">
         <v>9</v>
       </c>
-      <c r="AC27" s="877" t="s">
+      <c r="AC27" s="350" t="s">
         <v>207</v>
       </c>
-      <c r="AD27" s="673" t="s">
+      <c r="AD27" s="146" t="s">
         <v>207</v>
       </c>
-      <c r="AE27" s="644"/>
-      <c r="AF27" s="810" t="s">
+      <c r="AE27" s="117"/>
+      <c r="AF27" s="283" t="s">
         <v>16</v>
       </c>
-      <c r="AG27" s="878" t="s">
+      <c r="AG27" s="351" t="s">
         <v>203</v>
       </c>
-      <c r="AH27" s="879" t="s">
+      <c r="AH27" s="352" t="s">
         <v>204</v>
       </c>
-      <c r="AI27" s="682" t="s">
+      <c r="AI27" s="155" t="s">
         <v>199</v>
       </c>
-      <c r="AJ27" s="879" t="s">
+      <c r="AJ27" s="352" t="s">
         <v>202</v>
       </c>
-      <c r="AK27" s="880" t="s">
+      <c r="AK27" s="353" t="s">
         <v>201</v>
       </c>
-      <c r="AL27" s="576">
-[...6 lines deleted...]
-      <c r="AO27" s="871" t="s">
+      <c r="AL27" s="49">
+        <v>12</v>
+      </c>
+      <c r="AM27" s="49">
+        <v>12</v>
+      </c>
+      <c r="AN27" s="177"/>
+      <c r="AO27" s="344" t="s">
         <v>18</v>
       </c>
-      <c r="AP27" s="877" t="s">
+      <c r="AP27" s="350" t="s">
         <v>207</v>
       </c>
-      <c r="AQ27" s="682" t="s">
+      <c r="AQ27" s="155" t="s">
         <v>198</v>
       </c>
-      <c r="AR27" s="723" t="s">
+      <c r="AR27" s="196" t="s">
         <v>198</v>
       </c>
-      <c r="AS27" s="718">
+      <c r="AS27" s="191">
         <v>11</v>
       </c>
-      <c r="AT27" s="718">
+      <c r="AT27" s="191">
         <v>11</v>
       </c>
-      <c r="AU27" s="714">
+      <c r="AU27" s="187">
         <v>9</v>
       </c>
-      <c r="AV27" s="573"/>
-[...1 lines deleted...]
-      <c r="AX27" s="882" t="s">
+      <c r="AV27" s="46"/>
+      <c r="AW27" s="354"/>
+      <c r="AX27" s="355" t="s">
         <v>195</v>
       </c>
-      <c r="AY27" s="619">
+      <c r="AY27" s="92">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A28" s="883" t="s">
+      <c r="A28" s="356" t="s">
         <v>208</v>
       </c>
-      <c r="B28" s="864" t="s">
+      <c r="B28" s="337" t="s">
         <v>170</v>
       </c>
-      <c r="C28" s="806">
+      <c r="C28" s="279">
         <v>234</v>
       </c>
-      <c r="D28" s="811" t="s">
+      <c r="D28" s="284" t="s">
         <v>209</v>
       </c>
-      <c r="E28" s="695" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="812" t="s">
+      <c r="E28" s="168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="285" t="s">
         <v>210</v>
       </c>
-      <c r="G28" s="709" t="s">
+      <c r="G28" s="182" t="s">
         <v>211</v>
       </c>
-      <c r="H28" s="884" t="s">
+      <c r="H28" s="357" t="s">
         <v>211</v>
       </c>
-      <c r="I28" s="720">
+      <c r="I28" s="193">
         <v>11</v>
       </c>
-      <c r="J28" s="696" t="s">
+      <c r="J28" s="169" t="s">
         <v>212</v>
       </c>
-      <c r="K28" s="725" t="s">
+      <c r="K28" s="198" t="s">
         <v>213</v>
       </c>
-      <c r="L28" s="700"/>
-[...1 lines deleted...]
-      <c r="N28" s="645" t="s">
+      <c r="L28" s="173"/>
+      <c r="M28" s="300"/>
+      <c r="N28" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O28" s="551"/>
-      <c r="P28" s="696" t="s">
+      <c r="O28" s="24"/>
+      <c r="P28" s="169" t="s">
         <v>215</v>
       </c>
-      <c r="Q28" s="885" t="s">
+      <c r="Q28" s="358" t="s">
         <v>215</v>
       </c>
-      <c r="R28" s="885" t="s">
+      <c r="R28" s="358" t="s">
         <v>216</v>
       </c>
-      <c r="S28" s="885" t="s">
+      <c r="S28" s="358" t="s">
         <v>212</v>
       </c>
-      <c r="T28" s="886" t="s">
+      <c r="T28" s="359" t="s">
         <v>213</v>
       </c>
-      <c r="U28" s="696" t="s">
+      <c r="U28" s="169" t="s">
         <v>216</v>
       </c>
-      <c r="V28" s="887" t="s">
-[...2 lines deleted...]
-      <c r="W28" s="645" t="s">
+      <c r="V28" s="360" t="s">
+        <v>495</v>
+      </c>
+      <c r="W28" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X28" s="702" t="s">
+      <c r="X28" s="175" t="s">
         <v>216</v>
       </c>
-      <c r="Y28" s="551"/>
-      <c r="Z28" s="735" t="s">
+      <c r="Y28" s="24"/>
+      <c r="Z28" s="208" t="s">
         <v>214</v>
       </c>
-      <c r="AA28" s="714">
+      <c r="AA28" s="187">
         <v>9</v>
       </c>
-      <c r="AB28" s="888">
+      <c r="AB28" s="361">
         <v>9</v>
       </c>
-      <c r="AC28" s="696" t="s">
+      <c r="AC28" s="169" t="s">
         <v>212</v>
       </c>
-      <c r="AD28" s="701" t="s">
+      <c r="AD28" s="174" t="s">
         <v>217</v>
       </c>
-      <c r="AE28" s="704"/>
-      <c r="AF28" s="810" t="s">
+      <c r="AE28" s="177"/>
+      <c r="AF28" s="283" t="s">
         <v>16</v>
       </c>
-      <c r="AG28" s="696" t="s">
+      <c r="AG28" s="169" t="s">
         <v>215</v>
       </c>
-      <c r="AH28" s="551"/>
-      <c r="AI28" s="886" t="s">
+      <c r="AH28" s="24"/>
+      <c r="AI28" s="359" t="s">
         <v>214</v>
       </c>
-      <c r="AJ28" s="684" t="s">
+      <c r="AJ28" s="157" t="s">
         <v>213</v>
       </c>
-      <c r="AK28" s="696" t="s">
+      <c r="AK28" s="169" t="s">
         <v>217</v>
       </c>
-      <c r="AL28" s="573"/>
-      <c r="AM28" s="889" t="s">
+      <c r="AL28" s="46"/>
+      <c r="AM28" s="362" t="s">
         <v>211</v>
       </c>
-      <c r="AN28" s="650"/>
-      <c r="AO28" s="645" t="s">
+      <c r="AN28" s="123"/>
+      <c r="AO28" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP28" s="733" t="s">
+      <c r="AP28" s="206" t="s">
         <v>214</v>
       </c>
-      <c r="AQ28" s="682" t="s">
+      <c r="AQ28" s="155" t="s">
         <v>210</v>
       </c>
-      <c r="AR28" s="682" t="s">
+      <c r="AR28" s="155" t="s">
         <v>210</v>
       </c>
-      <c r="AS28" s="720">
+      <c r="AS28" s="193">
         <v>11</v>
       </c>
-      <c r="AT28" s="720">
+      <c r="AT28" s="193">
         <v>11</v>
       </c>
-      <c r="AU28" s="714">
+      <c r="AU28" s="187">
         <v>9</v>
       </c>
-      <c r="AV28" s="836" t="s">
+      <c r="AV28" s="309" t="s">
         <v>217</v>
       </c>
-      <c r="AW28" s="890"/>
-      <c r="AX28" s="883" t="s">
+      <c r="AW28" s="363"/>
+      <c r="AX28" s="356" t="s">
         <v>208</v>
       </c>
-      <c r="AY28" s="619">
+      <c r="AY28" s="92">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A29" s="891" t="s">
+      <c r="A29" s="364" t="s">
         <v>218</v>
       </c>
-      <c r="B29" s="864" t="s">
+      <c r="B29" s="337" t="s">
         <v>170</v>
       </c>
-      <c r="C29" s="821">
+      <c r="C29" s="294">
         <v>106</v>
       </c>
-      <c r="D29" s="892" t="s">
+      <c r="D29" s="365" t="s">
         <v>219</v>
       </c>
-      <c r="E29" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="602" t="s">
+      <c r="E29" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="75" t="s">
         <v>220</v>
       </c>
-      <c r="G29" s="893" t="s">
+      <c r="G29" s="366" t="s">
         <v>220</v>
       </c>
-      <c r="H29" s="602" t="s">
+      <c r="H29" s="75" t="s">
         <v>221</v>
       </c>
-      <c r="I29" s="894">
+      <c r="I29" s="367">
         <v>11</v>
       </c>
-      <c r="J29" s="602" t="s">
+      <c r="J29" s="75" t="s">
         <v>222</v>
       </c>
-      <c r="K29" s="893" t="s">
+      <c r="K29" s="366" t="s">
         <v>221</v>
       </c>
-      <c r="L29" s="771"/>
-[...1 lines deleted...]
-      <c r="N29" s="645" t="s">
+      <c r="L29" s="244"/>
+      <c r="M29" s="240"/>
+      <c r="N29" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O29" s="551"/>
-[...3 lines deleted...]
-      <c r="Q29" s="602" t="s">
+      <c r="O29" s="24"/>
+      <c r="P29" s="368">
+        <v>12</v>
+      </c>
+      <c r="Q29" s="75" t="s">
         <v>223</v>
       </c>
-      <c r="R29" s="733" t="s">
+      <c r="R29" s="206" t="s">
         <v>224</v>
       </c>
-      <c r="S29" s="792"/>
-      <c r="T29" s="602" t="s">
+      <c r="S29" s="265"/>
+      <c r="T29" s="75" t="s">
         <v>222</v>
       </c>
-      <c r="U29" s="896" t="s">
+      <c r="U29" s="369" t="s">
         <v>225</v>
       </c>
-      <c r="V29" s="897" t="s">
-[...2 lines deleted...]
-      <c r="W29" s="645" t="s">
+      <c r="V29" s="370" t="s">
+        <v>496</v>
+      </c>
+      <c r="W29" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X29" s="719" t="s">
+      <c r="X29" s="192" t="s">
         <v>223</v>
       </c>
-      <c r="Y29" s="898" t="s">
+      <c r="Y29" s="371" t="s">
         <v>224</v>
       </c>
-      <c r="Z29" s="773" t="s">
+      <c r="Z29" s="246" t="s">
         <v>221</v>
       </c>
-      <c r="AA29" s="595">
+      <c r="AA29" s="68">
         <v>9</v>
       </c>
-      <c r="AB29" s="595">
+      <c r="AB29" s="68">
         <v>9</v>
       </c>
-      <c r="AC29" s="602" t="s">
+      <c r="AC29" s="75" t="s">
         <v>113</v>
       </c>
-      <c r="AD29" s="551"/>
-[...1 lines deleted...]
-      <c r="AF29" s="645" t="s">
+      <c r="AD29" s="24"/>
+      <c r="AE29" s="240"/>
+      <c r="AF29" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG29" s="845" t="s">
+      <c r="AG29" s="318" t="s">
         <v>223</v>
       </c>
-      <c r="AH29" s="899" t="s">
+      <c r="AH29" s="372" t="s">
         <v>224</v>
       </c>
-      <c r="AI29" s="717" t="s">
+      <c r="AI29" s="190" t="s">
         <v>222</v>
       </c>
-      <c r="AJ29" s="900" t="s">
+      <c r="AJ29" s="373" t="s">
         <v>113</v>
       </c>
-      <c r="AK29" s="602" t="s">
+      <c r="AK29" s="75" t="s">
         <v>220</v>
       </c>
-      <c r="AL29" s="576">
-[...6 lines deleted...]
-      <c r="AO29" s="645" t="s">
+      <c r="AL29" s="49">
+        <v>12</v>
+      </c>
+      <c r="AM29" s="76">
+        <v>12</v>
+      </c>
+      <c r="AN29" s="240"/>
+      <c r="AO29" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP29" s="901" t="s">
+      <c r="AP29" s="374" t="s">
         <v>113</v>
       </c>
-      <c r="AQ29" s="902" t="s">
+      <c r="AQ29" s="375" t="s">
         <v>225</v>
       </c>
-      <c r="AR29" s="903" t="s">
+      <c r="AR29" s="376" t="s">
         <v>225</v>
       </c>
-      <c r="AS29" s="894">
+      <c r="AS29" s="367">
         <v>11</v>
       </c>
-      <c r="AT29" s="894">
+      <c r="AT29" s="367">
         <v>11</v>
       </c>
-      <c r="AU29" s="595">
+      <c r="AU29" s="68">
         <v>9</v>
       </c>
-      <c r="AV29" s="661"/>
-[...1 lines deleted...]
-      <c r="AX29" s="761" t="s">
+      <c r="AV29" s="134"/>
+      <c r="AW29" s="240"/>
+      <c r="AX29" s="234" t="s">
         <v>218</v>
       </c>
-      <c r="AY29" s="619">
+      <c r="AY29" s="92">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A30" s="904" t="s">
+      <c r="A30" s="377" t="s">
         <v>226</v>
       </c>
-      <c r="B30" s="568" t="s">
+      <c r="B30" s="41" t="s">
         <v>227</v>
       </c>
-      <c r="C30" s="854">
+      <c r="C30" s="327">
         <v>308</v>
       </c>
-      <c r="D30" s="905" t="s">
+      <c r="D30" s="378" t="s">
         <v>197</v>
       </c>
-      <c r="E30" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="906" t="s">
+      <c r="E30" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" s="379" t="s">
         <v>228</v>
       </c>
-      <c r="G30" s="866">
+      <c r="G30" s="339">
         <v>11</v>
       </c>
-      <c r="H30" s="861">
+      <c r="H30" s="334">
         <v>11</v>
       </c>
-      <c r="I30" s="551"/>
-      <c r="J30" s="907" t="s">
+      <c r="I30" s="24"/>
+      <c r="J30" s="380" t="s">
         <v>113</v>
       </c>
-      <c r="K30" s="634"/>
-      <c r="L30" s="908" t="s">
+      <c r="K30" s="107"/>
+      <c r="L30" s="381" t="s">
         <v>229</v>
       </c>
-      <c r="M30" s="909">
+      <c r="M30" s="382">
         <v>11</v>
       </c>
-      <c r="N30" s="645" t="s">
+      <c r="N30" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O30" s="910" t="s">
+      <c r="O30" s="383" t="s">
         <v>229</v>
       </c>
-      <c r="P30" s="911" t="s">
+      <c r="P30" s="384" t="s">
         <v>230</v>
       </c>
-      <c r="Q30" s="912">
-[...2 lines deleted...]
-      <c r="R30" s="687" t="s">
+      <c r="Q30" s="385">
+        <v>12</v>
+      </c>
+      <c r="R30" s="160" t="s">
         <v>231</v>
       </c>
-      <c r="S30" s="687" t="s">
+      <c r="S30" s="160" t="s">
         <v>231</v>
       </c>
-      <c r="T30" s="673" t="s">
+      <c r="T30" s="146" t="s">
         <v>147</v>
       </c>
-      <c r="U30" s="824" t="s">
+      <c r="U30" s="297" t="s">
         <v>232</v>
       </c>
-      <c r="V30" s="913" t="s">
-[...2 lines deleted...]
-      <c r="W30" s="575" t="s">
+      <c r="V30" s="386" t="s">
+        <v>497</v>
+      </c>
+      <c r="W30" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="X30" s="687" t="s">
+      <c r="X30" s="160" t="s">
         <v>230</v>
       </c>
-      <c r="Y30" s="687" t="s">
+      <c r="Y30" s="160" t="s">
         <v>231</v>
       </c>
-      <c r="Z30" s="914"/>
-      <c r="AA30" s="915" t="s">
+      <c r="Z30" s="387"/>
+      <c r="AA30" s="388" t="s">
         <v>147</v>
       </c>
-      <c r="AB30" s="699" t="s">
+      <c r="AB30" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="AC30" s="673" t="s">
+      <c r="AC30" s="146" t="s">
         <v>232</v>
       </c>
-      <c r="AD30" s="916">
+      <c r="AD30" s="389">
         <v>11</v>
       </c>
-      <c r="AE30" s="800" t="s">
-[...2 lines deleted...]
-      <c r="AF30" s="645" t="s">
+      <c r="AE30" s="273" t="s">
+        <v>498</v>
+      </c>
+      <c r="AF30" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG30" s="917" t="s">
+      <c r="AG30" s="390" t="s">
         <v>229</v>
       </c>
-      <c r="AH30" s="623"/>
-      <c r="AI30" s="910" t="s">
+      <c r="AH30" s="96"/>
+      <c r="AI30" s="383" t="s">
         <v>230</v>
       </c>
-      <c r="AJ30" s="918">
-[...5 lines deleted...]
-      <c r="AL30" s="919" t="s">
+      <c r="AJ30" s="391">
+        <v>12</v>
+      </c>
+      <c r="AK30" s="385">
+        <v>12</v>
+      </c>
+      <c r="AL30" s="392" t="s">
         <v>228</v>
       </c>
-      <c r="AM30" s="920"/>
-[...1 lines deleted...]
-      <c r="AO30" s="645" t="s">
+      <c r="AM30" s="393"/>
+      <c r="AN30" s="394"/>
+      <c r="AO30" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP30" s="742"/>
-[...7 lines deleted...]
-      <c r="AX30" s="927" t="s">
+      <c r="AP30" s="215"/>
+      <c r="AQ30" s="395"/>
+      <c r="AR30" s="396"/>
+      <c r="AS30" s="397"/>
+      <c r="AT30" s="215"/>
+      <c r="AU30" s="215"/>
+      <c r="AV30" s="398"/>
+      <c r="AW30" s="399"/>
+      <c r="AX30" s="400" t="s">
         <v>226</v>
       </c>
-      <c r="AY30" s="693">
+      <c r="AY30" s="166">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A31" s="928" t="s">
+      <c r="A31" s="401" t="s">
         <v>233</v>
       </c>
-      <c r="B31" s="805" t="s">
+      <c r="B31" s="278" t="s">
         <v>227</v>
       </c>
-      <c r="C31" s="806">
+      <c r="C31" s="279">
         <v>307</v>
       </c>
-      <c r="D31" s="811" t="s">
+      <c r="D31" s="284" t="s">
         <v>234</v>
       </c>
-      <c r="E31" s="641" t="s">
-[...10 lines deleted...]
-      <c r="N31" s="645" t="s">
+      <c r="E31" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" s="72"/>
+      <c r="G31" s="72"/>
+      <c r="H31" s="72"/>
+      <c r="I31" s="72"/>
+      <c r="J31" s="72"/>
+      <c r="K31" s="72"/>
+      <c r="L31" s="402"/>
+      <c r="M31" s="403"/>
+      <c r="N31" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O31" s="696" t="s">
+      <c r="O31" s="169" t="s">
         <v>235</v>
       </c>
-      <c r="P31" s="725" t="s">
+      <c r="P31" s="198" t="s">
         <v>134</v>
       </c>
-      <c r="Q31" s="696" t="s">
+      <c r="Q31" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="R31" s="725" t="s">
+      <c r="R31" s="198" t="s">
         <v>209</v>
       </c>
-      <c r="S31" s="682" t="s">
+      <c r="S31" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="T31" s="682" t="s">
+      <c r="T31" s="155" t="s">
         <v>239</v>
       </c>
-      <c r="U31" s="682" t="s">
+      <c r="U31" s="155" t="s">
         <v>238</v>
       </c>
-      <c r="V31" s="931" t="s">
-[...2 lines deleted...]
-      <c r="W31" s="645" t="s">
+      <c r="V31" s="404" t="s">
+        <v>499</v>
+      </c>
+      <c r="W31" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X31" s="932" t="s">
+      <c r="X31" s="405" t="s">
         <v>219</v>
       </c>
-      <c r="Y31" s="933" t="s">
+      <c r="Y31" s="406" t="s">
         <v>235</v>
       </c>
-      <c r="Z31" s="885" t="s">
+      <c r="Z31" s="358" t="s">
         <v>236</v>
       </c>
-      <c r="AA31" s="934" t="s">
+      <c r="AA31" s="407" t="s">
         <v>240</v>
       </c>
-      <c r="AB31" s="696" t="s">
+      <c r="AB31" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="AC31" s="934" t="s">
+      <c r="AC31" s="407" t="s">
         <v>241</v>
       </c>
-      <c r="AD31" s="934" t="s">
+      <c r="AD31" s="407" t="s">
         <v>242</v>
       </c>
-      <c r="AE31" s="935" t="s">
-[...2 lines deleted...]
-      <c r="AF31" s="645" t="s">
+      <c r="AE31" s="408" t="s">
+        <v>500</v>
+      </c>
+      <c r="AF31" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG31" s="573"/>
-      <c r="AH31" s="682" t="s">
+      <c r="AG31" s="46"/>
+      <c r="AH31" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="AI31" s="573"/>
-      <c r="AJ31" s="725" t="s">
+      <c r="AI31" s="46"/>
+      <c r="AJ31" s="198" t="s">
         <v>219</v>
       </c>
-      <c r="AK31" s="573"/>
-      <c r="AL31" s="699" t="s">
+      <c r="AK31" s="46"/>
+      <c r="AL31" s="172" t="s">
         <v>243</v>
       </c>
-      <c r="AM31" s="551"/>
-[...1 lines deleted...]
-      <c r="AO31" s="645" t="s">
+      <c r="AM31" s="24"/>
+      <c r="AN31" s="123"/>
+      <c r="AO31" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP31" s="551"/>
-      <c r="AQ31" s="774" t="s">
+      <c r="AP31" s="24"/>
+      <c r="AQ31" s="247" t="s">
         <v>243</v>
       </c>
-      <c r="AR31" s="696" t="s">
+      <c r="AR31" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="AS31" s="733" t="s">
+      <c r="AS31" s="206" t="s">
         <v>134</v>
       </c>
-      <c r="AT31" s="876" t="s">
+      <c r="AT31" s="349" t="s">
         <v>240</v>
       </c>
-      <c r="AU31" s="733" t="s">
+      <c r="AU31" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AV31" s="936" t="s">
+      <c r="AV31" s="409" t="s">
         <v>237</v>
       </c>
-      <c r="AW31" s="704"/>
-      <c r="AX31" s="694" t="s">
+      <c r="AW31" s="177"/>
+      <c r="AX31" s="167" t="s">
         <v>233</v>
       </c>
-      <c r="AY31" s="693">
+      <c r="AY31" s="166">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A32" s="588" t="s">
+      <c r="A32" s="61" t="s">
         <v>244</v>
       </c>
-      <c r="B32" s="589" t="s">
+      <c r="B32" s="62" t="s">
         <v>245</v>
       </c>
-      <c r="C32" s="937"/>
-[...5 lines deleted...]
-      <c r="G32" s="938">
+      <c r="C32" s="410"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="194"/>
+      <c r="G32" s="411">
         <v>11</v>
       </c>
-      <c r="H32" s="938">
+      <c r="H32" s="411">
         <v>11</v>
       </c>
-      <c r="I32" s="939"/>
-[...4 lines deleted...]
-      <c r="N32" s="645" t="s">
+      <c r="I32" s="412"/>
+      <c r="J32" s="194"/>
+      <c r="K32" s="194"/>
+      <c r="L32" s="286"/>
+      <c r="M32" s="412"/>
+      <c r="N32" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O32" s="940"/>
-[...7 lines deleted...]
-      <c r="W32" s="645" t="s">
+      <c r="O32" s="413"/>
+      <c r="P32" s="414"/>
+      <c r="Q32" s="72"/>
+      <c r="R32" s="414"/>
+      <c r="S32" s="414"/>
+      <c r="T32" s="414"/>
+      <c r="U32" s="72"/>
+      <c r="V32" s="415"/>
+      <c r="W32" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X32" s="930"/>
-[...5 lines deleted...]
-      <c r="AD32" s="945">
+      <c r="X32" s="403"/>
+      <c r="Y32" s="416"/>
+      <c r="Z32" s="72"/>
+      <c r="AA32" s="417"/>
+      <c r="AB32" s="72"/>
+      <c r="AC32" s="72"/>
+      <c r="AD32" s="418">
         <v>11</v>
       </c>
-      <c r="AE32" s="946"/>
-      <c r="AF32" s="645" t="s">
+      <c r="AE32" s="419"/>
+      <c r="AF32" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG32" s="947"/>
-[...7 lines deleted...]
-      <c r="AO32" s="645" t="s">
+      <c r="AG32" s="420"/>
+      <c r="AH32" s="414"/>
+      <c r="AI32" s="414"/>
+      <c r="AJ32" s="414"/>
+      <c r="AK32" s="421"/>
+      <c r="AL32" s="414"/>
+      <c r="AM32" s="414"/>
+      <c r="AN32" s="422"/>
+      <c r="AO32" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP32" s="950"/>
-[...7 lines deleted...]
-      <c r="AX32" s="588" t="s">
+      <c r="AP32" s="423"/>
+      <c r="AQ32" s="424"/>
+      <c r="AR32" s="414"/>
+      <c r="AS32" s="414"/>
+      <c r="AT32" s="414"/>
+      <c r="AU32" s="414"/>
+      <c r="AV32" s="425"/>
+      <c r="AW32" s="426"/>
+      <c r="AX32" s="61" t="s">
         <v>247</v>
       </c>
-      <c r="AY32" s="551"/>
+      <c r="AY32" s="24"/>
     </row>
     <row r="33" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A33" s="954" t="s">
+      <c r="A33" s="427" t="s">
         <v>248</v>
       </c>
-      <c r="B33" s="805" t="s">
+      <c r="B33" s="278" t="s">
         <v>245</v>
       </c>
-      <c r="C33" s="806">
+      <c r="C33" s="279">
         <v>232</v>
       </c>
-      <c r="D33" s="811" t="s">
+      <c r="D33" s="284" t="s">
         <v>243</v>
       </c>
-      <c r="E33" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="649" t="s">
+      <c r="E33" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="122" t="s">
         <v>234</v>
       </c>
-      <c r="G33" s="718">
+      <c r="G33" s="191">
         <v>11</v>
       </c>
-      <c r="H33" s="718">
+      <c r="H33" s="191">
         <v>11</v>
       </c>
-      <c r="I33" s="933" t="s">
+      <c r="I33" s="406" t="s">
         <v>235</v>
       </c>
-      <c r="J33" s="682" t="s">
+      <c r="J33" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="K33" s="714" t="s">
+      <c r="K33" s="187" t="s">
         <v>231</v>
       </c>
-      <c r="L33" s="955" t="s">
+      <c r="L33" s="428" t="s">
         <v>134</v>
       </c>
-      <c r="M33" s="704"/>
-      <c r="N33" s="645" t="s">
+      <c r="M33" s="177"/>
+      <c r="N33" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O33" s="956" t="s">
+      <c r="O33" s="429" t="s">
         <v>230</v>
       </c>
-      <c r="P33" s="957" t="s">
+      <c r="P33" s="430" t="s">
         <v>219</v>
       </c>
-      <c r="Q33" s="576">
-[...2 lines deleted...]
-      <c r="R33" s="682" t="s">
+      <c r="Q33" s="49">
+        <v>12</v>
+      </c>
+      <c r="R33" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="S33" s="573"/>
-      <c r="T33" s="696" t="s">
+      <c r="S33" s="46"/>
+      <c r="T33" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="U33" s="958" t="s">
+      <c r="U33" s="431" t="s">
         <v>209</v>
       </c>
-      <c r="V33" s="887" t="s">
-[...2 lines deleted...]
-      <c r="W33" s="645" t="s">
+      <c r="V33" s="360" t="s">
+        <v>501</v>
+      </c>
+      <c r="W33" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X33" s="888" t="s">
+      <c r="X33" s="361" t="s">
         <v>229</v>
       </c>
-      <c r="Y33" s="714" t="s">
+      <c r="Y33" s="187" t="s">
         <v>230</v>
       </c>
-      <c r="Z33" s="959" t="s">
+      <c r="Z33" s="432" t="s">
         <v>147</v>
       </c>
-      <c r="AA33" s="636"/>
-      <c r="AB33" s="960" t="s">
+      <c r="AA33" s="109"/>
+      <c r="AB33" s="433" t="s">
         <v>232</v>
       </c>
-      <c r="AC33" s="933" t="s">
+      <c r="AC33" s="406" t="s">
         <v>235</v>
       </c>
-      <c r="AD33" s="961">
+      <c r="AD33" s="434">
         <v>11</v>
       </c>
-      <c r="AE33" s="962" t="s">
-[...2 lines deleted...]
-      <c r="AF33" s="645" t="s">
+      <c r="AE33" s="435" t="s">
+        <v>502</v>
+      </c>
+      <c r="AF33" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG33" s="963" t="s">
+      <c r="AG33" s="436" t="s">
         <v>237</v>
       </c>
-      <c r="AH33" s="696" t="s">
+      <c r="AH33" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="AI33" s="551"/>
-[...6 lines deleted...]
-      <c r="AL33" s="673" t="s">
+      <c r="AI33" s="24"/>
+      <c r="AJ33" s="49">
+        <v>12</v>
+      </c>
+      <c r="AK33" s="437">
+        <v>12</v>
+      </c>
+      <c r="AL33" s="146" t="s">
         <v>147</v>
       </c>
-      <c r="AM33" s="960" t="s">
+      <c r="AM33" s="433" t="s">
         <v>232</v>
       </c>
-      <c r="AN33" s="650"/>
-      <c r="AO33" s="645" t="s">
+      <c r="AN33" s="123"/>
+      <c r="AO33" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP33" s="711"/>
-      <c r="AQ33" s="710" t="s">
+      <c r="AP33" s="184"/>
+      <c r="AQ33" s="183" t="s">
         <v>229</v>
       </c>
-      <c r="AR33" s="696" t="s">
+      <c r="AR33" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="AS33" s="733" t="s">
+      <c r="AS33" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AT33" s="733" t="s">
+      <c r="AT33" s="206" t="s">
         <v>219</v>
       </c>
-      <c r="AU33" s="730" t="s">
+      <c r="AU33" s="203" t="s">
         <v>134</v>
       </c>
-      <c r="AV33" s="714" t="s">
+      <c r="AV33" s="187" t="s">
         <v>231</v>
       </c>
-      <c r="AW33" s="953"/>
-      <c r="AX33" s="965" t="s">
+      <c r="AW33" s="426"/>
+      <c r="AX33" s="438" t="s">
         <v>248</v>
       </c>
-      <c r="AY33" s="693">
+      <c r="AY33" s="166">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A34" s="966" t="s">
+      <c r="A34" s="439" t="s">
         <v>249</v>
       </c>
-      <c r="B34" s="783" t="s">
+      <c r="B34" s="256" t="s">
         <v>250</v>
       </c>
-      <c r="C34" s="967"/>
-[...5 lines deleted...]
-      <c r="G34" s="969">
+      <c r="C34" s="440"/>
+      <c r="D34" s="24"/>
+      <c r="E34" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="441"/>
+      <c r="G34" s="442">
         <v>11</v>
       </c>
-      <c r="H34" s="970">
+      <c r="H34" s="443">
         <v>11</v>
       </c>
-      <c r="I34" s="738"/>
-[...4 lines deleted...]
-      <c r="N34" s="973" t="s">
+      <c r="I34" s="211"/>
+      <c r="J34" s="211"/>
+      <c r="K34" s="444"/>
+      <c r="L34" s="445"/>
+      <c r="M34" s="445"/>
+      <c r="N34" s="446" t="s">
         <v>13</v>
       </c>
-      <c r="O34" s="974"/>
-[...4 lines deleted...]
-      <c r="T34" s="975" t="s">
+      <c r="O34" s="447"/>
+      <c r="P34" s="211"/>
+      <c r="Q34" s="211"/>
+      <c r="R34" s="211"/>
+      <c r="S34" s="211"/>
+      <c r="T34" s="448" t="s">
         <v>240</v>
       </c>
-      <c r="U34" s="975" t="s">
+      <c r="U34" s="448" t="s">
         <v>237</v>
       </c>
-      <c r="V34" s="976" t="s">
-[...2 lines deleted...]
-      <c r="W34" s="973" t="s">
+      <c r="V34" s="449" t="s">
+        <v>503</v>
+      </c>
+      <c r="W34" s="446" t="s">
         <v>14</v>
       </c>
-      <c r="X34" s="968"/>
-[...5 lines deleted...]
-      <c r="AD34" s="678">
+      <c r="X34" s="441"/>
+      <c r="Y34" s="211"/>
+      <c r="Z34" s="211"/>
+      <c r="AA34" s="211"/>
+      <c r="AB34" s="211"/>
+      <c r="AC34" s="211"/>
+      <c r="AD34" s="151">
         <v>11</v>
       </c>
-      <c r="AE34" s="977"/>
-      <c r="AF34" s="973" t="s">
+      <c r="AE34" s="450"/>
+      <c r="AF34" s="446" t="s">
         <v>16</v>
       </c>
-      <c r="AG34" s="968"/>
-[...7 lines deleted...]
-      <c r="AO34" s="978" t="s">
+      <c r="AG34" s="441"/>
+      <c r="AH34" s="211"/>
+      <c r="AI34" s="211"/>
+      <c r="AJ34" s="211"/>
+      <c r="AK34" s="211"/>
+      <c r="AL34" s="211"/>
+      <c r="AM34" s="211"/>
+      <c r="AN34" s="450"/>
+      <c r="AO34" s="451" t="s">
         <v>18</v>
       </c>
-      <c r="AP34" s="968"/>
-[...5 lines deleted...]
-      <c r="AV34" s="812" t="s">
+      <c r="AP34" s="441"/>
+      <c r="AQ34" s="211"/>
+      <c r="AR34" s="211"/>
+      <c r="AS34" s="211"/>
+      <c r="AT34" s="211"/>
+      <c r="AU34" s="211"/>
+      <c r="AV34" s="285" t="s">
         <v>241</v>
       </c>
-      <c r="AW34" s="953"/>
-      <c r="AX34" s="966" t="s">
+      <c r="AW34" s="426"/>
+      <c r="AX34" s="439" t="s">
         <v>249</v>
       </c>
-      <c r="AY34" s="551"/>
+      <c r="AY34" s="24"/>
     </row>
     <row r="35" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A35" s="979" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="568" t="s">
+      <c r="A35" s="452" t="s">
+        <v>504</v>
+      </c>
+      <c r="B35" s="41" t="s">
         <v>256</v>
       </c>
-      <c r="C35" s="854">
+      <c r="C35" s="327">
         <v>217</v>
       </c>
-      <c r="D35" s="905" t="s">
+      <c r="D35" s="378" t="s">
         <v>257</v>
       </c>
-      <c r="E35" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="687" t="s">
+      <c r="E35" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="160" t="s">
         <v>231</v>
       </c>
-      <c r="G35" s="687" t="s">
+      <c r="G35" s="160" t="s">
         <v>229</v>
       </c>
-      <c r="H35" s="912">
-[...5 lines deleted...]
-      <c r="J35" s="861">
+      <c r="H35" s="385">
+        <v>12</v>
+      </c>
+      <c r="I35" s="385">
+        <v>12</v>
+      </c>
+      <c r="J35" s="334">
         <v>11</v>
       </c>
-      <c r="K35" s="634"/>
-[...2 lines deleted...]
-      <c r="N35" s="575" t="s">
+      <c r="K35" s="107"/>
+      <c r="L35" s="265"/>
+      <c r="M35" s="100"/>
+      <c r="N35" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="O35" s="802"/>
-[...1 lines deleted...]
-      <c r="Q35" s="687" t="s">
+      <c r="O35" s="275"/>
+      <c r="P35" s="107"/>
+      <c r="Q35" s="160" t="s">
         <v>229</v>
       </c>
-      <c r="R35" s="915" t="s">
+      <c r="R35" s="388" t="s">
         <v>147</v>
       </c>
-      <c r="S35" s="915" t="s">
+      <c r="S35" s="388" t="s">
         <v>147</v>
       </c>
-      <c r="T35" s="673" t="s">
+      <c r="T35" s="146" t="s">
         <v>232</v>
       </c>
-      <c r="U35" s="980" t="s">
-[...5 lines deleted...]
-      <c r="W35" s="575" t="s">
+      <c r="U35" s="453" t="s">
+        <v>505</v>
+      </c>
+      <c r="V35" s="273" t="s">
+        <v>506</v>
+      </c>
+      <c r="W35" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="X35" s="960" t="s">
+      <c r="X35" s="433" t="s">
         <v>232</v>
       </c>
-      <c r="Y35" s="861">
+      <c r="Y35" s="334">
         <v>11</v>
       </c>
-      <c r="Z35" s="714" t="s">
+      <c r="Z35" s="187" t="s">
         <v>229</v>
       </c>
-      <c r="AA35" s="634"/>
-[...8 lines deleted...]
-      <c r="AF35" s="575" t="s">
+      <c r="AA35" s="107"/>
+      <c r="AB35" s="109"/>
+      <c r="AC35" s="385">
+        <v>12</v>
+      </c>
+      <c r="AD35" s="100"/>
+      <c r="AE35" s="273" t="s">
+        <v>507</v>
+      </c>
+      <c r="AF35" s="48" t="s">
         <v>16</v>
       </c>
-      <c r="AG35" s="981" t="s">
+      <c r="AG35" s="454" t="s">
         <v>231</v>
       </c>
-      <c r="AH35" s="912">
-[...5 lines deleted...]
-      <c r="AJ35" s="687" t="s">
+      <c r="AH35" s="385">
+        <v>12</v>
+      </c>
+      <c r="AI35" s="385">
+        <v>12</v>
+      </c>
+      <c r="AJ35" s="160" t="s">
         <v>229</v>
       </c>
-      <c r="AK35" s="861">
+      <c r="AK35" s="334">
         <v>11</v>
       </c>
-      <c r="AL35" s="861">
+      <c r="AL35" s="334">
         <v>11</v>
       </c>
-      <c r="AM35" s="861">
+      <c r="AM35" s="334">
         <v>11</v>
       </c>
-      <c r="AN35" s="982"/>
-      <c r="AO35" s="575" t="s">
+      <c r="AN35" s="455"/>
+      <c r="AO35" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="AP35" s="687" t="s">
+      <c r="AP35" s="160" t="s">
         <v>231</v>
       </c>
-      <c r="AQ35" s="687" t="s">
+      <c r="AQ35" s="160" t="s">
         <v>231</v>
       </c>
-      <c r="AR35" s="960" t="s">
+      <c r="AR35" s="433" t="s">
         <v>147</v>
       </c>
-      <c r="AS35" s="915" t="s">
+      <c r="AS35" s="388" t="s">
         <v>232</v>
       </c>
-      <c r="AT35" s="915" t="s">
+      <c r="AT35" s="388" t="s">
         <v>232</v>
       </c>
-      <c r="AU35" s="824" t="s">
+      <c r="AU35" s="297" t="s">
         <v>147</v>
       </c>
-      <c r="AV35" s="687" t="s">
-[...6 lines deleted...]
-      <c r="AY35" s="693">
+      <c r="AV35" s="160" t="s">
+        <v>508</v>
+      </c>
+      <c r="AW35" s="276"/>
+      <c r="AX35" s="452" t="s">
+        <v>258</v>
+      </c>
+      <c r="AY35" s="166">
         <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A36" s="983" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="805" t="s">
+      <c r="A36" s="456" t="s">
+        <v>509</v>
+      </c>
+      <c r="B36" s="278" t="s">
         <v>256</v>
       </c>
-      <c r="C36" s="984">
+      <c r="C36" s="457">
         <v>108</v>
       </c>
-      <c r="D36" s="985"/>
-[...3 lines deleted...]
-      <c r="F36" s="986">
+      <c r="D36" s="458"/>
+      <c r="E36" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="459">
         <v>11</v>
       </c>
-      <c r="G36" s="682" t="s">
+      <c r="G36" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="H36" s="576">
-[...5 lines deleted...]
-      <c r="J36" s="718">
+      <c r="H36" s="49">
+        <v>12</v>
+      </c>
+      <c r="I36" s="49">
+        <v>12</v>
+      </c>
+      <c r="J36" s="191">
         <v>11</v>
       </c>
-      <c r="K36" s="682" t="s">
+      <c r="K36" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="L36" s="975" t="s">
-[...3 lines deleted...]
-      <c r="N36" s="645" t="s">
+      <c r="L36" s="448" t="s">
+        <v>260</v>
+      </c>
+      <c r="M36" s="211"/>
+      <c r="N36" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O36" s="573"/>
-[...1 lines deleted...]
-      <c r="Q36" s="987" t="s">
+      <c r="O36" s="46"/>
+      <c r="P36" s="24"/>
+      <c r="Q36" s="460" t="s">
         <v>230</v>
       </c>
-      <c r="R36" s="682" t="s">
+      <c r="R36" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="S36" s="682" t="s">
+      <c r="S36" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="T36" s="573"/>
-[...6 lines deleted...]
-      <c r="W36" s="645" t="s">
+      <c r="T36" s="46"/>
+      <c r="U36" s="187" t="s">
+        <v>510</v>
+      </c>
+      <c r="V36" s="185" t="s">
+        <v>511</v>
+      </c>
+      <c r="W36" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X36" s="988">
+      <c r="X36" s="461">
         <v>11</v>
       </c>
-      <c r="Y36" s="718">
+      <c r="Y36" s="191">
         <v>11</v>
       </c>
-      <c r="Z36" s="682" t="s">
+      <c r="Z36" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="AA36" s="989" t="s">
+      <c r="AA36" s="462" t="s">
         <v>241</v>
       </c>
-      <c r="AB36" s="682" t="s">
+      <c r="AB36" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="AC36" s="576">
-[...8 lines deleted...]
-      <c r="AF36" s="645" t="s">
+      <c r="AC36" s="49">
+        <v>12</v>
+      </c>
+      <c r="AD36" s="49">
+        <v>12</v>
+      </c>
+      <c r="AE36" s="185" t="s">
+        <v>512</v>
+      </c>
+      <c r="AF36" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG36" s="990">
-[...8 lines deleted...]
-      <c r="AJ36" s="675" t="s">
+      <c r="AG36" s="463">
+        <v>12</v>
+      </c>
+      <c r="AH36" s="464">
+        <v>12</v>
+      </c>
+      <c r="AI36" s="49">
+        <v>12</v>
+      </c>
+      <c r="AJ36" s="148" t="s">
         <v>230</v>
       </c>
-      <c r="AK36" s="718">
+      <c r="AK36" s="191">
         <v>11</v>
       </c>
-      <c r="AL36" s="718">
+      <c r="AL36" s="191">
         <v>11</v>
       </c>
-      <c r="AM36" s="718">
+      <c r="AM36" s="191">
         <v>11</v>
       </c>
-      <c r="AN36" s="573"/>
-      <c r="AO36" s="645" t="s">
+      <c r="AN36" s="46"/>
+      <c r="AO36" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP36" s="574"/>
-[...2 lines deleted...]
-      <c r="AS36" s="994" t="s">
+      <c r="AP36" s="47"/>
+      <c r="AQ36" s="465"/>
+      <c r="AR36" s="466"/>
+      <c r="AS36" s="467" t="s">
         <v>230</v>
       </c>
-      <c r="AT36" s="833" t="s">
+      <c r="AT36" s="306" t="s">
         <v>241</v>
       </c>
-      <c r="AU36" s="573"/>
-      <c r="AV36" s="987" t="s">
+      <c r="AU36" s="46"/>
+      <c r="AV36" s="460" t="s">
         <v>230</v>
       </c>
-      <c r="AW36" s="704"/>
-[...3 lines deleted...]
-      <c r="AY36" s="619">
+      <c r="AW36" s="177"/>
+      <c r="AX36" s="439" t="s">
+        <v>261</v>
+      </c>
+      <c r="AY36" s="92">
         <v>27.5</v>
       </c>
     </row>
     <row r="37" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A37" s="995" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="805" t="s">
+      <c r="A37" s="468" t="s">
+        <v>513</v>
+      </c>
+      <c r="B37" s="278" t="s">
         <v>256</v>
       </c>
-      <c r="C37" s="806">
+      <c r="C37" s="279">
         <v>215</v>
       </c>
-      <c r="D37" s="807"/>
-[...3 lines deleted...]
-      <c r="F37" s="720">
+      <c r="D37" s="280"/>
+      <c r="E37" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="193">
         <v>11</v>
       </c>
-      <c r="G37" s="682" t="s">
+      <c r="G37" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="H37" s="576">
-[...5 lines deleted...]
-      <c r="J37" s="718">
+      <c r="H37" s="49">
+        <v>12</v>
+      </c>
+      <c r="I37" s="49">
+        <v>12</v>
+      </c>
+      <c r="J37" s="191">
         <v>11</v>
       </c>
-      <c r="K37" s="833" t="s">
+      <c r="K37" s="306" t="s">
         <v>237</v>
       </c>
-      <c r="L37" s="682" t="s">
-[...3 lines deleted...]
-      <c r="N37" s="645" t="s">
+      <c r="L37" s="155" t="s">
+        <v>263</v>
+      </c>
+      <c r="M37" s="45"/>
+      <c r="N37" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O37" s="741"/>
-[...9 lines deleted...]
-      <c r="W37" s="645" t="s">
+      <c r="O37" s="214"/>
+      <c r="P37" s="72"/>
+      <c r="Q37" s="72"/>
+      <c r="R37" s="72"/>
+      <c r="S37" s="72"/>
+      <c r="T37" s="72"/>
+      <c r="U37" s="72"/>
+      <c r="V37" s="469" t="s">
+        <v>514</v>
+      </c>
+      <c r="W37" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X37" s="732">
+      <c r="X37" s="205">
         <v>11</v>
       </c>
-      <c r="Y37" s="718">
+      <c r="Y37" s="191">
         <v>11</v>
       </c>
-      <c r="Z37" s="682" t="s">
+      <c r="Z37" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="AA37" s="573"/>
-[...10 lines deleted...]
-      <c r="AF37" s="645" t="s">
+      <c r="AA37" s="46"/>
+      <c r="AB37" s="46"/>
+      <c r="AC37" s="49">
+        <v>12</v>
+      </c>
+      <c r="AD37" s="49">
+        <v>12</v>
+      </c>
+      <c r="AE37" s="185" t="s">
+        <v>515</v>
+      </c>
+      <c r="AF37" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG37" s="997">
-[...8 lines deleted...]
-      <c r="AJ37" s="682" t="s">
+      <c r="AG37" s="470">
+        <v>12</v>
+      </c>
+      <c r="AH37" s="464">
+        <v>12</v>
+      </c>
+      <c r="AI37" s="49">
+        <v>12</v>
+      </c>
+      <c r="AJ37" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="AK37" s="718">
+      <c r="AK37" s="191">
         <v>11</v>
       </c>
-      <c r="AL37" s="718">
+      <c r="AL37" s="191">
         <v>11</v>
       </c>
-      <c r="AM37" s="718">
+      <c r="AM37" s="191">
         <v>11</v>
       </c>
-      <c r="AN37" s="651"/>
-      <c r="AO37" s="645" t="s">
+      <c r="AN37" s="124"/>
+      <c r="AO37" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP37" s="744"/>
-[...10 lines deleted...]
-      <c r="AY37" s="619">
+      <c r="AP37" s="217"/>
+      <c r="AQ37" s="216"/>
+      <c r="AR37" s="72"/>
+      <c r="AS37" s="72"/>
+      <c r="AT37" s="72"/>
+      <c r="AU37" s="72"/>
+      <c r="AV37" s="72"/>
+      <c r="AW37" s="121"/>
+      <c r="AX37" s="111" t="s">
+        <v>264</v>
+      </c>
+      <c r="AY37" s="92">
         <v>18.5</v>
       </c>
     </row>
     <row r="38" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A38" s="998" t="s">
-[...2 lines deleted...]
-      <c r="B38" s="805" t="s">
+      <c r="A38" s="471" t="s">
+        <v>516</v>
+      </c>
+      <c r="B38" s="278" t="s">
         <v>256</v>
       </c>
-      <c r="C38" s="806">
+      <c r="C38" s="279">
         <v>107</v>
       </c>
-      <c r="D38" s="805"/>
-[...3 lines deleted...]
-      <c r="F38" s="763" t="s">
+      <c r="D38" s="278"/>
+      <c r="E38" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="236" t="s">
         <v>235</v>
       </c>
-      <c r="G38" s="573"/>
-      <c r="H38" s="725" t="s">
+      <c r="G38" s="46"/>
+      <c r="H38" s="198" t="s">
         <v>219</v>
       </c>
-      <c r="I38" s="696" t="s">
+      <c r="I38" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="J38" s="696" t="s">
+      <c r="J38" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="K38" s="999" t="s">
+      <c r="K38" s="472" t="s">
         <v>234</v>
       </c>
-      <c r="L38" s="573"/>
-[...1 lines deleted...]
-      <c r="N38" s="645" t="s">
+      <c r="L38" s="46"/>
+      <c r="M38" s="300"/>
+      <c r="N38" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O38" s="706" t="s">
+      <c r="O38" s="179" t="s">
         <v>234</v>
       </c>
-      <c r="P38" s="696" t="s">
+      <c r="P38" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="Q38" s="573"/>
-[...2 lines deleted...]
-      <c r="T38" s="1000" t="s">
+      <c r="Q38" s="46"/>
+      <c r="R38" s="46"/>
+      <c r="S38" s="46"/>
+      <c r="T38" s="473" t="s">
         <v>219</v>
       </c>
-      <c r="U38" s="725" t="s">
+      <c r="U38" s="198" t="s">
         <v>134</v>
       </c>
-      <c r="V38" s="712" t="s">
-[...2 lines deleted...]
-      <c r="W38" s="645" t="s">
+      <c r="V38" s="185" t="s">
+        <v>517</v>
+      </c>
+      <c r="W38" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X38" s="573"/>
-      <c r="Y38" s="725" t="s">
+      <c r="X38" s="46"/>
+      <c r="Y38" s="198" t="s">
         <v>209</v>
       </c>
-      <c r="Z38" s="696" t="s">
+      <c r="Z38" s="169" t="s">
         <v>235</v>
       </c>
-      <c r="AA38" s="696" t="s">
+      <c r="AA38" s="169" t="s">
         <v>235</v>
       </c>
-      <c r="AB38" s="696" t="s">
+      <c r="AB38" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="AC38" s="696" t="s">
+      <c r="AC38" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="AD38" s="696" t="s">
+      <c r="AD38" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="AE38" s="642" t="s">
-[...2 lines deleted...]
-      <c r="AF38" s="645" t="s">
+      <c r="AE38" s="115" t="s">
+        <v>518</v>
+      </c>
+      <c r="AF38" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG38" s="551"/>
-      <c r="AH38" s="696" t="s">
+      <c r="AG38" s="24"/>
+      <c r="AH38" s="169" t="s">
         <v>235</v>
       </c>
-      <c r="AI38" s="1001" t="s">
+      <c r="AI38" s="474" t="s">
         <v>134</v>
       </c>
-      <c r="AJ38" s="573"/>
-      <c r="AK38" s="696" t="s">
+      <c r="AJ38" s="46"/>
+      <c r="AK38" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="AL38" s="696" t="s">
+      <c r="AL38" s="169" t="s">
         <v>235</v>
       </c>
-      <c r="AM38" s="733" t="s">
+      <c r="AM38" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AN38" s="704"/>
-      <c r="AO38" s="645" t="s">
+      <c r="AN38" s="177"/>
+      <c r="AO38" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP38" s="725" t="s">
+      <c r="AP38" s="198" t="s">
         <v>219</v>
       </c>
-      <c r="AQ38" s="1002" t="s">
+      <c r="AQ38" s="475" t="s">
         <v>134</v>
       </c>
-      <c r="AR38" s="733" t="s">
+      <c r="AR38" s="206" t="s">
         <v>134</v>
       </c>
-      <c r="AS38" s="733" t="s">
+      <c r="AS38" s="206" t="s">
         <v>219</v>
       </c>
-      <c r="AT38" s="733" t="s">
+      <c r="AT38" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AU38" s="706" t="s">
+      <c r="AU38" s="179" t="s">
         <v>236</v>
       </c>
-      <c r="AV38" s="733" t="s">
+      <c r="AV38" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AW38" s="644"/>
-[...3 lines deleted...]
-      <c r="AY38" s="693">
+      <c r="AW38" s="117"/>
+      <c r="AX38" s="439" t="s">
+        <v>266</v>
+      </c>
+      <c r="AY38" s="166">
         <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A39" s="1003" t="s">
-[...12 lines deleted...]
-      <c r="H39" s="722" t="s">
+      <c r="A39" s="476" t="s">
+        <v>519</v>
+      </c>
+      <c r="B39" s="62" t="s">
+        <v>268</v>
+      </c>
+      <c r="C39" s="410"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="194"/>
+      <c r="G39" s="194"/>
+      <c r="H39" s="195" t="s">
         <v>243</v>
       </c>
-      <c r="I39" s="1004" t="s">
+      <c r="I39" s="477" t="s">
         <v>228</v>
       </c>
-      <c r="J39" s="699" t="s">
+      <c r="J39" s="172" t="s">
         <v>243</v>
       </c>
-      <c r="K39" s="722" t="s">
+      <c r="K39" s="195" t="s">
         <v>113</v>
       </c>
-      <c r="L39" s="738"/>
-[...13 lines deleted...]
-      <c r="X39" s="699" t="s">
+      <c r="L39" s="211"/>
+      <c r="M39" s="478"/>
+      <c r="N39" s="178"/>
+      <c r="O39" s="72"/>
+      <c r="P39" s="82"/>
+      <c r="Q39" s="72"/>
+      <c r="R39" s="82"/>
+      <c r="S39" s="82"/>
+      <c r="T39" s="414"/>
+      <c r="U39" s="414"/>
+      <c r="V39" s="366" t="s">
+        <v>520</v>
+      </c>
+      <c r="W39" s="479"/>
+      <c r="X39" s="172" t="s">
         <v>228</v>
       </c>
-      <c r="Y39" s="699" t="s">
+      <c r="Y39" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="Z39" s="699" t="s">
+      <c r="Z39" s="172" t="s">
         <v>243</v>
       </c>
-      <c r="AA39" s="573"/>
-[...1 lines deleted...]
-      <c r="AC39" s="699" t="s">
+      <c r="AA39" s="46"/>
+      <c r="AB39" s="24"/>
+      <c r="AC39" s="172" t="s">
         <v>243</v>
       </c>
-      <c r="AD39" s="721"/>
-[...13 lines deleted...]
-      <c r="AP39" s="848" t="s">
+      <c r="AD39" s="194"/>
+      <c r="AE39" s="480" t="s">
+        <v>518</v>
+      </c>
+      <c r="AF39" s="178"/>
+      <c r="AG39" s="72"/>
+      <c r="AH39" s="72"/>
+      <c r="AI39" s="72"/>
+      <c r="AJ39" s="82"/>
+      <c r="AK39" s="72"/>
+      <c r="AL39" s="72"/>
+      <c r="AM39" s="72"/>
+      <c r="AN39" s="177"/>
+      <c r="AO39" s="300"/>
+      <c r="AP39" s="321" t="s">
         <v>228</v>
       </c>
-      <c r="AQ39" s="893" t="s">
+      <c r="AQ39" s="366" t="s">
         <v>228</v>
       </c>
-      <c r="AR39" s="722" t="s">
+      <c r="AR39" s="195" t="s">
         <v>113</v>
       </c>
-      <c r="AS39" s="722" t="s">
+      <c r="AS39" s="195" t="s">
         <v>113</v>
       </c>
-      <c r="AT39" s="721"/>
-[...3 lines deleted...]
-      <c r="AX39" s="1003" t="s">
+      <c r="AT39" s="194"/>
+      <c r="AU39" s="24"/>
+      <c r="AV39" s="265"/>
+      <c r="AW39" s="412"/>
+      <c r="AX39" s="476" t="s">
         <v>185</v>
       </c>
-      <c r="AY39" s="619">
+      <c r="AY39" s="92">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A40" s="1008" t="s">
-[...2 lines deleted...]
-      <c r="B40" s="589" t="s">
+      <c r="A40" s="481" t="s">
+        <v>278</v>
+      </c>
+      <c r="B40" s="62" t="s">
+        <v>279</v>
+      </c>
+      <c r="C40" s="482">
+        <v>212</v>
+      </c>
+      <c r="D40" s="21"/>
+      <c r="E40" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="147" t="s">
+        <v>280</v>
+      </c>
+      <c r="G40" s="483" t="s">
+        <v>521</v>
+      </c>
+      <c r="H40" s="146" t="s">
         <v>282</v>
       </c>
-      <c r="C40" s="1009">
-[...6 lines deleted...]
-      <c r="F40" s="674" t="s">
+      <c r="I40" s="146" t="s">
         <v>283</v>
       </c>
-      <c r="G40" s="1010" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="673" t="s">
+      <c r="J40" s="484" t="s">
+        <v>522</v>
+      </c>
+      <c r="K40" s="485" t="s">
         <v>285</v>
       </c>
-      <c r="I40" s="673" t="s">
-[...12 lines deleted...]
-      <c r="N40" s="810" t="s">
+      <c r="L40" s="195" t="s">
+        <v>523</v>
+      </c>
+      <c r="M40" s="486"/>
+      <c r="N40" s="283" t="s">
         <v>13</v>
       </c>
-      <c r="O40" s="699" t="s">
-[...5 lines deleted...]
-      <c r="Q40" s="699" t="s">
+      <c r="O40" s="172" t="s">
+        <v>524</v>
+      </c>
+      <c r="P40" s="169" t="s">
+        <v>525</v>
+      </c>
+      <c r="Q40" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="R40" s="696" t="s">
-[...12 lines deleted...]
-      <c r="W40" s="645" t="s">
+      <c r="R40" s="169" t="s">
+        <v>526</v>
+      </c>
+      <c r="S40" s="487" t="s">
+        <v>527</v>
+      </c>
+      <c r="T40" s="169" t="s">
+        <v>528</v>
+      </c>
+      <c r="U40" s="24"/>
+      <c r="V40" s="488" t="s">
+        <v>529</v>
+      </c>
+      <c r="W40" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X40" s="924"/>
-[...7 lines deleted...]
-      <c r="AF40" s="810" t="s">
+      <c r="X40" s="397"/>
+      <c r="Y40" s="489"/>
+      <c r="Z40" s="490"/>
+      <c r="AA40" s="489"/>
+      <c r="AB40" s="490"/>
+      <c r="AC40" s="489"/>
+      <c r="AD40" s="489"/>
+      <c r="AE40" s="491"/>
+      <c r="AF40" s="283" t="s">
         <v>16</v>
       </c>
-      <c r="AG40" s="599"/>
-[...7 lines deleted...]
-      <c r="AO40" s="1019" t="s">
+      <c r="AG40" s="72"/>
+      <c r="AH40" s="72"/>
+      <c r="AI40" s="72"/>
+      <c r="AJ40" s="72"/>
+      <c r="AK40" s="72"/>
+      <c r="AL40" s="72"/>
+      <c r="AM40" s="72"/>
+      <c r="AN40" s="177"/>
+      <c r="AO40" s="492" t="s">
         <v>18</v>
       </c>
-      <c r="AP40" s="741"/>
-[...16 lines deleted...]
-      <c r="AY40" s="619">
+      <c r="AP40" s="214"/>
+      <c r="AQ40" s="72"/>
+      <c r="AR40" s="489"/>
+      <c r="AS40" s="172" t="s">
+        <v>292</v>
+      </c>
+      <c r="AT40" s="169" t="s">
+        <v>293</v>
+      </c>
+      <c r="AU40" s="172" t="s">
+        <v>294</v>
+      </c>
+      <c r="AV40" s="46"/>
+      <c r="AW40" s="493"/>
+      <c r="AX40" s="439" t="s">
+        <v>278</v>
+      </c>
+      <c r="AY40" s="92">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A41" s="1021" t="s">
+      <c r="A41" s="494" t="s">
+        <v>295</v>
+      </c>
+      <c r="B41" s="495" t="s">
+        <v>279</v>
+      </c>
+      <c r="C41" s="496">
+        <v>327</v>
+      </c>
+      <c r="D41" s="497"/>
+      <c r="E41" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="304" t="s">
+        <v>296</v>
+      </c>
+      <c r="G41" s="428" t="s">
+        <v>530</v>
+      </c>
+      <c r="H41" s="498" t="s">
         <v>298</v>
       </c>
-      <c r="B41" s="1022" t="s">
-[...9 lines deleted...]
-      <c r="F41" s="831" t="s">
+      <c r="I41" s="198" t="s">
         <v>299</v>
       </c>
-      <c r="G41" s="955" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="1025" t="s">
+      <c r="J41" s="499" t="s">
+        <v>531</v>
+      </c>
+      <c r="K41" s="187" t="s">
         <v>301</v>
       </c>
-      <c r="I41" s="725" t="s">
+      <c r="L41" s="497"/>
+      <c r="M41" s="500" t="s">
         <v>302</v>
       </c>
-      <c r="J41" s="1026" t="s">
-[...6 lines deleted...]
-      <c r="M41" s="1027" t="s">
+      <c r="N41" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O41" s="501">
+        <v>12</v>
+      </c>
+      <c r="P41" s="187" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q41" s="502">
+        <v>11</v>
+      </c>
+      <c r="R41" s="498" t="s">
+        <v>532</v>
+      </c>
+      <c r="S41" s="503" t="s">
         <v>305</v>
       </c>
-      <c r="N41" s="645" t="s">
-[...5 lines deleted...]
-      <c r="P41" s="714" t="s">
+      <c r="T41" s="504" t="s">
         <v>306</v>
       </c>
-      <c r="Q41" s="1029">
+      <c r="U41" s="505">
         <v>11</v>
       </c>
-      <c r="R41" s="1025" t="s">
-[...2 lines deleted...]
-      <c r="S41" s="1030" t="s">
+      <c r="V41" s="132" t="s">
+        <v>533</v>
+      </c>
+      <c r="W41" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="X41" s="464">
+        <v>12</v>
+      </c>
+      <c r="Y41" s="506">
+        <v>12</v>
+      </c>
+      <c r="Z41" s="187" t="s">
+        <v>307</v>
+      </c>
+      <c r="AA41" s="407" t="s">
+        <v>534</v>
+      </c>
+      <c r="AB41" s="407" t="s">
+        <v>535</v>
+      </c>
+      <c r="AC41" s="155" t="s">
+        <v>536</v>
+      </c>
+      <c r="AD41" s="507" t="s">
+        <v>537</v>
+      </c>
+      <c r="AE41" s="493"/>
+      <c r="AF41" s="508" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG41" s="411">
+        <v>11</v>
+      </c>
+      <c r="AH41" s="411">
+        <v>11</v>
+      </c>
+      <c r="AI41" s="509" t="s">
         <v>308</v>
       </c>
-      <c r="T41" s="1031" t="s">
+      <c r="AJ41" s="310" t="s">
         <v>309</v>
       </c>
-      <c r="U41" s="1032">
-[...49 lines deleted...]
-      <c r="AO41" s="606" t="s">
+      <c r="AK41" s="24"/>
+      <c r="AL41" s="194"/>
+      <c r="AM41" s="194"/>
+      <c r="AN41" s="135"/>
+      <c r="AO41" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="AP41" s="924"/>
-[...10 lines deleted...]
-      <c r="AY41" s="619">
+      <c r="AP41" s="397"/>
+      <c r="AQ41" s="489"/>
+      <c r="AR41" s="489"/>
+      <c r="AS41" s="489"/>
+      <c r="AT41" s="489"/>
+      <c r="AU41" s="489"/>
+      <c r="AV41" s="489"/>
+      <c r="AW41" s="426"/>
+      <c r="AX41" s="140" t="s">
+        <v>295</v>
+      </c>
+      <c r="AY41" s="92">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A42" s="1037" t="s">
-[...6 lines deleted...]
-      <c r="D42" s="905" t="s">
+      <c r="A42" s="510" t="s">
+        <v>310</v>
+      </c>
+      <c r="B42" s="41" t="s">
+        <v>311</v>
+      </c>
+      <c r="C42" s="511"/>
+      <c r="D42" s="378" t="s">
         <v>232</v>
       </c>
-      <c r="E42" s="571" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="790" t="s">
+      <c r="E42" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="263" t="s">
         <v>134</v>
       </c>
-      <c r="G42" s="907" t="s">
+      <c r="G42" s="380" t="s">
         <v>228</v>
       </c>
-      <c r="H42" s="1039" t="s">
+      <c r="H42" s="512" t="s">
         <v>113</v>
       </c>
-      <c r="I42" s="551"/>
-      <c r="J42" s="1040" t="s">
+      <c r="I42" s="24"/>
+      <c r="J42" s="513" t="s">
         <v>209</v>
       </c>
-      <c r="K42" s="1041" t="s">
+      <c r="K42" s="514" t="s">
         <v>243</v>
       </c>
-      <c r="L42" s="1042" t="s">
+      <c r="L42" s="515" t="s">
         <v>219</v>
       </c>
-      <c r="M42" s="912">
-[...2 lines deleted...]
-      <c r="N42" s="575" t="s">
+      <c r="M42" s="385">
+        <v>12</v>
+      </c>
+      <c r="N42" s="48" t="s">
         <v>13</v>
       </c>
-      <c r="O42" s="915" t="s">
+      <c r="O42" s="388" t="s">
         <v>147</v>
       </c>
-      <c r="P42" s="1043">
+      <c r="P42" s="516">
         <v>11</v>
       </c>
-      <c r="Q42" s="861">
+      <c r="Q42" s="334">
         <v>11</v>
       </c>
-      <c r="R42" s="551"/>
-[...1 lines deleted...]
-      <c r="T42" s="907" t="s">
+      <c r="R42" s="24"/>
+      <c r="S42" s="24"/>
+      <c r="T42" s="380" t="s">
         <v>113</v>
       </c>
-      <c r="U42" s="573"/>
-[...3 lines deleted...]
-      <c r="W42" s="575" t="s">
+      <c r="U42" s="46"/>
+      <c r="V42" s="517" t="s">
+        <v>538</v>
+      </c>
+      <c r="W42" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="X42" s="1045">
-[...5 lines deleted...]
-      <c r="Z42" s="824" t="s">
+      <c r="X42" s="518">
+        <v>12</v>
+      </c>
+      <c r="Y42" s="385">
+        <v>12</v>
+      </c>
+      <c r="Z42" s="297" t="s">
         <v>232</v>
       </c>
-      <c r="AA42" s="551"/>
-      <c r="AB42" s="907" t="s">
+      <c r="AA42" s="24"/>
+      <c r="AB42" s="380" t="s">
         <v>228</v>
       </c>
-      <c r="AC42" s="573"/>
-[...2 lines deleted...]
-      <c r="AF42" s="575" t="s">
+      <c r="AC42" s="46"/>
+      <c r="AD42" s="107"/>
+      <c r="AE42" s="276"/>
+      <c r="AF42" s="48" t="s">
         <v>16</v>
       </c>
-      <c r="AG42" s="861">
+      <c r="AG42" s="334">
         <v>11</v>
       </c>
-      <c r="AH42" s="861">
+      <c r="AH42" s="334">
         <v>11</v>
       </c>
-      <c r="AI42" s="1046" t="s">
+      <c r="AI42" s="519" t="s">
         <v>232</v>
       </c>
-      <c r="AJ42" s="907" t="s">
+      <c r="AJ42" s="380" t="s">
         <v>243</v>
       </c>
-      <c r="AK42" s="824" t="s">
+      <c r="AK42" s="297" t="s">
         <v>147</v>
       </c>
-      <c r="AL42" s="551"/>
-[...4 lines deleted...]
-      <c r="AO42" s="1047" t="s">
+      <c r="AL42" s="24"/>
+      <c r="AM42" s="275"/>
+      <c r="AN42" s="273" t="s">
+        <v>539</v>
+      </c>
+      <c r="AO42" s="520" t="s">
         <v>18</v>
       </c>
-      <c r="AP42" s="1048"/>
-[...10 lines deleted...]
-      <c r="AY42" s="693">
+      <c r="AP42" s="521"/>
+      <c r="AQ42" s="396"/>
+      <c r="AR42" s="396"/>
+      <c r="AS42" s="396"/>
+      <c r="AT42" s="396"/>
+      <c r="AU42" s="396"/>
+      <c r="AV42" s="396"/>
+      <c r="AW42" s="522"/>
+      <c r="AX42" s="523" t="s">
+        <v>310</v>
+      </c>
+      <c r="AY42" s="166">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A43" s="1051" t="s">
+      <c r="A43" s="524" t="s">
+        <v>324</v>
+      </c>
+      <c r="B43" s="525" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" s="294">
+        <v>313</v>
+      </c>
+      <c r="D43" s="365" t="s">
+        <v>235</v>
+      </c>
+      <c r="E43" s="526" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="24"/>
+      <c r="G43" s="155" t="s">
+        <v>240</v>
+      </c>
+      <c r="H43" s="169" t="s">
+        <v>236</v>
+      </c>
+      <c r="I43" s="306" t="s">
+        <v>237</v>
+      </c>
+      <c r="J43" s="527" t="s">
+        <v>234</v>
+      </c>
+      <c r="K43" s="407" t="s">
+        <v>241</v>
+      </c>
+      <c r="L43" s="187" t="s">
+        <v>230</v>
+      </c>
+      <c r="M43" s="177"/>
+      <c r="N43" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O43" s="187" t="s">
+        <v>231</v>
+      </c>
+      <c r="P43" s="169" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q43" s="191">
+        <v>11</v>
+      </c>
+      <c r="R43" s="187" t="s">
+        <v>229</v>
+      </c>
+      <c r="S43" s="169" t="s">
+        <v>234</v>
+      </c>
+      <c r="T43" s="265"/>
+      <c r="U43" s="169" t="s">
+        <v>235</v>
+      </c>
+      <c r="V43" s="185" t="s">
+        <v>540</v>
+      </c>
+      <c r="W43" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X43" s="214"/>
+      <c r="Y43" s="72"/>
+      <c r="Z43" s="82"/>
+      <c r="AA43" s="72"/>
+      <c r="AB43" s="72"/>
+      <c r="AC43" s="72"/>
+      <c r="AD43" s="72"/>
+      <c r="AE43" s="177"/>
+      <c r="AF43" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG43" s="461">
+        <v>11</v>
+      </c>
+      <c r="AH43" s="191">
+        <v>11</v>
+      </c>
+      <c r="AI43" s="24"/>
+      <c r="AJ43" s="100"/>
+      <c r="AK43" s="187" t="s">
+        <v>230</v>
+      </c>
+      <c r="AL43" s="285" t="s">
+        <v>541</v>
+      </c>
+      <c r="AM43" s="169" t="s">
+        <v>236</v>
+      </c>
+      <c r="AN43" s="528" t="s">
+        <v>542</v>
+      </c>
+      <c r="AO43" s="529" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP43" s="187" t="s">
+        <v>229</v>
+      </c>
+      <c r="AQ43" s="169" t="s">
+        <v>234</v>
+      </c>
+      <c r="AR43" s="46"/>
+      <c r="AS43" s="187" t="s">
+        <v>231</v>
+      </c>
+      <c r="AT43" s="155" t="s">
+        <v>543</v>
+      </c>
+      <c r="AU43" s="169" t="s">
+        <v>235</v>
+      </c>
+      <c r="AV43" s="155" t="s">
+        <v>330</v>
+      </c>
+      <c r="AW43" s="530"/>
+      <c r="AX43" s="531" t="s">
         <v>331</v>
       </c>
-      <c r="B43" s="1052" t="s">
-[...116 lines deleted...]
-      <c r="AY43" s="693">
+      <c r="AY43" s="166">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A44" s="1059" t="s">
-[...5 lines deleted...]
-      <c r="C44" s="806">
+      <c r="A44" s="532" t="s">
+        <v>332</v>
+      </c>
+      <c r="B44" s="278" t="s">
+        <v>333</v>
+      </c>
+      <c r="C44" s="279">
         <v>214</v>
       </c>
-      <c r="D44" s="811" t="s">
+      <c r="D44" s="284" t="s">
         <v>236</v>
       </c>
-      <c r="E44" s="641" t="s">
-[...8 lines deleted...]
-      <c r="H44" s="733" t="s">
+      <c r="E44" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="49">
+        <v>12</v>
+      </c>
+      <c r="G44" s="49">
+        <v>12</v>
+      </c>
+      <c r="H44" s="206" t="s">
         <v>134</v>
       </c>
-      <c r="I44" s="1060" t="s">
+      <c r="I44" s="533" t="s">
         <v>219</v>
       </c>
-      <c r="J44" s="812" t="s">
+      <c r="J44" s="285" t="s">
         <v>237</v>
       </c>
-      <c r="K44" s="696" t="s">
+      <c r="K44" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="L44" s="675" t="s">
+      <c r="L44" s="148" t="s">
         <v>231</v>
       </c>
-      <c r="M44" s="573"/>
-      <c r="N44" s="645" t="s">
+      <c r="M44" s="46"/>
+      <c r="N44" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O44" s="986">
+      <c r="O44" s="459">
         <v>11</v>
       </c>
-      <c r="P44" s="718">
+      <c r="P44" s="191">
         <v>11</v>
       </c>
-      <c r="Q44" s="573"/>
-      <c r="R44" s="1061" t="s">
+      <c r="Q44" s="46"/>
+      <c r="R44" s="534" t="s">
         <v>230</v>
       </c>
-      <c r="S44" s="1062" t="s">
+      <c r="S44" s="535" t="s">
         <v>229</v>
       </c>
-      <c r="T44" s="1011" t="s">
+      <c r="T44" s="484" t="s">
         <v>235</v>
       </c>
-      <c r="U44" s="551"/>
-[...3 lines deleted...]
-      <c r="W44" s="645" t="s">
+      <c r="U44" s="24"/>
+      <c r="V44" s="122" t="s">
+        <v>544</v>
+      </c>
+      <c r="W44" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X44" s="644"/>
-[...1 lines deleted...]
-      <c r="Z44" s="812" t="s">
+      <c r="X44" s="117"/>
+      <c r="Y44" s="24"/>
+      <c r="Z44" s="285" t="s">
         <v>240</v>
       </c>
-      <c r="AA44" s="696" t="s">
+      <c r="AA44" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="AB44" s="812" t="s">
+      <c r="AB44" s="285" t="s">
         <v>241</v>
       </c>
-      <c r="AC44" s="733" t="s">
+      <c r="AC44" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AD44" s="573"/>
-      <c r="AE44" s="718">
+      <c r="AD44" s="46"/>
+      <c r="AE44" s="191">
         <v>11</v>
       </c>
-      <c r="AF44" s="645" t="s">
+      <c r="AF44" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG44" s="1063" t="s">
+      <c r="AG44" s="536" t="s">
         <v>241</v>
       </c>
-      <c r="AH44" s="865" t="s">
+      <c r="AH44" s="338" t="s">
         <v>237</v>
       </c>
-      <c r="AI44" s="1064">
+      <c r="AI44" s="537">
         <v>11</v>
       </c>
-      <c r="AJ44" s="682" t="s">
+      <c r="AJ44" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="AK44" s="908" t="s">
+      <c r="AK44" s="381" t="s">
         <v>231</v>
       </c>
-      <c r="AL44" s="551"/>
-      <c r="AM44" s="1065" t="s">
+      <c r="AL44" s="24"/>
+      <c r="AM44" s="538" t="s">
         <v>134</v>
       </c>
-      <c r="AN44" s="1066" t="s">
-[...2 lines deleted...]
-      <c r="AO44" s="645" t="s">
+      <c r="AN44" s="539" t="s">
+        <v>545</v>
+      </c>
+      <c r="AO44" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP44" s="990">
-[...2 lines deleted...]
-      <c r="AQ44" s="714" t="s">
+      <c r="AP44" s="463">
+        <v>12</v>
+      </c>
+      <c r="AQ44" s="187" t="s">
         <v>230</v>
       </c>
-      <c r="AR44" s="733" t="s">
+      <c r="AR44" s="206" t="s">
         <v>209</v>
       </c>
-      <c r="AS44" s="1067" t="s">
+      <c r="AS44" s="540" t="s">
         <v>229</v>
       </c>
-      <c r="AT44" s="573"/>
-      <c r="AU44" s="733" t="s">
+      <c r="AT44" s="46"/>
+      <c r="AU44" s="206" t="s">
         <v>219</v>
       </c>
-      <c r="AV44" s="1068"/>
-[...4 lines deleted...]
-      <c r="AY44" s="693">
+      <c r="AV44" s="541"/>
+      <c r="AW44" s="177"/>
+      <c r="AX44" s="189" t="s">
+        <v>332</v>
+      </c>
+      <c r="AY44" s="166">
         <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A45" s="995" t="s">
-[...5 lines deleted...]
-      <c r="C45" s="806">
+      <c r="A45" s="468" t="s">
+        <v>334</v>
+      </c>
+      <c r="B45" s="278" t="s">
+        <v>335</v>
+      </c>
+      <c r="C45" s="279">
         <v>312</v>
       </c>
-      <c r="D45" s="805"/>
-[...10 lines deleted...]
-      <c r="I45" s="682" t="s">
+      <c r="D45" s="278"/>
+      <c r="E45" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" s="463">
+        <v>12</v>
+      </c>
+      <c r="G45" s="49">
+        <v>12</v>
+      </c>
+      <c r="H45" s="46"/>
+      <c r="I45" s="155" t="s">
         <v>240</v>
       </c>
-      <c r="J45" s="682" t="s">
+      <c r="J45" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="K45" s="714" t="s">
+      <c r="K45" s="187" t="s">
         <v>229</v>
       </c>
-      <c r="L45" s="551"/>
-[...1 lines deleted...]
-      <c r="N45" s="645" t="s">
+      <c r="L45" s="24"/>
+      <c r="M45" s="117"/>
+      <c r="N45" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O45" s="990">
-[...2 lines deleted...]
-      <c r="P45" s="714" t="s">
+      <c r="O45" s="463">
+        <v>12</v>
+      </c>
+      <c r="P45" s="187" t="s">
         <v>231</v>
       </c>
-      <c r="Q45" s="714" t="s">
+      <c r="Q45" s="187" t="s">
         <v>231</v>
       </c>
-      <c r="R45" s="1069" t="s">
+      <c r="R45" s="542" t="s">
         <v>237</v>
       </c>
-      <c r="S45" s="714" t="s">
+      <c r="S45" s="187" t="s">
         <v>230</v>
       </c>
-      <c r="T45" s="700"/>
-      <c r="U45" s="718">
+      <c r="T45" s="173"/>
+      <c r="U45" s="191">
         <v>11</v>
       </c>
-      <c r="V45" s="718">
+      <c r="V45" s="191">
         <v>11</v>
       </c>
-      <c r="W45" s="645" t="s">
+      <c r="W45" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X45" s="741"/>
-[...7 lines deleted...]
-      <c r="AF45" s="645" t="s">
+      <c r="X45" s="214"/>
+      <c r="Y45" s="72"/>
+      <c r="Z45" s="72"/>
+      <c r="AA45" s="72"/>
+      <c r="AB45" s="72"/>
+      <c r="AC45" s="72"/>
+      <c r="AD45" s="72"/>
+      <c r="AE45" s="177"/>
+      <c r="AF45" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG45" s="981" t="s">
+      <c r="AG45" s="454" t="s">
         <v>230</v>
       </c>
-      <c r="AH45" s="1070" t="s">
+      <c r="AH45" s="543" t="s">
         <v>240</v>
       </c>
-      <c r="AI45" s="1071">
+      <c r="AI45" s="544">
         <v>11</v>
       </c>
-      <c r="AJ45" s="682" t="s">
+      <c r="AJ45" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="AK45" s="714" t="s">
+      <c r="AK45" s="187" t="s">
         <v>229</v>
       </c>
-      <c r="AL45" s="682" t="s">
+      <c r="AL45" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="AM45" s="573"/>
-[...3 lines deleted...]
-      <c r="AO45" s="645" t="s">
+      <c r="AM45" s="46"/>
+      <c r="AN45" s="545" t="s">
+        <v>546</v>
+      </c>
+      <c r="AO45" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP45" s="1073"/>
-[...10 lines deleted...]
-      <c r="AY45" s="619">
+      <c r="AP45" s="546"/>
+      <c r="AQ45" s="72"/>
+      <c r="AR45" s="72"/>
+      <c r="AS45" s="72"/>
+      <c r="AT45" s="403"/>
+      <c r="AU45" s="72"/>
+      <c r="AV45" s="72"/>
+      <c r="AW45" s="547"/>
+      <c r="AX45" s="40" t="s">
+        <v>334</v>
+      </c>
+      <c r="AY45" s="92">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A46" s="1075" t="s">
-[...18 lines deleted...]
-      <c r="N46" s="645" t="s">
+      <c r="A46" s="548" t="s">
+        <v>547</v>
+      </c>
+      <c r="B46" s="278" t="s">
+        <v>337</v>
+      </c>
+      <c r="C46" s="549"/>
+      <c r="D46" s="112"/>
+      <c r="E46" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" s="71"/>
+      <c r="G46" s="72"/>
+      <c r="H46" s="72"/>
+      <c r="I46" s="72"/>
+      <c r="J46" s="72"/>
+      <c r="K46" s="72"/>
+      <c r="L46" s="72"/>
+      <c r="M46" s="46"/>
+      <c r="N46" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O46" s="599"/>
-[...7 lines deleted...]
-      <c r="W46" s="645" t="s">
+      <c r="O46" s="72"/>
+      <c r="P46" s="72"/>
+      <c r="Q46" s="414"/>
+      <c r="R46" s="414"/>
+      <c r="S46" s="414"/>
+      <c r="T46" s="414"/>
+      <c r="U46" s="414"/>
+      <c r="V46" s="414"/>
+      <c r="W46" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X46" s="733" t="s">
+      <c r="X46" s="206" t="s">
         <v>134</v>
       </c>
-      <c r="Y46" s="733" t="s">
+      <c r="Y46" s="206" t="s">
         <v>134</v>
       </c>
-      <c r="Z46" s="725" t="s">
+      <c r="Z46" s="198" t="s">
         <v>219</v>
       </c>
-      <c r="AA46" s="725" t="s">
+      <c r="AA46" s="198" t="s">
         <v>209</v>
       </c>
-      <c r="AB46" s="725" t="s">
+      <c r="AB46" s="198" t="s">
         <v>209</v>
       </c>
-      <c r="AC46" s="725" t="s">
+      <c r="AC46" s="198" t="s">
         <v>219</v>
       </c>
-      <c r="AD46" s="573"/>
-[...1 lines deleted...]
-      <c r="AF46" s="645" t="s">
+      <c r="AD46" s="46"/>
+      <c r="AE46" s="46"/>
+      <c r="AF46" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG46" s="599"/>
-[...7 lines deleted...]
-      <c r="AO46" s="645" t="s">
+      <c r="AG46" s="72"/>
+      <c r="AH46" s="72"/>
+      <c r="AI46" s="72"/>
+      <c r="AJ46" s="72"/>
+      <c r="AK46" s="72"/>
+      <c r="AL46" s="72"/>
+      <c r="AM46" s="72"/>
+      <c r="AN46" s="47"/>
+      <c r="AO46" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP46" s="598"/>
-[...10 lines deleted...]
-      <c r="AY46" s="619">
+      <c r="AP46" s="71"/>
+      <c r="AQ46" s="72"/>
+      <c r="AR46" s="72"/>
+      <c r="AS46" s="72"/>
+      <c r="AT46" s="72"/>
+      <c r="AU46" s="72"/>
+      <c r="AV46" s="72"/>
+      <c r="AW46" s="46"/>
+      <c r="AX46" s="550" t="s">
+        <v>548</v>
+      </c>
+      <c r="AY46" s="92">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A47" s="1078" t="s">
-[...18 lines deleted...]
-      <c r="N47" s="645" t="s">
+      <c r="A47" s="551" t="s">
+        <v>549</v>
+      </c>
+      <c r="B47" s="552" t="s">
+        <v>340</v>
+      </c>
+      <c r="C47" s="553"/>
+      <c r="D47" s="286"/>
+      <c r="E47" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" s="554"/>
+      <c r="G47" s="554"/>
+      <c r="H47" s="425"/>
+      <c r="I47" s="216"/>
+      <c r="J47" s="216"/>
+      <c r="K47" s="425"/>
+      <c r="L47" s="46"/>
+      <c r="M47" s="555"/>
+      <c r="N47" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O47" s="1083">
+      <c r="O47" s="556">
         <v>11</v>
       </c>
-      <c r="P47" s="1082"/>
-[...6 lines deleted...]
-      <c r="W47" s="810" t="s">
+      <c r="P47" s="555"/>
+      <c r="Q47" s="46"/>
+      <c r="R47" s="46"/>
+      <c r="S47" s="46"/>
+      <c r="T47" s="46"/>
+      <c r="U47" s="46"/>
+      <c r="V47" s="177"/>
+      <c r="W47" s="283" t="s">
         <v>14</v>
       </c>
-      <c r="X47" s="573"/>
-[...7 lines deleted...]
-      <c r="AF47" s="645" t="s">
+      <c r="X47" s="46"/>
+      <c r="Y47" s="46"/>
+      <c r="Z47" s="46"/>
+      <c r="AA47" s="46"/>
+      <c r="AB47" s="46"/>
+      <c r="AC47" s="46"/>
+      <c r="AD47" s="211"/>
+      <c r="AE47" s="557"/>
+      <c r="AF47" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG47" s="1085"/>
-[...7 lines deleted...]
-      <c r="AO47" s="645" t="s">
+      <c r="AG47" s="558"/>
+      <c r="AH47" s="46"/>
+      <c r="AI47" s="46"/>
+      <c r="AJ47" s="46"/>
+      <c r="AK47" s="46"/>
+      <c r="AL47" s="46"/>
+      <c r="AM47" s="46"/>
+      <c r="AN47" s="412"/>
+      <c r="AO47" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP47" s="813"/>
-[...10 lines deleted...]
-      <c r="AY47" s="792"/>
+      <c r="AP47" s="286"/>
+      <c r="AQ47" s="100"/>
+      <c r="AR47" s="100"/>
+      <c r="AS47" s="100"/>
+      <c r="AT47" s="555"/>
+      <c r="AU47" s="100"/>
+      <c r="AV47" s="555"/>
+      <c r="AW47" s="412"/>
+      <c r="AX47" s="559" t="s">
+        <v>550</v>
+      </c>
+      <c r="AY47" s="265"/>
     </row>
     <row r="48" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A48" s="618" t="s">
-[...20 lines deleted...]
-      <c r="N48" s="606" t="s">
+      <c r="A48" s="91" t="s">
+        <v>341</v>
+      </c>
+      <c r="B48" s="560" t="s">
+        <v>342</v>
+      </c>
+      <c r="C48" s="561"/>
+      <c r="D48" s="244"/>
+      <c r="E48" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" s="88"/>
+      <c r="G48" s="88"/>
+      <c r="H48" s="562"/>
+      <c r="I48" s="87"/>
+      <c r="J48" s="87"/>
+      <c r="K48" s="563"/>
+      <c r="L48" s="380" t="s">
+        <v>551</v>
+      </c>
+      <c r="M48" s="564"/>
+      <c r="N48" s="79" t="s">
         <v>13</v>
       </c>
-      <c r="O48" s="974"/>
-[...9 lines deleted...]
-      <c r="W48" s="645" t="s">
+      <c r="O48" s="447"/>
+      <c r="P48" s="211"/>
+      <c r="Q48" s="445"/>
+      <c r="R48" s="565"/>
+      <c r="S48" s="445"/>
+      <c r="T48" s="445"/>
+      <c r="U48" s="566" t="s">
+        <v>552</v>
+      </c>
+      <c r="V48" s="565"/>
+      <c r="W48" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X48" s="1094"/>
-[...9 lines deleted...]
-      <c r="AF48" s="645" t="s">
+      <c r="X48" s="567"/>
+      <c r="Y48" s="445"/>
+      <c r="Z48" s="445"/>
+      <c r="AA48" s="445"/>
+      <c r="AB48" s="445"/>
+      <c r="AC48" s="445"/>
+      <c r="AD48" s="566" t="s">
+        <v>553</v>
+      </c>
+      <c r="AE48" s="564"/>
+      <c r="AF48" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG48" s="1095" t="s">
-[...9 lines deleted...]
-      <c r="AO48" s="645" t="s">
+      <c r="AG48" s="568" t="s">
+        <v>554</v>
+      </c>
+      <c r="AH48" s="569"/>
+      <c r="AI48" s="570"/>
+      <c r="AJ48" s="445"/>
+      <c r="AK48" s="565"/>
+      <c r="AL48" s="134"/>
+      <c r="AM48" s="565"/>
+      <c r="AN48" s="70"/>
+      <c r="AO48" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP48" s="1098"/>
-[...12 lines deleted...]
-      <c r="AY48" s="551"/>
+      <c r="AP48" s="571"/>
+      <c r="AQ48" s="445"/>
+      <c r="AR48" s="445"/>
+      <c r="AS48" s="445"/>
+      <c r="AT48" s="570"/>
+      <c r="AU48" s="572" t="s">
+        <v>555</v>
+      </c>
+      <c r="AV48" s="570"/>
+      <c r="AW48" s="240"/>
+      <c r="AX48" s="91" t="s">
+        <v>341</v>
+      </c>
+      <c r="AY48" s="24"/>
     </row>
     <row r="49" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A49" s="782" t="s">
-[...5 lines deleted...]
-      <c r="C49" s="821">
+      <c r="A49" s="255" t="s">
+        <v>348</v>
+      </c>
+      <c r="B49" s="525" t="s">
+        <v>349</v>
+      </c>
+      <c r="C49" s="294">
         <v>112</v>
       </c>
-      <c r="D49" s="892" t="s">
+      <c r="D49" s="365" t="s">
         <v>228</v>
       </c>
-      <c r="E49" s="1053" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="1100" t="s">
+      <c r="E49" s="526" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="573" t="s">
+        <v>282</v>
+      </c>
+      <c r="G49" s="573" t="s">
+        <v>282</v>
+      </c>
+      <c r="H49" s="229" t="s">
+        <v>299</v>
+      </c>
+      <c r="I49" s="146" t="s">
         <v>285</v>
       </c>
-      <c r="G49" s="1100" t="s">
+      <c r="J49" s="146" t="s">
         <v>285</v>
       </c>
-      <c r="H49" s="756" t="s">
-[...2 lines deleted...]
-      <c r="I49" s="673" t="s">
+      <c r="K49" s="187" t="s">
+        <v>296</v>
+      </c>
+      <c r="L49" s="155" t="s">
+        <v>556</v>
+      </c>
+      <c r="M49" s="171"/>
+      <c r="N49" s="574" t="s">
+        <v>13</v>
+      </c>
+      <c r="O49" s="206" t="s">
+        <v>297</v>
+      </c>
+      <c r="P49" s="575" t="s">
+        <v>308</v>
+      </c>
+      <c r="Q49" s="358" t="s">
+        <v>350</v>
+      </c>
+      <c r="R49" s="358" t="s">
+        <v>284</v>
+      </c>
+      <c r="S49" s="100"/>
+      <c r="T49" s="576" t="s">
+        <v>305</v>
+      </c>
+      <c r="U49" s="576" t="s">
+        <v>351</v>
+      </c>
+      <c r="V49" s="577"/>
+      <c r="W49" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X49" s="578" t="s">
         <v>288</v>
       </c>
-      <c r="J49" s="673" t="s">
-[...12 lines deleted...]
-      <c r="O49" s="733" t="s">
+      <c r="Y49" s="579" t="s">
+        <v>289</v>
+      </c>
+      <c r="Z49" s="580" t="s">
+        <v>309</v>
+      </c>
+      <c r="AA49" s="155" t="s">
+        <v>535</v>
+      </c>
+      <c r="AB49" s="219"/>
+      <c r="AC49" s="24"/>
+      <c r="AD49" s="155" t="s">
+        <v>536</v>
+      </c>
+      <c r="AE49" s="399"/>
+      <c r="AF49" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG49" s="392" t="s">
+        <v>352</v>
+      </c>
+      <c r="AH49" s="392" t="s">
+        <v>357</v>
+      </c>
+      <c r="AI49" s="581" t="s">
+        <v>303</v>
+      </c>
+      <c r="AJ49" s="582"/>
+      <c r="AK49" s="583" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL49" s="584" t="s">
+        <v>353</v>
+      </c>
+      <c r="AM49" s="24"/>
+      <c r="AN49" s="419"/>
+      <c r="AO49" s="118" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP49" s="358" t="s">
+        <v>291</v>
+      </c>
+      <c r="AQ49" s="358" t="s">
+        <v>281</v>
+      </c>
+      <c r="AR49" s="585" t="s">
+        <v>286</v>
+      </c>
+      <c r="AS49" s="586" t="s">
+        <v>286</v>
+      </c>
+      <c r="AT49" s="587" t="s">
         <v>300</v>
       </c>
-      <c r="P49" s="1102" t="s">
-[...86 lines deleted...]
-      <c r="AY49" s="551"/>
+      <c r="AU49" s="220">
+        <v>12</v>
+      </c>
+      <c r="AV49" s="588">
+        <v>12</v>
+      </c>
+      <c r="AW49" s="105"/>
+      <c r="AX49" s="40" t="s">
+        <v>348</v>
+      </c>
+      <c r="AY49" s="24"/>
     </row>
     <row r="50" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A50" s="694" t="s">
-[...2 lines deleted...]
-      <c r="B50" s="1052" t="s">
+      <c r="A50" s="167" t="s">
+        <v>354</v>
+      </c>
+      <c r="B50" s="525" t="s">
+        <v>349</v>
+      </c>
+      <c r="C50" s="279">
+        <v>114</v>
+      </c>
+      <c r="D50" s="284" t="s">
+        <v>355</v>
+      </c>
+      <c r="E50" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" s="589" t="s">
+        <v>301</v>
+      </c>
+      <c r="G50" s="573" t="s">
+        <v>280</v>
+      </c>
+      <c r="H50" s="590" t="s">
+        <v>280</v>
+      </c>
+      <c r="I50" s="198" t="s">
+        <v>298</v>
+      </c>
+      <c r="J50" s="591" t="s">
+        <v>283</v>
+      </c>
+      <c r="K50" s="146" t="s">
+        <v>283</v>
+      </c>
+      <c r="L50" s="592" t="s">
+        <v>557</v>
+      </c>
+      <c r="M50" s="177"/>
+      <c r="N50" s="283" t="s">
+        <v>13</v>
+      </c>
+      <c r="O50" s="206" t="s">
+        <v>290</v>
+      </c>
+      <c r="P50" s="173"/>
+      <c r="Q50" s="169" t="s">
+        <v>284</v>
+      </c>
+      <c r="R50" s="169" t="s">
+        <v>350</v>
+      </c>
+      <c r="S50" s="155" t="s">
+        <v>306</v>
+      </c>
+      <c r="T50" s="46"/>
+      <c r="U50" s="155" t="s">
         <v>356</v>
       </c>
-      <c r="C50" s="806">
-[...8 lines deleted...]
-      <c r="F50" s="1116" t="s">
+      <c r="V50" s="177"/>
+      <c r="W50" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X50" s="270" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y50" s="169" t="s">
+        <v>288</v>
+      </c>
+      <c r="Z50" s="173"/>
+      <c r="AA50" s="173"/>
+      <c r="AB50" s="507" t="s">
+        <v>534</v>
+      </c>
+      <c r="AC50" s="576" t="s">
+        <v>537</v>
+      </c>
+      <c r="AD50" s="593"/>
+      <c r="AE50" s="124"/>
+      <c r="AF50" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG50" s="172" t="s">
+        <v>357</v>
+      </c>
+      <c r="AH50" s="172" t="s">
+        <v>352</v>
+      </c>
+      <c r="AI50" s="46"/>
+      <c r="AJ50" s="594" t="s">
+        <v>307</v>
+      </c>
+      <c r="AK50" s="595" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL50" s="172" t="s">
+        <v>358</v>
+      </c>
+      <c r="AM50" s="24"/>
+      <c r="AN50" s="596"/>
+      <c r="AO50" s="118" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP50" s="169" t="s">
+        <v>281</v>
+      </c>
+      <c r="AQ50" s="169" t="s">
+        <v>291</v>
+      </c>
+      <c r="AR50" s="597" t="s">
+        <v>287</v>
+      </c>
+      <c r="AS50" s="598" t="s">
+        <v>287</v>
+      </c>
+      <c r="AT50" s="431" t="s">
         <v>304</v>
       </c>
-      <c r="G50" s="1100" t="s">
-[...103 lines deleted...]
-      <c r="AY50" s="551"/>
+      <c r="AU50" s="46"/>
+      <c r="AV50" s="117"/>
+      <c r="AW50" s="117"/>
+      <c r="AX50" s="111" t="s">
+        <v>354</v>
+      </c>
+      <c r="AY50" s="24"/>
     </row>
     <row r="51" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A51" s="1126" t="s">
-[...5 lines deleted...]
-      <c r="C51" s="806">
+      <c r="A51" s="599" t="s">
+        <v>359</v>
+      </c>
+      <c r="B51" s="278" t="s">
+        <v>360</v>
+      </c>
+      <c r="C51" s="279">
         <v>310</v>
       </c>
-      <c r="D51" s="807"/>
-[...21 lines deleted...]
-      <c r="L51" s="682" t="s">
+      <c r="D51" s="280"/>
+      <c r="E51" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="600" t="s">
+        <v>361</v>
+      </c>
+      <c r="G51" s="600" t="s">
+        <v>362</v>
+      </c>
+      <c r="H51" s="600" t="s">
+        <v>363</v>
+      </c>
+      <c r="I51" s="601" t="s">
+        <v>364</v>
+      </c>
+      <c r="J51" s="600" t="s">
+        <v>365</v>
+      </c>
+      <c r="K51" s="602" t="s">
+        <v>366</v>
+      </c>
+      <c r="L51" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="M51" s="926"/>
-      <c r="N51" s="810" t="s">
+      <c r="M51" s="399"/>
+      <c r="N51" s="283" t="s">
         <v>13</v>
       </c>
-      <c r="O51" s="699" t="s">
+      <c r="O51" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="P51" s="893" t="s">
+      <c r="P51" s="366" t="s">
         <v>228</v>
       </c>
-      <c r="Q51" s="792"/>
-[...1 lines deleted...]
-      <c r="S51" s="725" t="s">
+      <c r="Q51" s="265"/>
+      <c r="R51" s="46"/>
+      <c r="S51" s="198" t="s">
         <v>209</v>
       </c>
-      <c r="T51" s="699" t="s">
+      <c r="T51" s="172" t="s">
         <v>243</v>
       </c>
-      <c r="U51" s="696" t="s">
+      <c r="U51" s="169" t="s">
         <v>234</v>
       </c>
-      <c r="V51" s="642" t="s">
-[...2 lines deleted...]
-      <c r="W51" s="645" t="s">
+      <c r="V51" s="115" t="s">
+        <v>558</v>
+      </c>
+      <c r="W51" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X51" s="1130"/>
-      <c r="Y51" s="714" t="s">
+      <c r="X51" s="603"/>
+      <c r="Y51" s="187" t="s">
         <v>229</v>
       </c>
-      <c r="Z51" s="700"/>
-      <c r="AA51" s="718">
+      <c r="Z51" s="173"/>
+      <c r="AA51" s="191">
         <v>11</v>
       </c>
-      <c r="AB51" s="718">
+      <c r="AB51" s="191">
         <v>11</v>
       </c>
-      <c r="AC51" s="682" t="s">
+      <c r="AC51" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="AD51" s="651"/>
-[...3 lines deleted...]
-      <c r="AF51" s="645" t="s">
+      <c r="AD51" s="124"/>
+      <c r="AE51" s="185" t="s">
+        <v>404</v>
+      </c>
+      <c r="AF51" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG51" s="696" t="s">
+      <c r="AG51" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="AH51" s="551"/>
-      <c r="AI51" s="714" t="s">
+      <c r="AH51" s="24"/>
+      <c r="AI51" s="187" t="s">
         <v>231</v>
       </c>
-      <c r="AJ51" s="1131" t="s">
+      <c r="AJ51" s="604" t="s">
         <v>147</v>
       </c>
-      <c r="AK51" s="1054" t="s">
+      <c r="AK51" s="527" t="s">
         <v>235</v>
       </c>
-      <c r="AL51" s="865" t="s">
+      <c r="AL51" s="338" t="s">
         <v>240</v>
       </c>
-      <c r="AM51" s="733" t="s">
+      <c r="AM51" s="206" t="s">
         <v>219</v>
       </c>
-      <c r="AN51" s="574"/>
-      <c r="AO51" s="645" t="s">
+      <c r="AN51" s="47"/>
+      <c r="AO51" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP51" s="714" t="s">
+      <c r="AP51" s="187" t="s">
         <v>230</v>
       </c>
-      <c r="AQ51" s="1046" t="s">
+      <c r="AQ51" s="519" t="s">
         <v>232</v>
       </c>
-      <c r="AR51" s="1132" t="s">
-[...5 lines deleted...]
-      <c r="AT51" s="1133" t="s">
+      <c r="AR51" s="605" t="s">
+        <v>362</v>
+      </c>
+      <c r="AS51" s="605" t="s">
+        <v>361</v>
+      </c>
+      <c r="AT51" s="606" t="s">
         <v>31</v>
       </c>
-      <c r="AU51" s="1134" t="s">
-[...2 lines deleted...]
-      <c r="AV51" s="958" t="s">
+      <c r="AU51" s="607" t="s">
+        <v>367</v>
+      </c>
+      <c r="AV51" s="431" t="s">
         <v>134</v>
       </c>
-      <c r="AW51" s="867"/>
-[...3 lines deleted...]
-      <c r="AY51" s="693">
+      <c r="AW51" s="340"/>
+      <c r="AX51" s="608" t="s">
+        <v>359</v>
+      </c>
+      <c r="AY51" s="166">
         <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A52" s="1126" t="s">
-[...5 lines deleted...]
-      <c r="C52" s="806">
+      <c r="A52" s="599" t="s">
+        <v>368</v>
+      </c>
+      <c r="B52" s="278" t="s">
+        <v>369</v>
+      </c>
+      <c r="C52" s="279">
         <v>115</v>
       </c>
-      <c r="D52" s="811" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="710" t="s">
+      <c r="D52" s="284" t="s">
+        <v>370</v>
+      </c>
+      <c r="E52" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="183" t="s">
         <v>229</v>
       </c>
-      <c r="G52" s="714" t="s">
+      <c r="G52" s="187" t="s">
         <v>230</v>
       </c>
-      <c r="H52" s="826" t="s">
+      <c r="H52" s="299" t="s">
         <v>147</v>
       </c>
-      <c r="I52" s="682" t="s">
+      <c r="I52" s="155" t="s">
         <v>241</v>
       </c>
-      <c r="J52" s="551"/>
-      <c r="K52" s="733" t="s">
+      <c r="J52" s="24"/>
+      <c r="K52" s="206" t="s">
         <v>219</v>
       </c>
-      <c r="L52" s="699" t="s">
+      <c r="L52" s="172" t="s">
         <v>113</v>
       </c>
-      <c r="M52" s="704"/>
-      <c r="N52" s="645" t="s">
+      <c r="M52" s="177"/>
+      <c r="N52" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O52" s="551"/>
-[...1 lines deleted...]
-      <c r="Q52" s="1054" t="s">
+      <c r="O52" s="24"/>
+      <c r="P52" s="46"/>
+      <c r="Q52" s="527" t="s">
         <v>232</v>
       </c>
-      <c r="R52" s="573"/>
-[...6 lines deleted...]
-      <c r="W52" s="645" t="s">
+      <c r="R52" s="46"/>
+      <c r="S52" s="46"/>
+      <c r="T52" s="24"/>
+      <c r="U52" s="46"/>
+      <c r="V52" s="185" t="s">
+        <v>369</v>
+      </c>
+      <c r="W52" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X52" s="908" t="s">
+      <c r="X52" s="381" t="s">
         <v>231</v>
       </c>
-      <c r="Y52" s="696" t="s">
+      <c r="Y52" s="169" t="s">
         <v>236</v>
       </c>
-      <c r="Z52" s="792"/>
-      <c r="AA52" s="718">
+      <c r="Z52" s="265"/>
+      <c r="AA52" s="191">
         <v>11</v>
       </c>
-      <c r="AB52" s="986">
+      <c r="AB52" s="459">
         <v>11</v>
       </c>
-      <c r="AC52" s="1136" t="s">
+      <c r="AC52" s="609" t="s">
         <v>134</v>
       </c>
-      <c r="AD52" s="682" t="s">
+      <c r="AD52" s="155" t="s">
         <v>237</v>
       </c>
-      <c r="AE52" s="712" t="s">
-[...2 lines deleted...]
-      <c r="AF52" s="645" t="s">
+      <c r="AE52" s="185" t="s">
+        <v>559</v>
+      </c>
+      <c r="AF52" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG52" s="812" t="s">
+      <c r="AG52" s="285" t="s">
         <v>240</v>
       </c>
-      <c r="AH52" s="1137" t="s">
+      <c r="AH52" s="610" t="s">
         <v>234</v>
       </c>
-      <c r="AI52" s="1138"/>
-      <c r="AJ52" s="1139" t="s">
+      <c r="AI52" s="611"/>
+      <c r="AJ52" s="612" t="s">
         <v>228</v>
       </c>
-      <c r="AK52" s="573"/>
-[...3 lines deleted...]
-      <c r="AO52" s="645" t="s">
+      <c r="AK52" s="46"/>
+      <c r="AL52" s="46"/>
+      <c r="AM52" s="46"/>
+      <c r="AN52" s="47"/>
+      <c r="AO52" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP52" s="893" t="s">
+      <c r="AP52" s="366" t="s">
         <v>243</v>
       </c>
-      <c r="AQ52" s="725" t="s">
+      <c r="AQ52" s="198" t="s">
         <v>209</v>
       </c>
-      <c r="AR52" s="697" t="s">
+      <c r="AR52" s="170" t="s">
         <v>235</v>
       </c>
-      <c r="AS52" s="573"/>
-[...11 lines deleted...]
-      <c r="AY52" s="693">
+      <c r="AS52" s="46"/>
+      <c r="AT52" s="171"/>
+      <c r="AU52" s="49">
+        <v>12</v>
+      </c>
+      <c r="AV52" s="613">
+        <v>12</v>
+      </c>
+      <c r="AW52" s="117"/>
+      <c r="AX52" s="599" t="s">
+        <v>368</v>
+      </c>
+      <c r="AY52" s="166">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A53" s="638" t="s">
-[...20 lines deleted...]
-      <c r="N53" s="645" t="s">
+      <c r="A53" s="111" t="s">
+        <v>371</v>
+      </c>
+      <c r="B53" s="278" t="s">
+        <v>372</v>
+      </c>
+      <c r="C53" s="457" t="s">
+        <v>373</v>
+      </c>
+      <c r="D53" s="280"/>
+      <c r="E53" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" s="72"/>
+      <c r="G53" s="72"/>
+      <c r="H53" s="72"/>
+      <c r="I53" s="216"/>
+      <c r="J53" s="72"/>
+      <c r="K53" s="217"/>
+      <c r="L53" s="72"/>
+      <c r="M53" s="177"/>
+      <c r="N53" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O53" s="1070" t="s">
-[...14 lines deleted...]
-      <c r="T53" s="718">
+      <c r="O53" s="543" t="s">
+        <v>374</v>
+      </c>
+      <c r="P53" s="146" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q53" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="R53" s="172" t="s">
+        <v>377</v>
+      </c>
+      <c r="S53" s="172" t="s">
+        <v>377</v>
+      </c>
+      <c r="T53" s="191">
         <v>11</v>
       </c>
-      <c r="U53" s="576">
-[...5 lines deleted...]
-      <c r="W53" s="645" t="s">
+      <c r="U53" s="49">
+        <v>12</v>
+      </c>
+      <c r="V53" s="614">
+        <v>12</v>
+      </c>
+      <c r="W53" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X53" s="599"/>
-[...7 lines deleted...]
-      <c r="AF53" s="645" t="s">
+      <c r="X53" s="72"/>
+      <c r="Y53" s="72"/>
+      <c r="Z53" s="72"/>
+      <c r="AA53" s="72"/>
+      <c r="AB53" s="72"/>
+      <c r="AC53" s="217"/>
+      <c r="AD53" s="82"/>
+      <c r="AE53" s="615"/>
+      <c r="AF53" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG53" s="673" t="s">
-[...21 lines deleted...]
-      <c r="AO53" s="645" t="s">
+      <c r="AG53" s="146" t="s">
+        <v>375</v>
+      </c>
+      <c r="AH53" s="146" t="s">
+        <v>375</v>
+      </c>
+      <c r="AI53" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ53" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK53" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL53" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM53" s="187" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN53" s="47"/>
+      <c r="AO53" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP53" s="682" t="s">
-[...14 lines deleted...]
-      <c r="AU53" s="718">
+      <c r="AP53" s="155" t="s">
+        <v>374</v>
+      </c>
+      <c r="AQ53" s="616">
+        <v>12</v>
+      </c>
+      <c r="AR53" s="187" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS53" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AT53" s="172" t="s">
+        <v>377</v>
+      </c>
+      <c r="AU53" s="191">
         <v>11</v>
       </c>
-      <c r="AV53" s="718">
+      <c r="AV53" s="191">
         <v>11</v>
       </c>
-      <c r="AW53" s="648"/>
-[...3 lines deleted...]
-      <c r="AY53" s="619">
+      <c r="AW53" s="121"/>
+      <c r="AX53" s="111" t="s">
+        <v>371</v>
+      </c>
+      <c r="AY53" s="92">
         <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A54" s="638" t="s">
-[...20 lines deleted...]
-      <c r="N54" s="645" t="s">
+      <c r="A54" s="111" t="s">
+        <v>380</v>
+      </c>
+      <c r="B54" s="278" t="s">
+        <v>372</v>
+      </c>
+      <c r="C54" s="279" t="s">
+        <v>373</v>
+      </c>
+      <c r="D54" s="280"/>
+      <c r="E54" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" s="72"/>
+      <c r="G54" s="72"/>
+      <c r="H54" s="397"/>
+      <c r="I54" s="72"/>
+      <c r="J54" s="72"/>
+      <c r="K54" s="217"/>
+      <c r="L54" s="72"/>
+      <c r="M54" s="177"/>
+      <c r="N54" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O54" s="1070" t="s">
-[...12 lines deleted...]
-      <c r="T54" s="718">
+      <c r="O54" s="543" t="s">
+        <v>374</v>
+      </c>
+      <c r="P54" s="46"/>
+      <c r="Q54" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="R54" s="190" t="s">
+        <v>377</v>
+      </c>
+      <c r="S54" s="190" t="s">
+        <v>377</v>
+      </c>
+      <c r="T54" s="191">
         <v>11</v>
       </c>
-      <c r="U54" s="1143">
-[...5 lines deleted...]
-      <c r="W54" s="645" t="s">
+      <c r="U54" s="616">
+        <v>12</v>
+      </c>
+      <c r="V54" s="614">
+        <v>12</v>
+      </c>
+      <c r="W54" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X54" s="744"/>
-[...7 lines deleted...]
-      <c r="AF54" s="645" t="s">
+      <c r="X54" s="217"/>
+      <c r="Y54" s="72"/>
+      <c r="Z54" s="72"/>
+      <c r="AA54" s="72"/>
+      <c r="AB54" s="72"/>
+      <c r="AC54" s="72"/>
+      <c r="AD54" s="82"/>
+      <c r="AE54" s="491"/>
+      <c r="AF54" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG54" s="573"/>
-[...17 lines deleted...]
-      <c r="AO54" s="645" t="s">
+      <c r="AG54" s="46"/>
+      <c r="AH54" s="46"/>
+      <c r="AI54" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ54" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK54" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL54" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM54" s="187" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN54" s="47"/>
+      <c r="AO54" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP54" s="682" t="s">
-[...14 lines deleted...]
-      <c r="AU54" s="718">
+      <c r="AP54" s="155" t="s">
+        <v>374</v>
+      </c>
+      <c r="AQ54" s="212">
+        <v>12</v>
+      </c>
+      <c r="AR54" s="187" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS54" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AT54" s="190" t="s">
+        <v>377</v>
+      </c>
+      <c r="AU54" s="191">
         <v>11</v>
       </c>
-      <c r="AV54" s="718">
+      <c r="AV54" s="191">
         <v>11</v>
       </c>
-      <c r="AW54" s="644"/>
-[...3 lines deleted...]
-      <c r="AY54" s="619">
+      <c r="AW54" s="117"/>
+      <c r="AX54" s="111" t="s">
+        <v>380</v>
+      </c>
+      <c r="AY54" s="92">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A55" s="588" t="s">
-[...2 lines deleted...]
-      <c r="B55" s="805" t="s">
+      <c r="A55" s="61" t="s">
         <v>381</v>
       </c>
-      <c r="C55" s="806" t="s">
-[...14 lines deleted...]
-      <c r="N55" s="645" t="s">
+      <c r="B55" s="278" t="s">
+        <v>372</v>
+      </c>
+      <c r="C55" s="279" t="s">
+        <v>373</v>
+      </c>
+      <c r="D55" s="21"/>
+      <c r="E55" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" s="214"/>
+      <c r="G55" s="72"/>
+      <c r="H55" s="489"/>
+      <c r="I55" s="72"/>
+      <c r="J55" s="72"/>
+      <c r="K55" s="72"/>
+      <c r="L55" s="72"/>
+      <c r="M55" s="177"/>
+      <c r="N55" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O55" s="1070" t="s">
-[...11 lines deleted...]
-      <c r="W55" s="645" t="s">
+      <c r="O55" s="543" t="s">
+        <v>374</v>
+      </c>
+      <c r="P55" s="46"/>
+      <c r="Q55" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="R55" s="46"/>
+      <c r="S55" s="46"/>
+      <c r="T55" s="46"/>
+      <c r="U55" s="46"/>
+      <c r="V55" s="363"/>
+      <c r="W55" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X55" s="599"/>
-[...7 lines deleted...]
-      <c r="AF55" s="645" t="s">
+      <c r="X55" s="72"/>
+      <c r="Y55" s="72"/>
+      <c r="Z55" s="72"/>
+      <c r="AA55" s="72"/>
+      <c r="AB55" s="403"/>
+      <c r="AC55" s="72"/>
+      <c r="AD55" s="82"/>
+      <c r="AE55" s="617"/>
+      <c r="AF55" s="118" t="s">
         <v>16</v>
       </c>
-      <c r="AG55" s="573"/>
-[...13 lines deleted...]
-      <c r="AO55" s="645" t="s">
+      <c r="AG55" s="46"/>
+      <c r="AH55" s="46"/>
+      <c r="AI55" s="46"/>
+      <c r="AJ55" s="46"/>
+      <c r="AK55" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL55" s="198" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM55" s="187" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN55" s="177"/>
+      <c r="AO55" s="118" t="s">
         <v>18</v>
       </c>
-      <c r="AP55" s="682" t="s">
-[...14 lines deleted...]
-      <c r="AY55" s="619">
+      <c r="AP55" s="155" t="s">
+        <v>374</v>
+      </c>
+      <c r="AQ55" s="46"/>
+      <c r="AR55" s="187" t="s">
+        <v>379</v>
+      </c>
+      <c r="AS55" s="46"/>
+      <c r="AT55" s="46"/>
+      <c r="AU55" s="46"/>
+      <c r="AV55" s="46"/>
+      <c r="AW55" s="117"/>
+      <c r="AX55" s="61" t="s">
+        <v>381</v>
+      </c>
+      <c r="AY55" s="92">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A56" s="588" t="s">
-[...5 lines deleted...]
-      <c r="C56" s="1009" t="s">
+      <c r="A56" s="61" t="s">
+        <v>560</v>
+      </c>
+      <c r="B56" s="62" t="s">
+        <v>383</v>
+      </c>
+      <c r="C56" s="482" t="s">
+        <v>373</v>
+      </c>
+      <c r="D56" s="21"/>
+      <c r="E56" s="618" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" s="428" t="s">
+        <v>561</v>
+      </c>
+      <c r="G56" s="535" t="s">
+        <v>562</v>
+      </c>
+      <c r="H56" s="619" t="s">
+        <v>366</v>
+      </c>
+      <c r="I56" s="248"/>
+      <c r="J56" s="24"/>
+      <c r="K56" s="619" t="s">
+        <v>361</v>
+      </c>
+      <c r="L56" s="206" t="s">
+        <v>563</v>
+      </c>
+      <c r="M56" s="547"/>
+      <c r="N56" s="241" t="s">
+        <v>13</v>
+      </c>
+      <c r="O56" s="620"/>
+      <c r="P56" s="146" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q56" s="46"/>
+      <c r="R56" s="172" t="s">
+        <v>377</v>
+      </c>
+      <c r="S56" s="172" t="s">
+        <v>377</v>
+      </c>
+      <c r="T56" s="191">
+        <v>11</v>
+      </c>
+      <c r="U56" s="621" t="s">
+        <v>564</v>
+      </c>
+      <c r="V56" s="177"/>
+      <c r="W56" s="241" t="s">
+        <v>14</v>
+      </c>
+      <c r="X56" s="46"/>
+      <c r="Y56" s="622" t="s">
+        <v>366</v>
+      </c>
+      <c r="Z56" s="187" t="s">
+        <v>565</v>
+      </c>
+      <c r="AA56" s="125" t="s">
+        <v>566</v>
+      </c>
+      <c r="AB56" s="623" t="s">
+        <v>388</v>
+      </c>
+      <c r="AC56" s="624" t="s">
+        <v>388</v>
+      </c>
+      <c r="AD56" s="173" t="s">
+        <v>566</v>
+      </c>
+      <c r="AE56" s="493"/>
+      <c r="AF56" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG56" s="146" t="s">
+        <v>375</v>
+      </c>
+      <c r="AH56" s="146" t="s">
+        <v>375</v>
+      </c>
+      <c r="AI56" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AJ56" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AK56" s="248"/>
+      <c r="AL56" s="625"/>
+      <c r="AM56" s="625"/>
+      <c r="AN56" s="177"/>
+      <c r="AO56" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP56" s="475" t="s">
+        <v>567</v>
+      </c>
+      <c r="AQ56" s="47"/>
+      <c r="AR56" s="46"/>
+      <c r="AS56" s="169" t="s">
+        <v>378</v>
+      </c>
+      <c r="AT56" s="172" t="s">
+        <v>377</v>
+      </c>
+      <c r="AU56" s="339">
+        <v>11</v>
+      </c>
+      <c r="AV56" s="191">
+        <v>11</v>
+      </c>
+      <c r="AW56" s="625"/>
+      <c r="AX56" s="61" t="s">
         <v>382</v>
       </c>
-      <c r="D56" s="548"/>
-[...109 lines deleted...]
-        <v>577</v>
+      <c r="AY56" s="24" t="s">
+        <v>568</v>
       </c>
     </row>
     <row r="57" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A57" s="638" t="s">
-[...22 lines deleted...]
-      <c r="N57" s="768" t="s">
+      <c r="A57" s="111" t="s">
+        <v>391</v>
+      </c>
+      <c r="B57" s="278" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" s="457" t="s">
+        <v>393</v>
+      </c>
+      <c r="D57" s="284" t="s">
+        <v>394</v>
+      </c>
+      <c r="E57" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" s="214"/>
+      <c r="G57" s="72"/>
+      <c r="H57" s="72"/>
+      <c r="I57" s="82"/>
+      <c r="J57" s="395"/>
+      <c r="K57" s="72"/>
+      <c r="L57" s="72"/>
+      <c r="M57" s="177"/>
+      <c r="N57" s="241" t="s">
         <v>13</v>
       </c>
-      <c r="O57" s="1153" t="s">
+      <c r="O57" s="626" t="s">
         <v>27</v>
       </c>
-      <c r="P57" s="1154" t="s">
-[...16 lines deleted...]
-      <c r="W57" s="768" t="s">
+      <c r="P57" s="627" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q57" s="627" t="s">
+        <v>396</v>
+      </c>
+      <c r="R57" s="627" t="s">
+        <v>366</v>
+      </c>
+      <c r="S57" s="627" t="s">
+        <v>362</v>
+      </c>
+      <c r="T57" s="627" t="s">
+        <v>363</v>
+      </c>
+      <c r="U57" s="547"/>
+      <c r="V57" s="399"/>
+      <c r="W57" s="241" t="s">
         <v>14</v>
       </c>
-      <c r="X57" s="573"/>
-[...2 lines deleted...]
-      <c r="AA57" s="894">
+      <c r="X57" s="46"/>
+      <c r="Y57" s="628"/>
+      <c r="Z57" s="134"/>
+      <c r="AA57" s="367">
         <v>11</v>
       </c>
-      <c r="AB57" s="718">
+      <c r="AB57" s="191">
         <v>11</v>
       </c>
-      <c r="AC57" s="644"/>
-[...2 lines deleted...]
-      <c r="AF57" s="768" t="s">
+      <c r="AC57" s="117"/>
+      <c r="AD57" s="24"/>
+      <c r="AE57" s="177"/>
+      <c r="AF57" s="241" t="s">
         <v>16</v>
       </c>
-      <c r="AG57" s="1156" t="s">
-[...2 lines deleted...]
-      <c r="AH57" s="1156" t="s">
+      <c r="AG57" s="629" t="s">
+        <v>397</v>
+      </c>
+      <c r="AH57" s="629" t="s">
         <v>31</v>
       </c>
-      <c r="AI57" s="1157" t="s">
-[...11 lines deleted...]
-      <c r="AO57" s="768" t="s">
+      <c r="AI57" s="630" t="s">
+        <v>365</v>
+      </c>
+      <c r="AJ57" s="630" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK57" s="629" t="s">
+        <v>364</v>
+      </c>
+      <c r="AL57" s="46"/>
+      <c r="AM57" s="46"/>
+      <c r="AN57" s="547"/>
+      <c r="AO57" s="241" t="s">
         <v>18</v>
       </c>
-      <c r="AP57" s="1158"/>
-[...16 lines deleted...]
-      <c r="AY57" s="551"/>
+      <c r="AP57" s="631"/>
+      <c r="AQ57" s="219"/>
+      <c r="AR57" s="272"/>
+      <c r="AS57" s="117"/>
+      <c r="AT57" s="600" t="s">
+        <v>361</v>
+      </c>
+      <c r="AU57" s="49">
+        <v>12</v>
+      </c>
+      <c r="AV57" s="632">
+        <v>12</v>
+      </c>
+      <c r="AW57" s="117"/>
+      <c r="AX57" s="599" t="s">
+        <v>391</v>
+      </c>
+      <c r="AY57" s="24"/>
     </row>
     <row r="58" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A58" s="567" t="s">
-[...2 lines deleted...]
-      <c r="B58" s="570" t="s">
+      <c r="A58" s="40" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" s="43" t="s">
+        <v>398</v>
+      </c>
+      <c r="C58" s="93">
+        <v>229</v>
+      </c>
+      <c r="D58" s="633" t="s">
+        <v>397</v>
+      </c>
+      <c r="E58" s="44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" s="103" t="s">
+        <v>399</v>
+      </c>
+      <c r="G58" s="634" t="s">
+        <v>400</v>
+      </c>
+      <c r="H58" s="103" t="s">
+        <v>401</v>
+      </c>
+      <c r="I58" s="103" t="s">
+        <v>402</v>
+      </c>
+      <c r="J58" s="103" t="s">
+        <v>403</v>
+      </c>
+      <c r="K58" s="103" t="s">
+        <v>404</v>
+      </c>
+      <c r="L58" s="336" t="s">
+        <v>569</v>
+      </c>
+      <c r="M58" s="273" t="s">
+        <v>397</v>
+      </c>
+      <c r="N58" s="48" t="s">
+        <v>13</v>
+      </c>
+      <c r="O58" s="335" t="s">
+        <v>401</v>
+      </c>
+      <c r="P58" s="336" t="s">
+        <v>405</v>
+      </c>
+      <c r="Q58" s="103" t="s">
+        <v>402</v>
+      </c>
+      <c r="R58" s="103" t="s">
+        <v>406</v>
+      </c>
+      <c r="S58" s="103" t="s">
         <v>407</v>
       </c>
-      <c r="C58" s="620">
-[...8 lines deleted...]
-      <c r="F58" s="630" t="s">
+      <c r="T58" s="635" t="s">
         <v>408</v>
       </c>
-      <c r="G58" s="1161" t="s">
+      <c r="U58" s="103" t="s">
+        <v>570</v>
+      </c>
+      <c r="V58" s="273" t="s">
+        <v>397</v>
+      </c>
+      <c r="W58" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="X58" s="335" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y58" s="99" t="s">
+        <v>403</v>
+      </c>
+      <c r="Z58" s="95" t="s">
+        <v>402</v>
+      </c>
+      <c r="AA58" s="94" t="s">
+        <v>404</v>
+      </c>
+      <c r="AB58" s="103" t="s">
         <v>409</v>
       </c>
-      <c r="H58" s="630" t="s">
+      <c r="AC58" s="336" t="s">
+        <v>409</v>
+      </c>
+      <c r="AD58" s="103" t="s">
+        <v>570</v>
+      </c>
+      <c r="AE58" s="273" t="s">
+        <v>397</v>
+      </c>
+      <c r="AF58" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG58" s="335" t="s">
         <v>410</v>
       </c>
-      <c r="I58" s="630" t="s">
+      <c r="AH58" s="103" t="s">
+        <v>401</v>
+      </c>
+      <c r="AI58" s="336" t="s">
+        <v>403</v>
+      </c>
+      <c r="AJ58" s="103" t="s">
+        <v>408</v>
+      </c>
+      <c r="AK58" s="103" t="s">
+        <v>402</v>
+      </c>
+      <c r="AL58" s="103" t="s">
+        <v>405</v>
+      </c>
+      <c r="AM58" s="103" t="s">
+        <v>569</v>
+      </c>
+      <c r="AN58" s="276"/>
+      <c r="AO58" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP58" s="335" t="s">
         <v>411</v>
       </c>
-      <c r="J58" s="630" t="s">
+      <c r="AQ58" s="103" t="s">
         <v>412</v>
       </c>
-      <c r="K58" s="630" t="s">
+      <c r="AR58" s="336" t="s">
         <v>413</v>
       </c>
-      <c r="L58" s="863" t="s">
-[...11 lines deleted...]
-      <c r="P58" s="863" t="s">
+      <c r="AS58" s="103" t="s">
         <v>414</v>
       </c>
-      <c r="Q58" s="630" t="s">
-[...2 lines deleted...]
-      <c r="R58" s="630" t="s">
+      <c r="AT58" s="636" t="s">
         <v>415</v>
       </c>
-      <c r="S58" s="630" t="s">
-[...91 lines deleted...]
-      <c r="AY58" s="551"/>
+      <c r="AU58" s="103" t="s">
+        <v>569</v>
+      </c>
+      <c r="AV58" s="107"/>
+      <c r="AW58" s="633" t="s">
+        <v>397</v>
+      </c>
+      <c r="AX58" s="40" t="s">
+        <v>341</v>
+      </c>
+      <c r="AY58" s="24"/>
     </row>
     <row r="59" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A59" s="638" t="s">
-[...5 lines deleted...]
-      <c r="C59" s="640">
+      <c r="A59" s="111" t="s">
+        <v>416</v>
+      </c>
+      <c r="B59" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C59" s="113">
         <v>127</v>
       </c>
-      <c r="D59" s="1164" t="s">
-[...11 lines deleted...]
-      <c r="H59" s="642" t="s">
+      <c r="D59" s="637" t="s">
+        <v>361</v>
+      </c>
+      <c r="E59" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" s="120" t="s">
+        <v>417</v>
+      </c>
+      <c r="G59" s="638" t="s">
+        <v>418</v>
+      </c>
+      <c r="H59" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="I59" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="J59" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="K59" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="L59" s="46"/>
+      <c r="M59" s="185" t="s">
+        <v>361</v>
+      </c>
+      <c r="N59" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O59" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="P59" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q59" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="R59" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="S59" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="T59" s="122" t="s">
+        <v>415</v>
+      </c>
+      <c r="U59" s="46"/>
+      <c r="V59" s="185" t="s">
+        <v>361</v>
+      </c>
+      <c r="W59" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X59" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y59" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z59" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA59" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="AB59" s="117"/>
+      <c r="AC59" s="120" t="s">
+        <v>409</v>
+      </c>
+      <c r="AD59" s="46"/>
+      <c r="AE59" s="185" t="s">
+        <v>361</v>
+      </c>
+      <c r="AF59" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG59" s="126" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH59" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AI59" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="AJ59" s="122" t="s">
+        <v>402</v>
+      </c>
+      <c r="AK59" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="AL59" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="AM59" s="248"/>
+      <c r="AN59" s="177"/>
+      <c r="AO59" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP59" s="120" t="s">
+        <v>411</v>
+      </c>
+      <c r="AQ59" s="131" t="s">
         <v>412</v>
       </c>
-      <c r="I59" s="642" t="s">
-[...2 lines deleted...]
-      <c r="J59" s="642" t="s">
+      <c r="AR59" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AS59" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="AT59" s="115" t="s">
         <v>410</v>
       </c>
-      <c r="K59" s="642" t="s">
-[...103 lines deleted...]
-      <c r="AY59" s="551"/>
+      <c r="AU59" s="46"/>
+      <c r="AV59" s="46"/>
+      <c r="AW59" s="637" t="s">
+        <v>361</v>
+      </c>
+      <c r="AX59" s="111" t="s">
+        <v>416</v>
+      </c>
+      <c r="AY59" s="24"/>
     </row>
     <row r="60" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A60" s="638" t="s">
+      <c r="A60" s="111" t="s">
         <v>249</v>
       </c>
-      <c r="B60" s="639" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="640">
+      <c r="B60" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C60" s="113">
         <v>324</v>
       </c>
-      <c r="D60" s="1164" t="s">
-[...14 lines deleted...]
-      <c r="I60" s="642" t="s">
+      <c r="D60" s="637" t="s">
+        <v>363</v>
+      </c>
+      <c r="E60" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="G60" s="639" t="s">
+        <v>419</v>
+      </c>
+      <c r="H60" s="115" t="s">
+        <v>417</v>
+      </c>
+      <c r="I60" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="J60" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="K60" s="104" t="s">
+        <v>402</v>
+      </c>
+      <c r="L60" s="46"/>
+      <c r="M60" s="185" t="s">
+        <v>363</v>
+      </c>
+      <c r="N60" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O60" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="P60" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q60" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="R60" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="S60" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="T60" s="640" t="s">
+        <v>571</v>
+      </c>
+      <c r="U60" s="641" t="s">
+        <v>572</v>
+      </c>
+      <c r="V60" s="185" t="s">
+        <v>363</v>
+      </c>
+      <c r="W60" s="106" t="s">
+        <v>14</v>
+      </c>
+      <c r="X60" s="102" t="s">
+        <v>405</v>
+      </c>
+      <c r="Y60" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="Z60" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA60" s="120" t="s">
+        <v>409</v>
+      </c>
+      <c r="AB60" s="115" t="s">
+        <v>409</v>
+      </c>
+      <c r="AC60" s="642" t="s">
+        <v>404</v>
+      </c>
+      <c r="AD60" s="191">
+        <v>11</v>
+      </c>
+      <c r="AE60" s="185" t="s">
+        <v>363</v>
+      </c>
+      <c r="AF60" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG60" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="AH60" s="102" t="s">
         <v>412</v>
       </c>
-      <c r="J60" s="642" t="s">
-[...21 lines deleted...]
-      <c r="R60" s="642" t="s">
+      <c r="AI60" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AJ60" s="122" t="s">
+        <v>413</v>
+      </c>
+      <c r="AK60" s="115" t="s">
         <v>415</v>
       </c>
-      <c r="S60" s="642" t="s">
-[...61 lines deleted...]
-      <c r="AO60" s="768" t="s">
+      <c r="AL60" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AM60" s="194"/>
+      <c r="AN60" s="177"/>
+      <c r="AO60" s="241" t="s">
         <v>18</v>
       </c>
-      <c r="AP60" s="1170" t="s">
-[...15 lines deleted...]
-      <c r="AX60" s="638" t="s">
+      <c r="AP60" s="643" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ60" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="AR60" s="24"/>
+      <c r="AS60" s="24"/>
+      <c r="AT60" s="644" t="s">
+        <v>403</v>
+      </c>
+      <c r="AU60" s="547"/>
+      <c r="AV60" s="46"/>
+      <c r="AW60" s="637" t="s">
+        <v>363</v>
+      </c>
+      <c r="AX60" s="111" t="s">
         <v>249</v>
       </c>
-      <c r="AY60" s="551"/>
+      <c r="AY60" s="24"/>
     </row>
     <row r="61" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A61" s="638" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="639" t="s">
+      <c r="A61" s="111" t="s">
+        <v>420</v>
+      </c>
+      <c r="B61" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C61" s="113">
+        <v>227</v>
+      </c>
+      <c r="D61" s="637" t="s">
+        <v>366</v>
+      </c>
+      <c r="E61" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="G61" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="H61" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="I61" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="J61" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="K61" s="104" t="s">
+        <v>417</v>
+      </c>
+      <c r="L61" s="46"/>
+      <c r="M61" s="185" t="s">
+        <v>366</v>
+      </c>
+      <c r="N61" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O61" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="P61" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q61" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="R61" s="115" t="s">
+        <v>410</v>
+      </c>
+      <c r="S61" s="115" t="s">
         <v>407</v>
       </c>
-      <c r="C61" s="640">
-[...14 lines deleted...]
-      <c r="H61" s="642" t="s">
+      <c r="T61" s="122" t="s">
+        <v>412</v>
+      </c>
+      <c r="U61" s="46"/>
+      <c r="V61" s="185" t="s">
+        <v>366</v>
+      </c>
+      <c r="W61" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X61" s="126" t="s">
+        <v>421</v>
+      </c>
+      <c r="Y61" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z61" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AA61" s="115" t="s">
+        <v>404</v>
+      </c>
+      <c r="AB61" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="AC61" s="642" t="s">
         <v>408</v>
       </c>
-      <c r="I61" s="642" t="s">
+      <c r="AD61" s="46"/>
+      <c r="AE61" s="185" t="s">
+        <v>366</v>
+      </c>
+      <c r="AF61" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG61" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AH61" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AI61" s="115" t="s">
+        <v>413</v>
+      </c>
+      <c r="AJ61" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK61" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="AL61" s="638" t="s">
+        <v>423</v>
+      </c>
+      <c r="AM61" s="46"/>
+      <c r="AN61" s="177"/>
+      <c r="AO61" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP61" s="643" t="s">
+        <v>399</v>
+      </c>
+      <c r="AQ61" s="115" t="s">
+        <v>411</v>
+      </c>
+      <c r="AR61" s="115" t="s">
         <v>414</v>
       </c>
-      <c r="J61" s="642" t="s">
-[...18 lines deleted...]
-      <c r="Q61" s="642" t="s">
+      <c r="AS61" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT61" s="644" t="s">
+        <v>403</v>
+      </c>
+      <c r="AU61" s="115" t="s">
         <v>415</v>
       </c>
-      <c r="R61" s="642" t="s">
-[...66 lines deleted...]
-      <c r="AQ61" s="642" t="s">
+      <c r="AV61" s="46"/>
+      <c r="AW61" s="637" t="s">
+        <v>366</v>
+      </c>
+      <c r="AX61" s="111" t="s">
         <v>420</v>
       </c>
-      <c r="AR61" s="642" t="s">
-[...18 lines deleted...]
-      <c r="AY61" s="551"/>
+      <c r="AY61" s="24"/>
     </row>
     <row r="62" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A62" s="1172" t="s">
-[...5 lines deleted...]
-      <c r="C62" s="670">
+      <c r="A62" s="645" t="s">
+        <v>424</v>
+      </c>
+      <c r="B62" s="142" t="s">
+        <v>398</v>
+      </c>
+      <c r="C62" s="143">
         <v>226</v>
       </c>
-      <c r="D62" s="671" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="642" t="s">
+      <c r="D62" s="144" t="s">
+        <v>367</v>
+      </c>
+      <c r="E62" s="526" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="G62" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="H62" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="I62" s="115" t="s">
+        <v>413</v>
+      </c>
+      <c r="J62" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="K62" s="646" t="s">
         <v>408</v>
       </c>
-      <c r="H62" s="642" t="s">
+      <c r="L62" s="124"/>
+      <c r="M62" s="185" t="s">
+        <v>367</v>
+      </c>
+      <c r="N62" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O62" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="P62" s="122" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q62" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="R62" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="S62" s="115" t="s">
+        <v>415</v>
+      </c>
+      <c r="T62" s="115" t="s">
+        <v>404</v>
+      </c>
+      <c r="U62" s="46"/>
+      <c r="V62" s="185" t="s">
+        <v>367</v>
+      </c>
+      <c r="W62" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X62" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y62" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="Z62" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="AA62" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB62" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AC62" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AD62" s="46"/>
+      <c r="AE62" s="185" t="s">
+        <v>367</v>
+      </c>
+      <c r="AF62" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG62" s="126" t="s">
+        <v>405</v>
+      </c>
+      <c r="AH62" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="AI62" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AJ62" s="115" t="s">
         <v>410</v>
       </c>
-      <c r="I62" s="642" t="s">
-[...2 lines deleted...]
-      <c r="J62" s="642" t="s">
+      <c r="AK62" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="AL62" s="638" t="s">
+        <v>425</v>
+      </c>
+      <c r="AM62" s="46"/>
+      <c r="AN62" s="177"/>
+      <c r="AO62" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP62" s="643" t="s">
+        <v>399</v>
+      </c>
+      <c r="AQ62" s="647" t="s">
+        <v>411</v>
+      </c>
+      <c r="AR62" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AS62" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT62" s="644" t="s">
         <v>414</v>
       </c>
-      <c r="K62" s="1173" t="s">
+      <c r="AU62" s="647" t="s">
         <v>417</v>
       </c>
-      <c r="L62" s="651"/>
-[...18 lines deleted...]
-      <c r="S62" s="642" t="s">
+      <c r="AV62" s="46"/>
+      <c r="AW62" s="144" t="s">
+        <v>367</v>
+      </c>
+      <c r="AX62" s="645" t="s">
         <v>424</v>
       </c>
-      <c r="T62" s="642" t="s">
-[...82 lines deleted...]
-      <c r="AY62" s="551"/>
+      <c r="AY62" s="24"/>
     </row>
     <row r="63" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A63" s="638" t="s">
+      <c r="A63" s="111" t="s">
         <v>20</v>
       </c>
-      <c r="B63" s="639" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="640">
+      <c r="B63" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C63" s="113">
         <v>322</v>
       </c>
-      <c r="D63" s="1164" t="s">
-[...5 lines deleted...]
-      <c r="F63" s="1171" t="s">
+      <c r="D63" s="637" t="s">
+        <v>362</v>
+      </c>
+      <c r="E63" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" s="644" t="s">
+        <v>408</v>
+      </c>
+      <c r="G63" s="115" t="s">
         <v>417</v>
       </c>
-      <c r="G63" s="642" t="s">
+      <c r="H63" s="648" t="s">
+        <v>405</v>
+      </c>
+      <c r="I63" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="J63" s="644" t="s">
+        <v>399</v>
+      </c>
+      <c r="K63" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="L63" s="46"/>
+      <c r="M63" s="649" t="s">
+        <v>362</v>
+      </c>
+      <c r="N63" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O63" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="Q63" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="R63" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="S63" s="115" t="s">
+        <v>410</v>
+      </c>
+      <c r="T63" s="115" t="s">
+        <v>415</v>
+      </c>
+      <c r="U63" s="46"/>
+      <c r="V63" s="649" t="s">
+        <v>362</v>
+      </c>
+      <c r="W63" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X63" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y63" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z63" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="AA63" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="AB63" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="AC63" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="AD63" s="248"/>
+      <c r="AE63" s="649" t="s">
+        <v>362</v>
+      </c>
+      <c r="AF63" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG63" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH63" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="AI63" s="120" t="s">
+        <v>403</v>
+      </c>
+      <c r="AJ63" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AK63" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="AL63" s="638" t="s">
         <v>426</v>
       </c>
-      <c r="H63" s="1175" t="s">
-[...52 lines deleted...]
-      <c r="AA63" s="642" t="s">
+      <c r="AM63" s="155" t="s">
+        <v>573</v>
+      </c>
+      <c r="AN63" s="300"/>
+      <c r="AO63" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP63" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AQ63" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AR63" s="115" t="s">
         <v>417</v>
       </c>
-      <c r="AB63" s="642" t="s">
-[...59 lines deleted...]
-      <c r="AX63" s="638" t="s">
+      <c r="AS63" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AT63" s="644" t="s">
+        <v>401</v>
+      </c>
+      <c r="AU63" s="115" t="s">
+        <v>413</v>
+      </c>
+      <c r="AV63" s="46"/>
+      <c r="AW63" s="637" t="s">
+        <v>362</v>
+      </c>
+      <c r="AX63" s="111" t="s">
         <v>20</v>
       </c>
-      <c r="AY63" s="551"/>
+      <c r="AY63" s="24"/>
     </row>
     <row r="64" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A64" s="805"/>
-      <c r="B64" s="639" t="s">
+      <c r="A64" s="278"/>
+      <c r="B64" s="112" t="s">
         <v>23</v>
       </c>
-      <c r="C64" s="708"/>
-[...20 lines deleted...]
-      <c r="N64" s="645" t="s">
+      <c r="C64" s="181"/>
+      <c r="D64" s="112"/>
+      <c r="E64" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" s="650"/>
+      <c r="G64" s="651" t="s">
+        <v>363</v>
+      </c>
+      <c r="H64" s="652"/>
+      <c r="I64" s="465"/>
+      <c r="J64" s="465"/>
+      <c r="K64" s="653" t="s">
+        <v>427</v>
+      </c>
+      <c r="L64" s="653" t="s">
+        <v>427</v>
+      </c>
+      <c r="M64" s="654" t="s">
+        <v>574</v>
+      </c>
+      <c r="N64" s="118" t="s">
         <v>13</v>
       </c>
-      <c r="O64" s="573"/>
-[...9 lines deleted...]
-      <c r="W64" s="645" t="s">
+      <c r="O64" s="46"/>
+      <c r="P64" s="655"/>
+      <c r="Q64" s="46"/>
+      <c r="R64" s="46"/>
+      <c r="S64" s="46"/>
+      <c r="T64" s="46"/>
+      <c r="U64" s="46"/>
+      <c r="V64" s="654" t="s">
+        <v>574</v>
+      </c>
+      <c r="W64" s="118" t="s">
         <v>14</v>
       </c>
-      <c r="X64" s="1123"/>
-[...11 lines deleted...]
-      <c r="AF64" s="768" t="s">
+      <c r="X64" s="596"/>
+      <c r="Y64" s="46"/>
+      <c r="Z64" s="46"/>
+      <c r="AA64" s="46"/>
+      <c r="AB64" s="46"/>
+      <c r="AC64" s="638" t="s">
+        <v>428</v>
+      </c>
+      <c r="AD64" s="194"/>
+      <c r="AE64" s="654" t="s">
+        <v>574</v>
+      </c>
+      <c r="AF64" s="241" t="s">
         <v>16</v>
       </c>
-      <c r="AG64" s="573"/>
-[...9 lines deleted...]
-      <c r="AO64" s="768" t="s">
+      <c r="AG64" s="46"/>
+      <c r="AH64" s="655"/>
+      <c r="AI64" s="116"/>
+      <c r="AJ64" s="655"/>
+      <c r="AK64" s="46"/>
+      <c r="AL64" s="638" t="s">
+        <v>362</v>
+      </c>
+      <c r="AM64" s="46"/>
+      <c r="AN64" s="415"/>
+      <c r="AO64" s="241" t="s">
         <v>18</v>
       </c>
-      <c r="AP64" s="643"/>
-[...8 lines deleted...]
-      <c r="AY64" s="551"/>
+      <c r="AP64" s="116"/>
+      <c r="AQ64" s="100"/>
+      <c r="AR64" s="100"/>
+      <c r="AS64" s="656"/>
+      <c r="AT64" s="46"/>
+      <c r="AU64" s="46"/>
+      <c r="AV64" s="46"/>
+      <c r="AW64" s="112"/>
+      <c r="AX64" s="278"/>
+      <c r="AY64" s="24"/>
     </row>
     <row r="65" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A65" s="716" t="s">
-[...5 lines deleted...]
-      <c r="C65" s="1184">
+      <c r="A65" s="189" t="s">
+        <v>429</v>
+      </c>
+      <c r="B65" s="178" t="s">
+        <v>398</v>
+      </c>
+      <c r="C65" s="657">
         <v>323</v>
       </c>
-      <c r="D65" s="1185" t="s">
-[...5 lines deleted...]
-      <c r="F65" s="642" t="s">
+      <c r="D65" s="658" t="s">
+        <v>364</v>
+      </c>
+      <c r="E65" s="659" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="G65" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="H65" s="660" t="s">
+        <v>401</v>
+      </c>
+      <c r="I65" s="115" t="s">
+        <v>417</v>
+      </c>
+      <c r="J65" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="K65" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="L65" s="116"/>
+      <c r="M65" s="185" t="s">
+        <v>364</v>
+      </c>
+      <c r="N65" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O65" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="P65" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q65" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="R65" s="120" t="s">
+        <v>415</v>
+      </c>
+      <c r="S65" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="T65" s="115" t="s">
         <v>421</v>
       </c>
-      <c r="G65" s="642" t="s">
+      <c r="U65" s="46"/>
+      <c r="V65" s="185" t="s">
+        <v>364</v>
+      </c>
+      <c r="W65" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X65" s="126" t="s">
+        <v>412</v>
+      </c>
+      <c r="Y65" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Z65" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AA65" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB65" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AC65" s="638" t="s">
+        <v>430</v>
+      </c>
+      <c r="AD65" s="46"/>
+      <c r="AE65" s="185" t="s">
+        <v>364</v>
+      </c>
+      <c r="AF65" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG65" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH65" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AI65" s="120" t="s">
+        <v>413</v>
+      </c>
+      <c r="AJ65" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="AK65" s="115" t="s">
+        <v>410</v>
+      </c>
+      <c r="AL65" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AM65" s="46"/>
+      <c r="AN65" s="354"/>
+      <c r="AO65" s="241" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP65" s="115" t="s">
         <v>408</v>
       </c>
-      <c r="H65" s="1187" t="s">
-[...43 lines deleted...]
-      <c r="X65" s="653" t="s">
+      <c r="AQ65" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AR65" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="AS65" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AT65" s="115" t="s">
         <v>421</v>
       </c>
-      <c r="Y65" s="642" t="s">
-[...67 lines deleted...]
-      <c r="AY65" s="792"/>
+      <c r="AU65" s="46"/>
+      <c r="AV65" s="46"/>
+      <c r="AW65" s="658" t="s">
+        <v>364</v>
+      </c>
+      <c r="AX65" s="189" t="s">
+        <v>429</v>
+      </c>
+      <c r="AY65" s="265"/>
     </row>
     <row r="66" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A66" s="638" t="s">
-[...5 lines deleted...]
-      <c r="C66" s="640">
+      <c r="A66" s="111" t="s">
+        <v>431</v>
+      </c>
+      <c r="B66" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C66" s="113">
         <v>126</v>
       </c>
-      <c r="D66" s="1164" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="642" t="s">
+      <c r="D66" s="637" t="s">
+        <v>365</v>
+      </c>
+      <c r="E66" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="G66" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="H66" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="I66" s="660" t="s">
+        <v>401</v>
+      </c>
+      <c r="J66" s="115" t="s">
+        <v>417</v>
+      </c>
+      <c r="K66" s="115" t="s">
         <v>412</v>
       </c>
-      <c r="H66" s="642" t="s">
+      <c r="L66" s="124"/>
+      <c r="M66" s="185" t="s">
+        <v>365</v>
+      </c>
+      <c r="N66" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O66" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="P66" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q66" s="115" t="s">
+        <v>415</v>
+      </c>
+      <c r="R66" s="120" t="s">
+        <v>421</v>
+      </c>
+      <c r="S66" s="115" t="s">
         <v>408</v>
       </c>
-      <c r="I66" s="1187" t="s">
+      <c r="T66" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="U66" s="46"/>
+      <c r="V66" s="185" t="s">
+        <v>365</v>
+      </c>
+      <c r="W66" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X66" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y66" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="Z66" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AA66" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB66" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AC66" s="638" t="s">
+        <v>432</v>
+      </c>
+      <c r="AD66" s="46"/>
+      <c r="AE66" s="661" t="s">
+        <v>365</v>
+      </c>
+      <c r="AF66" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG66" s="352" t="s">
+        <v>408</v>
+      </c>
+      <c r="AH66" s="352" t="s">
+        <v>405</v>
+      </c>
+      <c r="AI66" s="115" t="s">
         <v>410</v>
       </c>
-      <c r="J66" s="642" t="s">
-[...2 lines deleted...]
-      <c r="K66" s="642" t="s">
+      <c r="AJ66" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK66" s="115" t="s">
+        <v>413</v>
+      </c>
+      <c r="AL66" s="115" t="s">
         <v>421</v>
       </c>
-      <c r="L66" s="651"/>
-[...76 lines deleted...]
-      <c r="AO66" s="768" t="s">
+      <c r="AM66" s="46"/>
+      <c r="AN66" s="493"/>
+      <c r="AO66" s="241" t="s">
         <v>18</v>
       </c>
-      <c r="AP66" s="647" t="s">
-[...22 lines deleted...]
-      <c r="AY66" s="551"/>
+      <c r="AP66" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="AQ66" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AR66" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AS66" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="AT66" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AU66" s="46"/>
+      <c r="AV66" s="46"/>
+      <c r="AW66" s="637" t="s">
+        <v>365</v>
+      </c>
+      <c r="AX66" s="111" t="s">
+        <v>431</v>
+      </c>
+      <c r="AY66" s="24"/>
     </row>
     <row r="67" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A67" s="638" t="s">
-[...5 lines deleted...]
-      <c r="C67" s="640">
+      <c r="A67" s="111" t="s">
+        <v>433</v>
+      </c>
+      <c r="B67" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C67" s="113">
         <v>324</v>
       </c>
-      <c r="D67" s="1164" t="s">
+      <c r="D67" s="637" t="s">
         <v>31</v>
       </c>
-      <c r="E67" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F67" s="647" t="s">
+      <c r="E67" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="G67" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="H67" s="102" t="s">
+        <v>403</v>
+      </c>
+      <c r="I67" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="J67" s="115" t="s">
+        <v>406</v>
+      </c>
+      <c r="K67" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="L67" s="46"/>
+      <c r="M67" s="185" t="s">
+        <v>31</v>
+      </c>
+      <c r="N67" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O67" s="120" t="s">
+        <v>413</v>
+      </c>
+      <c r="P67" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q67" s="115" t="s">
+        <v>408</v>
+      </c>
+      <c r="R67" s="115" t="s">
+        <v>405</v>
+      </c>
+      <c r="S67" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="T67" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="U67" s="46"/>
+      <c r="V67" s="185" t="s">
+        <v>31</v>
+      </c>
+      <c r="W67" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X67" s="126" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y67" s="642" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z67" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA67" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB67" s="102" t="s">
+        <v>412</v>
+      </c>
+      <c r="AC67" s="638" t="s">
+        <v>434</v>
+      </c>
+      <c r="AD67" s="117"/>
+      <c r="AE67" s="661" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF67" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG67" s="115" t="s">
+        <v>421</v>
+      </c>
+      <c r="AH67" s="115" t="s">
         <v>410</v>
       </c>
-      <c r="G67" s="642" t="s">
-[...8 lines deleted...]
-      <c r="J67" s="642" t="s">
+      <c r="AI67" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AJ67" s="352" t="s">
+        <v>405</v>
+      </c>
+      <c r="AK67" s="662" t="s">
+        <v>408</v>
+      </c>
+      <c r="AL67" s="115" t="s">
         <v>415</v>
       </c>
-      <c r="K67" s="642" t="s">
-[...3 lines deleted...]
-      <c r="M67" s="712" t="s">
+      <c r="AM67" s="46"/>
+      <c r="AN67" s="177"/>
+      <c r="AO67" s="118" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP67" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="AQ67" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AR67" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AS67" s="120" t="s">
+        <v>403</v>
+      </c>
+      <c r="AT67" s="115" t="s">
+        <v>417</v>
+      </c>
+      <c r="AU67" s="46"/>
+      <c r="AV67" s="248"/>
+      <c r="AW67" s="637" t="s">
         <v>31</v>
       </c>
-      <c r="N67" s="645" t="s">
-[...98 lines deleted...]
-      <c r="AY67" s="551"/>
+      <c r="AX67" s="111" t="s">
+        <v>433</v>
+      </c>
+      <c r="AY67" s="24"/>
     </row>
     <row r="68" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A68" s="638" t="s">
-[...5 lines deleted...]
-      <c r="C68" s="640">
+      <c r="A68" s="111" t="s">
+        <v>435</v>
+      </c>
+      <c r="B68" s="112" t="s">
+        <v>398</v>
+      </c>
+      <c r="C68" s="113">
         <v>128</v>
       </c>
-      <c r="D68" s="1164" t="s">
+      <c r="D68" s="637" t="s">
+        <v>395</v>
+      </c>
+      <c r="E68" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="G68" s="539" t="s">
+        <v>402</v>
+      </c>
+      <c r="H68" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="I68" s="102" t="s">
+        <v>399</v>
+      </c>
+      <c r="J68" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="K68" s="115" t="s">
+        <v>436</v>
+      </c>
+      <c r="L68" s="124"/>
+      <c r="M68" s="185" t="s">
+        <v>395</v>
+      </c>
+      <c r="N68" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O68" s="115" t="s">
+        <v>412</v>
+      </c>
+      <c r="P68" s="115" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q68" s="102" t="s">
+        <v>403</v>
+      </c>
+      <c r="R68" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="S68" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="T68" s="95" t="s">
+        <v>406</v>
+      </c>
+      <c r="U68" s="663"/>
+      <c r="V68" s="185" t="s">
+        <v>395</v>
+      </c>
+      <c r="W68" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X68" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y68" s="95" t="s">
+        <v>402</v>
+      </c>
+      <c r="Z68" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AA68" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AB68" s="115" t="s">
+        <v>415</v>
+      </c>
+      <c r="AC68" s="115" t="s">
         <v>404</v>
       </c>
-      <c r="E68" s="641" t="s">
-[...8 lines deleted...]
-      <c r="H68" s="642" t="s">
+      <c r="AD68" s="124"/>
+      <c r="AE68" s="185" t="s">
+        <v>395</v>
+      </c>
+      <c r="AF68" s="241" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG68" s="115" t="s">
         <v>412</v>
       </c>
-      <c r="I68" s="629" t="s">
-[...9 lines deleted...]
-      <c r="M68" s="712" t="s">
+      <c r="AH68" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AI68" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AJ68" s="122" t="s">
+        <v>401</v>
+      </c>
+      <c r="AK68" s="115" t="s">
         <v>404</v>
       </c>
-      <c r="N68" s="645" t="s">
-[...42 lines deleted...]
-      <c r="AC68" s="642" t="s">
+      <c r="AL68" s="46"/>
+      <c r="AM68" s="96"/>
+      <c r="AN68" s="177"/>
+      <c r="AO68" s="118" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP68" s="120" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ68" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AR68" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="AS68" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="AT68" s="115" t="s">
         <v>413</v>
       </c>
-      <c r="AD68" s="651"/>
-[...50 lines deleted...]
-      <c r="AY68" s="551"/>
+      <c r="AU68" s="46"/>
+      <c r="AV68" s="248"/>
+      <c r="AW68" s="637" t="s">
+        <v>395</v>
+      </c>
+      <c r="AX68" s="111" t="s">
+        <v>435</v>
+      </c>
+      <c r="AY68" s="24"/>
     </row>
     <row r="69" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A69" s="588" t="s">
-[...5 lines deleted...]
-      <c r="C69" s="749">
+      <c r="A69" s="61" t="s">
+        <v>437</v>
+      </c>
+      <c r="B69" s="278" t="s">
+        <v>398</v>
+      </c>
+      <c r="C69" s="222">
         <v>129</v>
       </c>
-      <c r="D69" s="1164" t="s">
+      <c r="D69" s="637" t="s">
         <v>27</v>
       </c>
-      <c r="E69" s="641" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="647" t="s">
+      <c r="E69" s="114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" s="120" t="s">
+        <v>403</v>
+      </c>
+      <c r="G69" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="H69" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="I69" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="J69" s="115" t="s">
+        <v>414</v>
+      </c>
+      <c r="K69" s="664" t="s">
+        <v>438</v>
+      </c>
+      <c r="L69" s="46"/>
+      <c r="M69" s="185" t="s">
+        <v>27</v>
+      </c>
+      <c r="N69" s="118" t="s">
+        <v>13</v>
+      </c>
+      <c r="O69" s="115" t="s">
+        <v>410</v>
+      </c>
+      <c r="P69" s="120" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q69" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="R69" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="S69" s="102" t="s">
+        <v>406</v>
+      </c>
+      <c r="T69" s="122" t="s">
+        <v>415</v>
+      </c>
+      <c r="U69" s="46"/>
+      <c r="V69" s="185" t="s">
+        <v>27</v>
+      </c>
+      <c r="W69" s="118" t="s">
+        <v>14</v>
+      </c>
+      <c r="X69" s="115" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y69" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="Z69" s="122" t="s">
         <v>412</v>
       </c>
-      <c r="G69" s="642" t="s">
-[...15 lines deleted...]
-      <c r="M69" s="712" t="s">
+      <c r="AA69" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AB69" s="115" t="s">
+        <v>403</v>
+      </c>
+      <c r="AC69" s="115" t="s">
+        <v>404</v>
+      </c>
+      <c r="AD69" s="46"/>
+      <c r="AE69" s="185" t="s">
         <v>27</v>
       </c>
-      <c r="N69" s="645" t="s">
-[...8 lines deleted...]
-      <c r="Q69" s="642" t="s">
+      <c r="AF69" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG69" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH69" s="115" t="s">
         <v>412</v>
       </c>
-      <c r="R69" s="642" t="s">
-[...9 lines deleted...]
-      <c r="V69" s="712" t="s">
+      <c r="AI69" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AJ69" s="115" t="s">
+        <v>413</v>
+      </c>
+      <c r="AK69" s="102" t="s">
+        <v>403</v>
+      </c>
+      <c r="AL69" s="46"/>
+      <c r="AM69" s="117"/>
+      <c r="AN69" s="177"/>
+      <c r="AO69" s="118" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP69" s="120" t="s">
+        <v>404</v>
+      </c>
+      <c r="AQ69" s="115" t="s">
+        <v>401</v>
+      </c>
+      <c r="AR69" s="102" t="s">
+        <v>403</v>
+      </c>
+      <c r="AS69" s="115" t="s">
+        <v>402</v>
+      </c>
+      <c r="AT69" s="102" t="s">
+        <v>399</v>
+      </c>
+      <c r="AU69" s="46"/>
+      <c r="AV69" s="46"/>
+      <c r="AW69" s="637" t="s">
         <v>27</v>
       </c>
-      <c r="W69" s="645" t="s">
-[...71 lines deleted...]
-      <c r="AY69" s="551"/>
+      <c r="AX69" s="111" t="s">
+        <v>437</v>
+      </c>
+      <c r="AY69" s="24"/>
     </row>
     <row r="70" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A70" s="667" t="s">
-[...5 lines deleted...]
-      <c r="C70" s="1192">
+      <c r="A70" s="140" t="s">
+        <v>439</v>
+      </c>
+      <c r="B70" s="244" t="s">
+        <v>398</v>
+      </c>
+      <c r="C70" s="665">
         <v>228</v>
       </c>
-      <c r="D70" s="1193" t="s">
-[...11 lines deleted...]
-      <c r="H70" s="1195" t="s">
+      <c r="D70" s="666" t="s">
+        <v>396</v>
+      </c>
+      <c r="E70" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" s="667" t="s">
+        <v>399</v>
+      </c>
+      <c r="G70" s="668" t="s">
+        <v>402</v>
+      </c>
+      <c r="H70" s="668" t="s">
+        <v>403</v>
+      </c>
+      <c r="I70" s="668" t="s">
+        <v>401</v>
+      </c>
+      <c r="J70" s="668" t="s">
+        <v>406</v>
+      </c>
+      <c r="K70" s="669" t="s">
+        <v>440</v>
+      </c>
+      <c r="L70" s="244"/>
+      <c r="M70" s="670" t="s">
+        <v>396</v>
+      </c>
+      <c r="N70" s="671" t="s">
+        <v>13</v>
+      </c>
+      <c r="O70" s="672" t="s">
+        <v>402</v>
+      </c>
+      <c r="P70" s="668" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q70" s="668" t="s">
+        <v>410</v>
+      </c>
+      <c r="R70" s="668" t="s">
+        <v>401</v>
+      </c>
+      <c r="S70" s="668" t="s">
+        <v>404</v>
+      </c>
+      <c r="T70" s="668" t="s">
+        <v>415</v>
+      </c>
+      <c r="U70" s="497"/>
+      <c r="V70" s="670" t="s">
+        <v>396</v>
+      </c>
+      <c r="W70" s="671" t="s">
+        <v>14</v>
+      </c>
+      <c r="X70" s="672" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y70" s="668" t="s">
+        <v>399</v>
+      </c>
+      <c r="Z70" s="668" t="s">
         <v>412</v>
       </c>
-      <c r="I70" s="1195" t="s">
-[...18 lines deleted...]
-      <c r="P70" s="1195" t="s">
+      <c r="AA70" s="668" t="s">
+        <v>402</v>
+      </c>
+      <c r="AB70" s="672" t="s">
+        <v>414</v>
+      </c>
+      <c r="AC70" s="668" t="s">
+        <v>403</v>
+      </c>
+      <c r="AD70" s="244"/>
+      <c r="AE70" s="670" t="s">
+        <v>396</v>
+      </c>
+      <c r="AF70" s="671" t="s">
+        <v>16</v>
+      </c>
+      <c r="AG70" s="668" t="s">
+        <v>401</v>
+      </c>
+      <c r="AH70" s="673" t="s">
+        <v>402</v>
+      </c>
+      <c r="AI70" s="668" t="s">
         <v>412</v>
       </c>
-      <c r="Q70" s="1195" t="s">
-[...5 lines deleted...]
-      <c r="S70" s="1195" t="s">
+      <c r="AJ70" s="668" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK70" s="668" t="s">
+        <v>404</v>
+      </c>
+      <c r="AL70" s="244"/>
+      <c r="AM70" s="674"/>
+      <c r="AN70" s="674"/>
+      <c r="AO70" s="671" t="s">
+        <v>18</v>
+      </c>
+      <c r="AP70" s="672" t="s">
+        <v>402</v>
+      </c>
+      <c r="AQ70" s="668" t="s">
+        <v>403</v>
+      </c>
+      <c r="AR70" s="668" t="s">
+        <v>401</v>
+      </c>
+      <c r="AS70" s="672" t="s">
         <v>413</v>
       </c>
-      <c r="T70" s="1195" t="s">
-[...78 lines deleted...]
-      <c r="AY70" s="551"/>
+      <c r="AT70" s="668" t="s">
+        <v>399</v>
+      </c>
+      <c r="AU70" s="674"/>
+      <c r="AV70" s="244"/>
+      <c r="AW70" s="666" t="s">
+        <v>396</v>
+      </c>
+      <c r="AX70" s="140" t="s">
+        <v>439</v>
+      </c>
+      <c r="AY70" s="24"/>
     </row>
     <row r="71" spans="1:51" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A71" s="551"/>
-[...41 lines deleted...]
-      <c r="AQ71" s="1131" t="s">
+      <c r="A71" s="24"/>
+      <c r="B71" s="24"/>
+      <c r="C71" s="675"/>
+      <c r="D71" s="24"/>
+      <c r="E71" s="24"/>
+      <c r="F71" s="265"/>
+      <c r="G71" s="24"/>
+      <c r="H71" s="265"/>
+      <c r="I71" s="24"/>
+      <c r="J71" s="24"/>
+      <c r="K71" s="24"/>
+      <c r="L71" s="676"/>
+      <c r="M71" s="24"/>
+      <c r="N71" s="24"/>
+      <c r="O71" s="275"/>
+      <c r="P71" s="24"/>
+      <c r="Q71" s="24"/>
+      <c r="R71" s="24"/>
+      <c r="S71" s="24"/>
+      <c r="T71" s="275"/>
+      <c r="U71" s="275"/>
+      <c r="V71" s="24"/>
+      <c r="W71" s="24"/>
+      <c r="X71" s="275"/>
+      <c r="Y71" s="24"/>
+      <c r="Z71" s="24"/>
+      <c r="AA71" s="24"/>
+      <c r="AB71" s="275"/>
+      <c r="AC71" s="82"/>
+      <c r="AD71" s="275"/>
+      <c r="AE71" s="24"/>
+      <c r="AF71" s="24"/>
+      <c r="AG71" s="24"/>
+      <c r="AH71" s="24"/>
+      <c r="AI71" s="24"/>
+      <c r="AJ71" s="24"/>
+      <c r="AK71" s="24"/>
+      <c r="AL71" s="275"/>
+      <c r="AM71" s="82"/>
+      <c r="AN71" s="24"/>
+      <c r="AO71" s="24"/>
+      <c r="AP71" s="275"/>
+      <c r="AQ71" s="604" t="s">
         <v>235</v>
       </c>
-      <c r="AR71" s="551"/>
-[...1 lines deleted...]
-      <c r="AT71" s="1011" t="s">
+      <c r="AR71" s="24"/>
+      <c r="AS71" s="275"/>
+      <c r="AT71" s="484" t="s">
         <v>236</v>
       </c>
-      <c r="AU71" s="792"/>
-      <c r="AV71" s="1204" t="s">
+      <c r="AU71" s="265"/>
+      <c r="AV71" s="677" t="s">
         <v>234</v>
       </c>
-      <c r="AW71" s="551"/>
-[...1 lines deleted...]
-      <c r="AY71" s="551"/>
+      <c r="AW71" s="24"/>
+      <c r="AX71" s="24"/>
+      <c r="AY71" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="AP2:AW2"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="F2:M2"/>
     <mergeCell ref="O2:V2"/>
     <mergeCell ref="X2:AE2"/>
     <mergeCell ref="AG2:AN2"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>