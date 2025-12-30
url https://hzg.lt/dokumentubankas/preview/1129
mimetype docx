--- v0 (2025-12-06)
+++ v1 (2025-12-30)
@@ -24,52 +24,50 @@
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="9639" w:right="948"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="9639" w:right="948"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRPr="00CB7FC9" w:rsidRDefault="00CB7FC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="9639" w:right="948"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB7FC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TVIRTINU</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRPr="00CB7FC9" w:rsidRDefault="00CB7FC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -161,52 +159,52 @@
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRPr="002C4100" w:rsidRDefault="00CB7FC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="002C4100">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">KLAIPĖDOS HERMANO ZUDERMANO GIMNAZIJOS 2025 METŲ GRUODŽIO MĖNESIO VEIKLOS PLANAS </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRPr="002C4100" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -262,52 +260,52 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4100">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOKINIŲ PASIEKIMAI IR PAŽANGA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_heading=h.cp7rlvj8eqp2" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.cp7rlvj8eqp2" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="affd"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-30" w:tblpY="1"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8081"/>
         <w:gridCol w:w="3404"/>
         <w:gridCol w:w="3819"/>
       </w:tblGrid>
       <w:tr w:rsidR="00756CA6" w:rsidTr="002C4100">
         <w:trPr>
@@ -315,73 +313,62 @@
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8081" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00756CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_heading=h.bnlp2qz3hg0g" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkStart w:id="2" w:name="_heading=h.bnlp2qz3hg0g" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>V</w:t>
-[...10 lines deleted...]
-              <w:t>eikla</w:t>
+              <w:t>Veikla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3404" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00756CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -645,52 +632,52 @@
       <w:tr w:rsidR="00756CA6" w:rsidTr="002C4100">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00756CA6" w:rsidRPr="00D65CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkStart w:id="3" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veikla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00756CA6" w:rsidRPr="00D65CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1160,59 +1147,51 @@
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D333A7" w:rsidRPr="00D65CA6" w:rsidRDefault="00D333A7" w:rsidP="00D333A7">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Akcija „</w:t>
-[...7 lines deleted...]
-              <w:t>Gerumo gabalėlis” 1-4 klasės</w:t>
+              <w:t>Akcija „Gerumo gabalėlis” 1-4 klasės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D333A7" w:rsidRPr="00D65CA6" w:rsidRDefault="00D333A7" w:rsidP="00D333A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">S. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -1305,59 +1284,51 @@
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> d.-15 d.</w:t>
+              <w:t>1 d.-15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D333A7" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D333A7" w:rsidRPr="00D65CA6" w:rsidRDefault="00D333A7" w:rsidP="00D333A7">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1536,75 +1507,51 @@
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D333A7" w:rsidRPr="00D65CA6" w:rsidRDefault="00D333A7" w:rsidP="00D333A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...23 lines deleted...]
-              <w:t>d.</w:t>
+              <w:t>1 d.-15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3137,142 +3084,294 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="00A57A91">
+        <w:trPr>
+          <w:trHeight w:val="725"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00437E25" w:rsidRDefault="00437E25" w:rsidP="00437E25">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edukacijos MIM „Kalėdų tūta. Papročiai ir tradicijos" 5-6 klasėms.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00437E25" w:rsidRDefault="00437E25" w:rsidP="00437E25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidR="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tamošaitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00437E25" w:rsidRDefault="004E4B85" w:rsidP="00437E25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ž. </w:t>
+            </w:r>
+            <w:r w:rsidR="00437E25" w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Žilienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00437E25" w:rsidRDefault="00437E25" w:rsidP="00437E25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
+            <w:r w:rsidR="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lubienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00437E25" w:rsidRDefault="00437E25" w:rsidP="00437E25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11 d.-12 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ugdymo karjera</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i užsiėmimai 10 kl. mokiniams „</w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Studijų kryptys. Profesijų pasaulis. Nuo ko pradėti?”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">R. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mantrimienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3303,691 +3402,784 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11 kl. mokinių pažintinis vizitas Klaipėdos miesto apygardos teisme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">R. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mantrimienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 d. 13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasių valandėlių ciklas klasės bendrystės stiprinimui, dalyviai 3a klasės mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Morkūnienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IT olimpiados I miesto etapas, patekę mokiniai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I. Vasiliauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Miesto informatikos olimpiada. 1-12 kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Norkienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
-[...37 lines deleted...]
-              <w:t>vaus ne mažiau kaip 25 mokiniai</w:t>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D65CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4 kl. paroda „Angelų sparnai”, dalyvaus ne mažiau kaip 25 mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">D. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gelažnikaitė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
-[...37 lines deleted...]
-              <w:t>-19 d.</w:t>
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D65CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 d.-19 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="00437E25" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eilėraščių deklamavimo konkursas lietuvių, anglų ir vokiečių kalbomis „Išskleiskime sparnus gruodžio saulėje” (5-10kl.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">E. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Samuitienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="00437E25" w:rsidRPr="00D65CA6" w:rsidRDefault="00437E25" w:rsidP="00437E25">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
-[...14 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="004E4B85" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kalėdinė edukacija vaikų bibliotekoje „Pabirusios natos" su 2c klase.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="004E4B85" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tamošaitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="004E4B85" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ž.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hochleitner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="004E4B85" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tarptautins</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> projektas „</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>eTwiining</w:t>
@@ -4031,631 +4223,719 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>exchange</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">D. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Krogertė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>visas mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikinis konkursas “Lietuvos kovų už laisvę ir netekčių istorija” 6-11 kl. mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">D. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Liutikienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Rimeikienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>visas mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikinio informatikos konkurso „BEBRAS“ II etapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Norkienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>visas mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikinio informatikos konkurso „BEBRAS“ II etapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vasiliauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>visas mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B47E2" w:rsidTr="002C4100">
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Užsiėmimai 1 kl. vaikams sensoriniame kabinete</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Morkūnienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B47E2" w:rsidRPr="00D65CA6" w:rsidRDefault="002B47E2" w:rsidP="002B47E2">
+          <w:p w:rsidR="004E4B85" w:rsidRPr="00D65CA6" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individualiai suderintu laiku per ilgąsias pertraukas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="005E19D0" w:rsidRDefault="005E19D0" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Kalėdiniai karjeros užsiėmimai „Profesijų pasaulis per pasaką“</w:t>
+            </w:r>
+            <w:r w:rsidR="004E4B85" w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-2 klasių mokiniams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="005E19D0" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidR="005E19D0" w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tamošaitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="005E19D0" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>visas mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E4B85" w:rsidTr="002C4100">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="005E19D0" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="005E19D0" w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>alėdiniai užsiėmimai -žaidimai „Profesijų loto“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-6 klasių mokiniams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="005E19D0" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidR="005E19D0" w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tamošaitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004E4B85" w:rsidRPr="005E19D0" w:rsidRDefault="004E4B85" w:rsidP="004E4B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E19D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>visas mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
-[...118 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -4685,50 +4965,52 @@
       </w:tblGrid>
       <w:tr w:rsidR="00756CA6" w:rsidTr="004727EC">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15163" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599"/>
           </w:tcPr>
           <w:p w:rsidR="00756CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LYDERYSTĖ IR VADYBA. BESIMOKANTI BENDRUOMENĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00756CA6" w:rsidRDefault="00756CA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6377,50 +6659,51 @@
           <w:p w:rsidR="00756CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="260" w:lineRule="auto"/>
               <w:ind w:left="47" w:right="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Iki 5 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00756CA6" w:rsidRDefault="00CB7FC9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="225" w:lineRule="auto"/>
               <w:ind w:left="136" w:right="249" w:firstLine="5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
@@ -6496,150 +6779,154 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00756CA6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{13B6FD85-C6F2-4853-A889-FFC13854D80D}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{8E0C7DE3-362A-49EC-91F3-28787AE9D21A}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{BA3EE7D5-8AC3-4614-93DA-0D42E1BC8F8C}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{A6BB9882-FCD8-495E-8CFF-88FFA50FB4E3}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedItalic r:id="rId3" w:fontKey="{22A2C5B6-3A81-4809-8633-23D8CE6D0BB7}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{B581E55A-1DFF-4323-8607-152AAA5FA742}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{7F12B507-E4E1-4580-BF6A-C132995A1B68}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{9F5F5F04-AD7A-4E9B-9914-F19C95B27251}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00756CA6"/>
     <w:rsid w:val="000B1E59"/>
+    <w:rsid w:val="002132DC"/>
     <w:rsid w:val="002B47E2"/>
     <w:rsid w:val="002C4100"/>
+    <w:rsid w:val="00437E25"/>
     <w:rsid w:val="004727EC"/>
     <w:rsid w:val="004D308E"/>
+    <w:rsid w:val="004E4B85"/>
+    <w:rsid w:val="005E19D0"/>
     <w:rsid w:val="0065333C"/>
     <w:rsid w:val="006D087F"/>
     <w:rsid w:val="006E15AB"/>
     <w:rsid w:val="00730936"/>
     <w:rsid w:val="00756CA6"/>
     <w:rsid w:val="007A5666"/>
     <w:rsid w:val="00886C27"/>
     <w:rsid w:val="008F06E0"/>
     <w:rsid w:val="009D7514"/>
     <w:rsid w:val="00A12F6F"/>
     <w:rsid w:val="00A21579"/>
     <w:rsid w:val="00BD5E40"/>
     <w:rsid w:val="00CB7FC9"/>
     <w:rsid w:val="00D333A7"/>
     <w:rsid w:val="00D65CA6"/>
     <w:rsid w:val="00EC0270"/>
     <w:rsid w:val="00F20F88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A3BDDD6"/>
+  <w14:docId w14:val="764FFFFD"/>
   <w15:docId w15:val="{54B34A05-66DB-4D1E-BD90-964A3A046681}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8243,66 +8530,66 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miA60B2cYUBTHQkEDTi16DZa++zlg==">CgMxLjAyCWguM3pueXNoNzIOaC5jcDdybHZqOGVxcDIyDmguYm5scDJxejNoZzBnMgloLjFmb2I5dGUyCWguMzBqMHpsbDIJaC4zMGowemxsMghoLmdqZGd4czIOaC4zdjFteHZrNGI4NnE4AHIhMTR6cF9RZ1FjQ3NnM0h6VS1FaGZSZXJiYzcxWW5DRlEt</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>1688</Characters>
+  <Pages>5</Pages>
+  <Words>3235</Words>
+  <Characters>1844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4640</CharactersWithSpaces>
+  <CharactersWithSpaces>5069</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Naudotojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>